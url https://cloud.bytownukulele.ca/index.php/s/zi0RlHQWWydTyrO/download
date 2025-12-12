--- v0 (2025-10-08)
+++ v1 (2025-12-12)
@@ -1,49 +1,49 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="6F8B0733" w14:textId="77777777" w:rsidR="0082492D" w:rsidRPr="00A902E9" w:rsidRDefault="00666417" w:rsidP="00DB1F9F">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Frosty The Snowman, Tequila!</w:t>
       </w:r>
       <w:r w:rsidR="00F93094">
         <w:t xml:space="preserve"> (G)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43A028E9" w14:textId="77777777" w:rsidR="00A14757" w:rsidRDefault="00A14757" w:rsidP="00A14757">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve">Frosty - </w:t>
       </w:r>
       <w:r w:rsidRPr="00347427">
@@ -1144,58 +1144,51 @@
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
         </w:rPr>
         <w:t>---2-</w:t>
       </w:r>
       <w:r w:rsidR="009D0711">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
         </w:rPr>
         <w:t>|</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="02FD7C09" w14:textId="132204C5" w:rsidR="00666417" w:rsidRDefault="00506DD6" w:rsidP="00666417">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve"> | 1 + 2 + 3 + 4 + |</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> 1 + 2 + 3 + 4 + | 1 + 2 + 3 + 4 + | 1 + 2 + 3 + 4 + |</w:t>
+        <w:t xml:space="preserve"> | 1 + 2 + 3 + 4 + | 1 + 2 + 3 + 4 + | 1 + 2 + 3 + 4 + | 1 + 2 + 3 + 4 + |</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="019CBFA5" w14:textId="7570BE95" w:rsidR="00506DD6" w:rsidRDefault="00506DD6" w:rsidP="00666417">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="222872C7" w14:textId="463E7E94" w:rsidR="00506DD6" w:rsidRPr="000A26A3" w:rsidRDefault="00506DD6" w:rsidP="00506DD6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000A26A3">
@@ -1279,150 +1272,136 @@
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">[F]  </w:t>
       </w:r>
       <w:r w:rsidR="00AB2DF8">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
         </w:rPr>
+        <w:t xml:space="preserve">|[G]   </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB2DF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">[F] </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB2DF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+        </w:rPr>
         <w:t>|</w:t>
       </w:r>
-      <w:r>
-[...5 lines deleted...]
-      </w:r>
       <w:r w:rsidR="00AB2DF8">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">  </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">[F] </w:t>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB2DF8" w:rsidRPr="000A26A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00AB2DF8">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
         </w:rPr>
+        <w:t xml:space="preserve">    [F]</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB2DF8" w:rsidRPr="000A26A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB2DF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+        </w:rPr>
         <w:t xml:space="preserve">     </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00AB2DF8" w:rsidRPr="000A26A3">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
         </w:rPr>
         <w:t>|</w:t>
       </w:r>
-      <w:r w:rsidR="00AB2DF8">
-[...40 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="014C4954" w14:textId="60BD7CE3" w:rsidR="00506DD6" w:rsidRDefault="00506DD6" w:rsidP="00666417">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
         </w:rPr>
-        <w:t>E</w:t>
-[...6 lines deleted...]
-        <w:t>|-3-</w:t>
+        <w:t>E|-3-</w:t>
       </w:r>
       <w:r w:rsidR="00AB2DF8">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
         </w:rPr>
         <w:t>--</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="00AB2DF8">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
@@ -1487,211 +1466,176 @@
         <w:t>|</w:t>
       </w:r>
       <w:r w:rsidR="00AB2DF8">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
         </w:rPr>
         <w:t>-3---3-1-5-1-----|-3---------------|</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36F2E2A0" w14:textId="7519CAC1" w:rsidR="00AB2DF8" w:rsidRDefault="00AB2DF8" w:rsidP="00AB2DF8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4442"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
         </w:rPr>
-        <w:t>C|-----------------|---------------2-|</w:t>
-[...6 lines deleted...]
-        <w:t>-----------------|-----2---------2-|</w:t>
+        <w:t>C|-----------------|---------------2-|-----------------|-----2---------2-|</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="012E0185" w14:textId="1EECED4B" w:rsidR="00506DD6" w:rsidRDefault="00AB2DF8" w:rsidP="00666417">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00506DD6">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">| </w:t>
-[...6 lines deleted...]
-        <w:t>1 + 2 + 3 + 4 + | 1 + 2 + 3 + 4 + | 1 + 2 + 3 + 4 + | 1 + 2 + 3 + 4 + |</w:t>
+        <w:t>| 1 + 2 + 3 + 4 + | 1 + 2 + 3 + 4 + | 1 + 2 + 3 + 4 + | 1 + 2 + 3 + 4 + |</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6DA492D4" w14:textId="5DA1D19D" w:rsidR="00506DD6" w:rsidRDefault="00506DD6" w:rsidP="00666417">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5701E85F" w14:textId="7F3C7068" w:rsidR="00AB2DF8" w:rsidRPr="000A26A3" w:rsidRDefault="00AB2DF8" w:rsidP="00AB2DF8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...6 lines deleted...]
-        <w:t>|[G]     [F]      |[G]</w:t>
+        <w:t xml:space="preserve"> |[G]     [F]      |[G]</w:t>
       </w:r>
       <w:r w:rsidRPr="000A26A3">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">    [F]</w:t>
       </w:r>
       <w:r w:rsidRPr="000A26A3">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">     </w:t>
       </w:r>
       <w:r w:rsidRPr="000A26A3">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
         </w:rPr>
         <w:t>|</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="23F364F4" w14:textId="474D1BA1" w:rsidR="00506DD6" w:rsidRDefault="00AB2DF8" w:rsidP="00666417">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
         </w:rPr>
-        <w:t>E|</w:t>
-[...6 lines deleted...]
-        <w:t>-3---3-1-5-1-----|-3---------------|</w:t>
+        <w:t>E|-3---3-1-5-1-----|-3---------------|</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57327812" w14:textId="6C2E2B3B" w:rsidR="00506DD6" w:rsidRDefault="00AB2DF8" w:rsidP="00666417">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
         </w:rPr>
         <w:t>C|-----------------|-----------------|</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03CF203A" w14:textId="773A5D7A" w:rsidR="00506DD6" w:rsidRDefault="00506DD6" w:rsidP="00666417">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve"> | </w:t>
-[...6 lines deleted...]
-        <w:t>1 + 2 + 3 + 4 + | 1 + 2 + 3 + 4 + |</w:t>
+        <w:t xml:space="preserve"> | 1 + 2 + 3 + 4 + | 1 + 2 + 3 + 4 + |</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D7E2FB8" w14:textId="77777777" w:rsidR="00666417" w:rsidRDefault="00666417" w:rsidP="00666417">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2CF988AD" w14:textId="77777777" w:rsidR="00666417" w:rsidRPr="00E27A41" w:rsidRDefault="00EC3E1A" w:rsidP="00666417">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
       <w:r w:rsidR="00666417" w:rsidRPr="00E27A41">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
@@ -3685,63 +3629,55 @@
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> here and there all a-</w:t>
       </w:r>
       <w:r w:rsidR="00EC3E1A">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
       <w:r w:rsidRPr="00E27A41">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>round the square</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="791C5184" w14:textId="77777777" w:rsidR="00666417" w:rsidRPr="009C4C9B" w:rsidRDefault="00666417" w:rsidP="00666417">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">’ </w:t>
+      <w:r w:rsidRPr="00E27A41">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sayin’ </w:t>
       </w:r>
       <w:r w:rsidR="00371888">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>[D7]</w:t>
       </w:r>
       <w:r w:rsidRPr="00E27A41">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> “Catch me if you </w:t>
       </w:r>
       <w:r w:rsidR="00EC3E1A">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
       <w:r w:rsidRPr="00E27A41">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
@@ -4676,378 +4612,519 @@
         </w:rPr>
         <w:t>----</w:t>
       </w:r>
       <w:r w:rsidR="00D305E5">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
         </w:rPr>
         <w:t>|-----------|--------|</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="699876E4" w14:textId="77777777" w:rsidR="00666417" w:rsidRPr="00E27A41" w:rsidRDefault="00666417" w:rsidP="00666417">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1916067C" w14:textId="77777777" w:rsidR="00666417" w:rsidRPr="00E27A41" w:rsidRDefault="00EC3E1A" w:rsidP="00666417">
+    <w:p w14:paraId="3747BB7C" w14:textId="32230594" w:rsidR="00F52F59" w:rsidRDefault="00F52F59" w:rsidP="00F52F59">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
-      <w:r w:rsidR="00666417" w:rsidRPr="00E27A41">
-[...20 lines deleted...]
-      <w:r w:rsidR="00666417">
+      <w:r w:rsidRPr="00E27A41">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>Thump</w:t>
+      </w:r>
+      <w:r w:rsidR="00407706">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>ty</w:t>
+      </w:r>
+      <w:r w:rsidR="00407706">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>thump</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00666417" w:rsidRPr="00E27A41">
+      <w:r w:rsidR="00407706">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>thump</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E27A41">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
-      <w:r w:rsidR="00666417" w:rsidRPr="00E27A41">
-[...20 lines deleted...]
-      <w:r w:rsidR="00666417" w:rsidRPr="00E27A41">
+      <w:r w:rsidRPr="00E27A41">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00407706">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>thumpity-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E27A41">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>thump thump</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55F05AD0" w14:textId="77777777" w:rsidR="00F52F59" w:rsidRPr="00E27A41" w:rsidRDefault="00F52F59" w:rsidP="00F52F59">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E27A41">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E27A41">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ook at Frosty </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[D]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E27A41">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>go</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00D8CFE8" w14:textId="1B8939D4" w:rsidR="00F52F59" w:rsidRPr="00E27A41" w:rsidRDefault="00F52F59" w:rsidP="00F52F59">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2445BB01" wp14:editId="2223D1E8">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>5396865</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>131445</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="908050" cy="1292860"/>
+            <wp:effectExtent l="0" t="0" r="6350" b="2540"/>
+            <wp:wrapTight wrapText="bothSides">
+              <wp:wrapPolygon edited="0">
+                <wp:start x="7250" y="0"/>
+                <wp:lineTo x="5438" y="3183"/>
+                <wp:lineTo x="4985" y="4774"/>
+                <wp:lineTo x="0" y="10185"/>
+                <wp:lineTo x="0" y="20369"/>
+                <wp:lineTo x="453" y="21006"/>
+                <wp:lineTo x="3172" y="21324"/>
+                <wp:lineTo x="6344" y="21324"/>
+                <wp:lineTo x="19485" y="21324"/>
+                <wp:lineTo x="21298" y="20369"/>
+                <wp:lineTo x="21298" y="10185"/>
+                <wp:lineTo x="17673" y="5092"/>
+                <wp:lineTo x="18126" y="3183"/>
+                <wp:lineTo x="16313" y="955"/>
+                <wp:lineTo x="13594" y="0"/>
+                <wp:lineTo x="7250" y="0"/>
+              </wp:wrapPolygon>
+            </wp:wrapTight>
+            <wp:docPr id="1542620307" name="Picture 1542620307" descr="A picture containing vector graphics&#10;&#10;Description automatically generated"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="153" name="Picture 153" descr="A picture containing vector graphics&#10;&#10;Description automatically generated"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId13">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="908050" cy="1292860"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+            <wp14:sizeRelH relativeFrom="margin">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="margin">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[D7]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E27A41">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Thump</w:t>
+      </w:r>
+      <w:r w:rsidR="00407706">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E27A41">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>ty</w:t>
+      </w:r>
+      <w:r w:rsidR="00407706">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E27A41">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>th</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>ump</w:t>
+      </w:r>
+      <w:r w:rsidR="00407706">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">thump </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[D7]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E27A41">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>thump</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...41 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:r w:rsidR="00407706">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>ty</w:t>
+      </w:r>
+      <w:r w:rsidR="00407706">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>thump</w:t>
+      </w:r>
+      <w:r w:rsidR="00407706">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>thump</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18ACB1CE" w14:textId="77777777" w:rsidR="00F52F59" w:rsidRPr="00E27A41" w:rsidRDefault="00F52F59" w:rsidP="00F52F59">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>[D7]</w:t>
       </w:r>
-      <w:r w:rsidR="00666417" w:rsidRPr="00E27A41">
-[...88 lines deleted...]
-      <w:r w:rsidR="00EC3E1A">
+      <w:r w:rsidRPr="00E27A41">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Over the hills of </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
-      <w:r w:rsidR="00B12C3C" w:rsidRPr="00FD5C50">
+      <w:r w:rsidRPr="00FD5C50">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>↓</w:t>
       </w:r>
-      <w:r w:rsidR="006D6C38" w:rsidRPr="00E27A41">
-[...11 lines deleted...]
-      <w:r w:rsidR="00371888">
+      <w:r w:rsidRPr="00E27A41">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> snow! </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>[D]</w:t>
       </w:r>
-      <w:r w:rsidR="00B12C3C" w:rsidRPr="00FD5C50">
+      <w:r w:rsidRPr="00FD5C50">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>↓</w:t>
       </w:r>
-      <w:r w:rsidR="006D6C38" w:rsidRPr="00E27A41">
-[...5 lines deleted...]
-      <w:r w:rsidR="00EC3E1A">
+      <w:r w:rsidRPr="00E27A41">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
-      <w:r w:rsidR="00B12C3C" w:rsidRPr="00FD5C50">
+      <w:r w:rsidRPr="00FD5C50">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>↓</w:t>
       </w:r>
-      <w:r w:rsidR="006D6C38" w:rsidRPr="00E27A41">
+      <w:r w:rsidRPr="00E27A41">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E27A41">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Courier New"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>TEQUILA!</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C1F01EF" w14:textId="77777777" w:rsidR="00A42E3F" w:rsidRDefault="00A42E3F">
-[...6 lines deleted...]
-    <w:p w14:paraId="7C9A2B8D" w14:textId="77777777" w:rsidR="000D56CE" w:rsidRDefault="000D56CE" w:rsidP="000D56CE">
+    <w:p w14:paraId="342DD9FE" w14:textId="77777777" w:rsidR="00F52F59" w:rsidRDefault="00F52F59" w:rsidP="00F52F59">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5E10C66B" w14:textId="77777777" w:rsidR="00F52F59" w:rsidRDefault="00F52F59" w:rsidP="00F52F59">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1B313A2E" wp14:editId="4A91B401">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="53388221" wp14:editId="39E50574">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="10" name="Picture 10" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\A7.png"/>
+            <wp:docPr id="2777" name="Picture 2777" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\A7.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 4" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\A7.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
@@ -5055,54 +5132,54 @@
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="52B3542B" wp14:editId="44B0CC3D">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="220F0856" wp14:editId="35BF92E0">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="12" name="Picture 12" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\Bm.png"/>
+            <wp:docPr id="2778" name="Picture 2778" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\Bm.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\Bm.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
@@ -5110,54 +5187,54 @@
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4D981919" wp14:editId="5F07C539">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="117267BB" wp14:editId="6D0227EE">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="15" name="Picture 15" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\C.png"/>
+            <wp:docPr id="1045179736" name="Picture 1045179736" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\C.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\C.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
@@ -5167,51 +5244,51 @@
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="48260030" wp14:editId="74E1FB2A">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="06C2BBBE" wp14:editId="77A91940">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="21" name="Picture 21" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\D.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\D.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
@@ -5222,54 +5299,54 @@
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1C6D7046" wp14:editId="2D78E434">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2D3A930E" wp14:editId="3B283BA8">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="24" name="Picture 24" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\D7.png"/>
+            <wp:docPr id="2779" name="Picture 2779" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\D7.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 4" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\D7.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId9">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
@@ -5277,54 +5354,54 @@
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="11D77044" wp14:editId="10FA9E39">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="11855F05" wp14:editId="449B0521">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="25" name="Picture 25" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\F.png"/>
+            <wp:docPr id="2780" name="Picture 2780" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\F.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 7" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\F.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId10">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
@@ -5332,54 +5409,54 @@
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7994A90D" wp14:editId="57264857">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0A209351" wp14:editId="1EC0331D">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="26" name="Picture 26" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\G.png"/>
+            <wp:docPr id="2781" name="Picture 2781" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\G.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 8" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\G.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId11">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
@@ -5387,140 +5464,148 @@
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="72B20BBE" wp14:editId="33796592">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4E75AB36" wp14:editId="133621FE">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="27" name="Picture 27" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\G7.png"/>
+            <wp:docPr id="2782" name="Picture 2782" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\G7.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\G7.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4185B8A2" w14:textId="77777777" w:rsidR="00B043CF" w:rsidRDefault="00B043CF" w:rsidP="00110521">
-[...7 lines deleted...]
-    <w:p w14:paraId="4208F4CB" w14:textId="77777777" w:rsidR="00B043CF" w:rsidRPr="004E65B6" w:rsidRDefault="00000000" w:rsidP="00110521">
+    <w:p w14:paraId="4498D099" w14:textId="77777777" w:rsidR="00F52F59" w:rsidRDefault="00F52F59" w:rsidP="00F52F59">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="358757F2" w14:textId="77777777" w:rsidR="00F52F59" w:rsidRDefault="00F52F59" w:rsidP="00F52F59">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4208F4CB" w14:textId="77777777" w:rsidR="00B043CF" w:rsidRPr="004E65B6" w:rsidRDefault="00B043CF" w:rsidP="00110521">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId13" w:history="1">
-        <w:r w:rsidR="00B043CF" w:rsidRPr="00055195">
+      <w:hyperlink r:id="rId14" w:history="1">
+        <w:r w:rsidRPr="00055195">
           <w:rPr>
             <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Lucida Console"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>www.bytownukulele.ca</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr w:rsidR="00B043CF" w:rsidRPr="004E65B6" w:rsidSect="00D4034F">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="450" w:right="180" w:bottom="284" w:left="900" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
@@ -5533,181 +5618,185 @@
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Console">
     <w:panose1 w:val="020B0609040504020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="8000028F" w:usb1="00001800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000001F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00666417"/>
     <w:rsid w:val="000961DF"/>
     <w:rsid w:val="000A348C"/>
+    <w:rsid w:val="000A4650"/>
     <w:rsid w:val="000D00ED"/>
     <w:rsid w:val="000D56CE"/>
     <w:rsid w:val="00110521"/>
     <w:rsid w:val="00132109"/>
     <w:rsid w:val="00161445"/>
     <w:rsid w:val="0017786C"/>
     <w:rsid w:val="001E2271"/>
     <w:rsid w:val="00243241"/>
     <w:rsid w:val="00252E97"/>
     <w:rsid w:val="002B56B4"/>
     <w:rsid w:val="002D6901"/>
     <w:rsid w:val="003442C9"/>
     <w:rsid w:val="00371888"/>
+    <w:rsid w:val="00407706"/>
     <w:rsid w:val="00414418"/>
     <w:rsid w:val="00441CB0"/>
     <w:rsid w:val="0047277F"/>
     <w:rsid w:val="00490D27"/>
     <w:rsid w:val="004E65B6"/>
     <w:rsid w:val="00506DD6"/>
     <w:rsid w:val="00531581"/>
     <w:rsid w:val="00550EFA"/>
     <w:rsid w:val="006230AD"/>
     <w:rsid w:val="006325CA"/>
     <w:rsid w:val="00666417"/>
     <w:rsid w:val="006D6C38"/>
     <w:rsid w:val="00713852"/>
     <w:rsid w:val="007320F1"/>
     <w:rsid w:val="007E4748"/>
     <w:rsid w:val="0082492D"/>
     <w:rsid w:val="00866CDE"/>
     <w:rsid w:val="00972E99"/>
     <w:rsid w:val="009C4C9B"/>
     <w:rsid w:val="009D0711"/>
     <w:rsid w:val="00A14757"/>
     <w:rsid w:val="00A42E3F"/>
     <w:rsid w:val="00A569E6"/>
     <w:rsid w:val="00A902E9"/>
     <w:rsid w:val="00A92235"/>
     <w:rsid w:val="00A9741C"/>
     <w:rsid w:val="00AB09B4"/>
     <w:rsid w:val="00AB2DF8"/>
     <w:rsid w:val="00AD3A18"/>
     <w:rsid w:val="00AF5C53"/>
     <w:rsid w:val="00B043CF"/>
     <w:rsid w:val="00B12C3C"/>
     <w:rsid w:val="00B16743"/>
     <w:rsid w:val="00C5218C"/>
     <w:rsid w:val="00CA07D7"/>
     <w:rsid w:val="00D305E5"/>
     <w:rsid w:val="00D4034F"/>
     <w:rsid w:val="00D66B4B"/>
     <w:rsid w:val="00D84579"/>
     <w:rsid w:val="00DB1F9F"/>
     <w:rsid w:val="00E04FCE"/>
     <w:rsid w:val="00EC3E1A"/>
+    <w:rsid w:val="00F52F59"/>
+    <w:rsid w:val="00F7490C"/>
     <w:rsid w:val="00F81E40"/>
     <w:rsid w:val="00F93094"/>
     <w:rsid w:val="00F96D25"/>
     <w:rsid w:val="00FB061D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="00C58562"/>
   <w14:defaultImageDpi w14:val="300"/>
   <w15:docId w15:val="{66214344-40EC-4583-8DBD-1E27667D0B56}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -5830,51 +5919,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:semiHidden="1" w:uiPriority="59" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -6151,57 +6240,57 @@
     <w:unhideWhenUsed/>
     <w:rsid w:val="007320F1"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="007320F1"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bytownukulele.ca" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bytownukulele.ca" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Ourfiles\Bytown%20Ukulele%20Group\BUG%20Regular%20Jam%20Playlists\2019\December\TEMPLATE%20FOR%20SONGSHEET.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -6505,70 +6594,70 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3B0E5B99-ECEB-4F8B-8D40-3FB8E4E147B1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>TEMPLATE FOR SONGSHEET</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>524</Words>
-  <Characters>2987</Characters>
+  <Words>525</Words>
+  <Characters>2996</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>24</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3504</CharactersWithSpaces>
+  <CharactersWithSpaces>3514</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Mark Rogers</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>