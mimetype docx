--- v1 (2025-12-12)
+++ v2 (2026-01-22)
@@ -1132,61 +1132,63 @@
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="009D0711">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
         </w:rPr>
         <w:t>------</w:t>
       </w:r>
       <w:r w:rsidR="00AB2DF8">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
         </w:rPr>
         <w:t>---2-</w:t>
       </w:r>
       <w:r w:rsidR="009D0711">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
         </w:rPr>
         <w:t>|</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02FD7C09" w14:textId="132204C5" w:rsidR="00666417" w:rsidRDefault="00506DD6" w:rsidP="00666417">
-[...9 lines deleted...]
-          <w:b/>
+    <w:p w14:paraId="02FD7C09" w14:textId="132204C5" w:rsidR="00666417" w:rsidRPr="00603E2A" w:rsidRDefault="00506DD6" w:rsidP="00666417">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00603E2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         </w:rPr>
         <w:t xml:space="preserve"> | 1 + 2 + 3 + 4 + | 1 + 2 + 3 + 4 + | 1 + 2 + 3 + 4 + | 1 + 2 + 3 + 4 + |</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="019CBFA5" w14:textId="7570BE95" w:rsidR="00506DD6" w:rsidRDefault="00506DD6" w:rsidP="00666417">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="222872C7" w14:textId="463E7E94" w:rsidR="00506DD6" w:rsidRPr="000A26A3" w:rsidRDefault="00506DD6" w:rsidP="00506DD6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -1469,68 +1471,71 @@
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
         </w:rPr>
         <w:t>-3---3-1-5-1-----|-3---------------|</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36F2E2A0" w14:textId="7519CAC1" w:rsidR="00AB2DF8" w:rsidRDefault="00AB2DF8" w:rsidP="00AB2DF8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4442"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
         </w:rPr>
         <w:t>C|-----------------|---------------2-|-----------------|-----2---------2-|</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="012E0185" w14:textId="1EECED4B" w:rsidR="00506DD6" w:rsidRDefault="00AB2DF8" w:rsidP="00666417">
-[...16 lines deleted...]
-          <w:b/>
+    <w:p w14:paraId="012E0185" w14:textId="1EECED4B" w:rsidR="00506DD6" w:rsidRPr="00603E2A" w:rsidRDefault="00AB2DF8" w:rsidP="00666417">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00603E2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00506DD6" w:rsidRPr="00603E2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         </w:rPr>
         <w:t>| 1 + 2 + 3 + 4 + | 1 + 2 + 3 + 4 + | 1 + 2 + 3 + 4 + | 1 + 2 + 3 + 4 + |</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6DA492D4" w14:textId="5DA1D19D" w:rsidR="00506DD6" w:rsidRDefault="00506DD6" w:rsidP="00666417">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5701E85F" w14:textId="7F3C7068" w:rsidR="00AB2DF8" w:rsidRPr="000A26A3" w:rsidRDefault="00AB2DF8" w:rsidP="00AB2DF8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> |[G]     [F]      |[G]</w:t>
@@ -1579,61 +1584,63 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
         </w:rPr>
         <w:t>E|-3---3-1-5-1-----|-3---------------|</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57327812" w14:textId="6C2E2B3B" w:rsidR="00506DD6" w:rsidRDefault="00AB2DF8" w:rsidP="00666417">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
         </w:rPr>
         <w:t>C|-----------------|-----------------|</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03CF203A" w14:textId="773A5D7A" w:rsidR="00506DD6" w:rsidRDefault="00506DD6" w:rsidP="00666417">
-[...9 lines deleted...]
-          <w:b/>
+    <w:p w14:paraId="03CF203A" w14:textId="773A5D7A" w:rsidR="00506DD6" w:rsidRPr="00603E2A" w:rsidRDefault="00506DD6" w:rsidP="00666417">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00603E2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         </w:rPr>
         <w:t xml:space="preserve"> | 1 + 2 + 3 + 4 + | 1 + 2 + 3 + 4 + |</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D7E2FB8" w14:textId="77777777" w:rsidR="00666417" w:rsidRDefault="00666417" w:rsidP="00666417">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2CF988AD" w14:textId="77777777" w:rsidR="00666417" w:rsidRPr="00E27A41" w:rsidRDefault="00EC3E1A" w:rsidP="00666417">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
       <w:r w:rsidR="00666417" w:rsidRPr="00E27A41">
@@ -5639,91 +5646,93 @@
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Console">
     <w:panose1 w:val="020B0609040504020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="8000028F" w:usb1="00001800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000001F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="90"/>
   <w:proofState w:spelling="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00666417"/>
     <w:rsid w:val="000961DF"/>
     <w:rsid w:val="000A348C"/>
     <w:rsid w:val="000A4650"/>
     <w:rsid w:val="000D00ED"/>
     <w:rsid w:val="000D56CE"/>
     <w:rsid w:val="00110521"/>
     <w:rsid w:val="00132109"/>
     <w:rsid w:val="00161445"/>
     <w:rsid w:val="0017786C"/>
     <w:rsid w:val="001E2271"/>
     <w:rsid w:val="00243241"/>
     <w:rsid w:val="00252E97"/>
     <w:rsid w:val="002B56B4"/>
     <w:rsid w:val="002D6901"/>
     <w:rsid w:val="003442C9"/>
     <w:rsid w:val="00371888"/>
     <w:rsid w:val="00407706"/>
     <w:rsid w:val="00414418"/>
     <w:rsid w:val="00441CB0"/>
     <w:rsid w:val="0047277F"/>
     <w:rsid w:val="00490D27"/>
+    <w:rsid w:val="004C42A5"/>
     <w:rsid w:val="004E65B6"/>
     <w:rsid w:val="00506DD6"/>
     <w:rsid w:val="00531581"/>
     <w:rsid w:val="00550EFA"/>
+    <w:rsid w:val="00603E2A"/>
     <w:rsid w:val="006230AD"/>
     <w:rsid w:val="006325CA"/>
     <w:rsid w:val="00666417"/>
     <w:rsid w:val="006D6C38"/>
     <w:rsid w:val="00713852"/>
     <w:rsid w:val="007320F1"/>
     <w:rsid w:val="007E4748"/>
     <w:rsid w:val="0082492D"/>
     <w:rsid w:val="00866CDE"/>
     <w:rsid w:val="00972E99"/>
     <w:rsid w:val="009C4C9B"/>
     <w:rsid w:val="009D0711"/>
     <w:rsid w:val="00A14757"/>
     <w:rsid w:val="00A42E3F"/>
     <w:rsid w:val="00A569E6"/>
     <w:rsid w:val="00A902E9"/>
     <w:rsid w:val="00A92235"/>
     <w:rsid w:val="00A9741C"/>
     <w:rsid w:val="00AB09B4"/>
     <w:rsid w:val="00AB2DF8"/>
     <w:rsid w:val="00AD3A18"/>
     <w:rsid w:val="00AF5C53"/>
     <w:rsid w:val="00B043CF"/>
     <w:rsid w:val="00B12C3C"/>
     <w:rsid w:val="00B16743"/>