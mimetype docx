--- v0 (2025-10-11)
+++ v1 (2026-02-13)
@@ -1,2027 +1,1713 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="6CF4DD31" w14:textId="7533AA5F" w:rsidR="0082492D" w:rsidRPr="00A902E9" w:rsidRDefault="00E72137" w:rsidP="00DB1F9F">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Anyone Else </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>Anyone Else But You</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="108BCD20" w14:textId="77777777" w:rsidR="00EB06EA" w:rsidRPr="00A902E9" w:rsidRDefault="00EB06EA" w:rsidP="00EB06EA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
-        <w:t>But</w:t>
-[...83 lines deleted...]
-    <w:p w14:paraId="28E0A3AB" w14:textId="77777777" w:rsidR="00972E99" w:rsidRPr="006230AD" w:rsidRDefault="00972E99">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>The Moldy Peaches – Kimya Dawson and Adam Green 2001 (sung in the movie “Juno” by Michael Cera and Ellen Page 2007)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E4905A9" w14:textId="77777777" w:rsidR="00EB06EA" w:rsidRPr="006230AD" w:rsidRDefault="00EB06EA" w:rsidP="00EB06EA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4CF3AAE4" w14:textId="4DF0E558" w:rsidR="007320F1" w:rsidRDefault="00817D63">
+    <w:p w14:paraId="326B17B6" w14:textId="77777777" w:rsidR="00EB06EA" w:rsidRDefault="00EB06EA" w:rsidP="00EB06EA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="21D7231A" wp14:editId="06E302D9">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="70FC4F9C" wp14:editId="1A87099D">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="5" name="Picture 5"/>
+            <wp:docPr id="2146396125" name="Picture 2146396125"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="00110521">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="716BC64C" wp14:editId="1CD966D0">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="49887BEA" wp14:editId="14069C79">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="8" name="Picture 8" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\G.png"/>
+            <wp:docPr id="1743624217" name="Picture 1743624217" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\G.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 8" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\G.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AEFC984" w14:textId="77777777" w:rsidR="007320F1" w:rsidRPr="00B63AD3" w:rsidRDefault="007320F1">
-[...7 lines deleted...]
-    <w:p w14:paraId="5E13E662" w14:textId="77777777" w:rsidR="005920C1" w:rsidRDefault="00972E99" w:rsidP="00B63AD3">
+    <w:p w14:paraId="5179697F" w14:textId="77777777" w:rsidR="00EB06EA" w:rsidRPr="00B63AD3" w:rsidRDefault="00EB06EA" w:rsidP="00EB06EA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="39D118CF" w14:textId="77777777" w:rsidR="00EB06EA" w:rsidRDefault="00EB06EA" w:rsidP="00EB06EA">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A902E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
-        <w:t>INTRO:</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">  </w:t>
+        <w:t xml:space="preserve">INTRO:  / 1 2 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">3 4 </w:t>
       </w:r>
       <w:r w:rsidRPr="00A902E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
-        <w:t>/</w:t>
-[...19 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">/ </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="018B6FF2" w14:textId="12365F5C" w:rsidR="005920C1" w:rsidRDefault="00161445">
+    <w:p w14:paraId="25B197B7" w14:textId="77777777" w:rsidR="00EB06EA" w:rsidRDefault="00EB06EA" w:rsidP="00EB06EA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
-      <w:r w:rsidR="00A902E9" w:rsidRPr="00A902E9">
+      <w:r w:rsidRPr="00A902E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> / </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
-      <w:r w:rsidR="00A902E9" w:rsidRPr="00A902E9">
+      <w:r w:rsidRPr="00A902E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> /</w:t>
       </w:r>
-      <w:r w:rsidR="000961DF">
-[...6 lines deleted...]
-      <w:r w:rsidR="00817D63">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [CM7] / [CM7] /</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A902E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29160B24" w14:textId="77777777" w:rsidR="00EB06EA" w:rsidRDefault="00EB06EA" w:rsidP="00EB06EA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A902E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A902E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> /</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [CM7] / [CM7]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA17D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AF"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005920C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t>2 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DB63EBE" w14:textId="77777777" w:rsidR="00EB06EA" w:rsidRDefault="00EB06EA" w:rsidP="00EB06EA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6391D09E" w14:textId="77777777" w:rsidR="00EB06EA" w:rsidRPr="00BD4CE3" w:rsidRDefault="00EB06EA" w:rsidP="00EB06EA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">You’re a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">[G] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>part-time lover and a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">[G] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>full-time friend</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BFD362E" w14:textId="77777777" w:rsidR="00EB06EA" w:rsidRPr="00BD4CE3" w:rsidRDefault="00EB06EA" w:rsidP="00EB06EA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">[CM7] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">monkey on your back is the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">[CM7] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>latest trend</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C147B6B" w14:textId="77777777" w:rsidR="00EB06EA" w:rsidRPr="00BD4CE3" w:rsidRDefault="00EB06EA" w:rsidP="00EB06EA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [G] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>don’t see what anyone could</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [G] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>see, in anyone</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [CM7] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>else</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68CFA9AF" w14:textId="77777777" w:rsidR="00EB06EA" w:rsidRDefault="00EB06EA" w:rsidP="00EB06EA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="01AD9B7C" w14:textId="77777777" w:rsidR="00EB06EA" w:rsidRDefault="00EB06EA" w:rsidP="00EB06EA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>[CM7]</w:t>
       </w:r>
-      <w:r w:rsidR="000961DF">
-[...6 lines deleted...]
-      <w:r w:rsidR="00817D63">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B36E28">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>Bu-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B36E28">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>ut</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B36E28">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5ED7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B36E28">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>you</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C328FA7" w14:textId="70BB0B2C" w:rsidR="00EB06EA" w:rsidRDefault="00EB06EA" w:rsidP="00EB06EA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">                  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B36E28">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B36E28">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B36E28">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>kiss</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>you on the brain in the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5ED7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>G</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5ED7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>shadow of a train</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3ABDEEEF" w14:textId="77777777" w:rsidR="00EB06EA" w:rsidRPr="00BD4CE3" w:rsidRDefault="00EB06EA" w:rsidP="00EB06EA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [CM7] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">kiss you all starry-eyed, my </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">[CM7] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>body’s swinging from side to side</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23841B92" w14:textId="77777777" w:rsidR="00EB06EA" w:rsidRPr="00BD4CE3" w:rsidRDefault="00EB06EA" w:rsidP="00EB06EA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">[G] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">don’t see what anyone could </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">[G] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>see, in anyone</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [CM7] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>else</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E22743A" w14:textId="77777777" w:rsidR="00EB06EA" w:rsidRDefault="00EB06EA" w:rsidP="00EB06EA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2AD193C9" w14:textId="77777777" w:rsidR="00EB06EA" w:rsidRDefault="00EB06EA" w:rsidP="00EB06EA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>[CM7]</w:t>
       </w:r>
-      <w:r w:rsidR="000961DF">
-[...20 lines deleted...]
-      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>Bu-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>ut</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5ED7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A902E9">
-[...5 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005920C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>you</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="451F6122" w14:textId="1D701AA6" w:rsidR="00EB06EA" w:rsidRPr="00BD4CE3" w:rsidRDefault="00EB06EA" w:rsidP="00EB06EA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">                     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[G] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>Here</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">is the church and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">[G] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>here is the steeple</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FDE2A65" w14:textId="77777777" w:rsidR="00EB06EA" w:rsidRPr="00BD4CE3" w:rsidRDefault="00EB06EA" w:rsidP="00EB06EA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">We </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">[CM7] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>sure are cute for</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [CM7] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>two ugly people</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="690D44BF" w14:textId="77777777" w:rsidR="00EB06EA" w:rsidRPr="00BD4CE3" w:rsidRDefault="00EB06EA" w:rsidP="00EB06EA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [G] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">don’t see what anyone could </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">[G] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>see, in anyone</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [CM7] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>else</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D134E58" w14:textId="77777777" w:rsidR="00EB06EA" w:rsidRDefault="00EB06EA" w:rsidP="00EB06EA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="28B16295" w14:textId="77777777" w:rsidR="00EB06EA" w:rsidRDefault="00EB06EA" w:rsidP="00EB06EA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[CM7]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B36E28">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>Bu-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B36E28">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>ut</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B36E28">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5ED7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A902E9">
-[...13 lines deleted...]
-      <w:r w:rsidR="00817D63">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B36E28">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>you</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="381FB516" w14:textId="77777777" w:rsidR="00EB06EA" w:rsidRPr="00BD4CE3" w:rsidRDefault="00EB06EA" w:rsidP="00EB06EA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">              </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>The</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[G] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>pebbles</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">forgive me, the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">[G] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>trees forgive me</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3372E75B" w14:textId="77777777" w:rsidR="00EB06EA" w:rsidRPr="00BD4CE3" w:rsidRDefault="00EB06EA" w:rsidP="00EB06EA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">[CM7] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">So why can’t </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">[CM7] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>you forgive me?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A226A25" w14:textId="77777777" w:rsidR="00EB06EA" w:rsidRPr="00BD4CE3" w:rsidRDefault="00EB06EA" w:rsidP="00EB06EA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [G] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">don’t see what anyone could </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">[G] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">see, in anyone </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">[CM7] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>else</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="754EF058" w14:textId="77777777" w:rsidR="00EB06EA" w:rsidRDefault="00EB06EA" w:rsidP="00EB06EA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7067572D" w14:textId="77777777" w:rsidR="00EB06EA" w:rsidRDefault="00EB06EA" w:rsidP="00EB06EA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>[CM7]</w:t>
       </w:r>
-      <w:r w:rsidR="005920C1">
-[...16 lines deleted...]
-          <w:b/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>Bu-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>ut</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5ED7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005920C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>you</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47885940" w14:textId="77777777" w:rsidR="00EB06EA" w:rsidRDefault="00EB06EA" w:rsidP="00EB06EA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">                     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D80621">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>I will</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D80621">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>find my</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5ED7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>niche in your car</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54D4C87C" w14:textId="77777777" w:rsidR="00EB06EA" w:rsidRPr="00BD4CE3" w:rsidRDefault="00EB06EA" w:rsidP="00EB06EA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">With my </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">[CM7] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">MP3 DVD </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">[CM7] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>Rumble-backed guitar</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="021C2DE5" w14:textId="77777777" w:rsidR="00EB06EA" w:rsidRPr="00BD4CE3" w:rsidRDefault="00EB06EA" w:rsidP="00EB06EA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [G] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">don’t see what anyone could </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">[G] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">see, in anyone </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">[CM7] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>else</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E194C70" w14:textId="77777777" w:rsidR="00EB06EA" w:rsidRPr="00EB06EA" w:rsidRDefault="00EB06EA" w:rsidP="00EB06EA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7B961889" w14:textId="77777777" w:rsidR="00EB06EA" w:rsidRPr="002F23E2" w:rsidRDefault="00EB06EA" w:rsidP="00EB06EA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F23E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>[CM7]</w:t>
       </w:r>
-      <w:r w:rsidR="005920C1" w:rsidRPr="00FA17D0">
-[...15 lines deleted...]
-      <w:r w:rsidR="005920C1" w:rsidRPr="005920C1">
+      <w:r w:rsidRPr="002F23E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F23E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Bu-ut</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F23E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F23E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F23E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002F23E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>you</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="48384B49" w14:textId="77777777" w:rsidR="00EB06EA" w:rsidRDefault="00EB06EA" w:rsidP="00EB06EA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB5679">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-        </w:rPr>
-[...37 lines deleted...]
-          <w:b/>
+          <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
-      <w:r w:rsidR="00FA5ED7">
-[...1484 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BB5679">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="0070C0"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Du</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="0070C0"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00BB5679">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
@@ -2029,2436 +1715,2073 @@
           <w:color w:val="0070C0"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00BB5679">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="0070C0"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>du-du</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="0070C0"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidRPr="00BB5679">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>du</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00BB5679">
-[...6 lines deleted...]
-        <w:t>du</w:t>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>du-du</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[G] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>du, du-du-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>dudu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="32AD11C0" w14:textId="77777777" w:rsidR="00EB06EA" w:rsidRDefault="00EB06EA" w:rsidP="00EB06EA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="348ED19C" w14:textId="77777777" w:rsidR="00EB06EA" w:rsidRDefault="00EB06EA" w:rsidP="00EB06EA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
-          <w:color w:val="0070C0"/>
-[...101 lines deleted...]
-          <w:b/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>[CM7]</w:t>
-      </w:r>
-[...128 lines deleted...]
-        <w:t>[G]</w:t>
       </w:r>
       <w:r w:rsidRPr="00BB5679">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D96DF7">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="7030A0"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">Du, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D96DF7">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="7030A0"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>du-du</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00D96DF7">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="7030A0"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> du, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D96DF7">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="7030A0"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>du</w:t>
+        <w:t>du-du</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00D96DF7">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-          <w:b/>
+          <w:bCs/>
           <w:color w:val="7030A0"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>[CM7]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB5679">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D96DF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="7030A0"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>du, du-du-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D96DF7">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="7030A0"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
+        <w:t>dudu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="660C25DC" w14:textId="77777777" w:rsidR="00EB06EA" w:rsidRPr="0083763C" w:rsidRDefault="00EB06EA" w:rsidP="00EB06EA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB5679">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB5679">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D96DF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="7030A0"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Du, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D96DF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="7030A0"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
         <w:t>du-du</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00D96DF7">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-          <w:bCs/>
+          <w:b/>
           <w:color w:val="7030A0"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...24 lines deleted...]
-        <w:t>du, du-du-</w:t>
+        <w:t xml:space="preserve"> du, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D96DF7">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="7030A0"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>dudu</w:t>
+        <w:t>du-du</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00D96DF7">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:color w:val="7030A0"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00817D63">
+      <w:r w:rsidRPr="00BB5679">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D96DF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="7030A0"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>du, du-du-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D96DF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="7030A0"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>dudu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D96DF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:color w:val="7030A0"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[CM7] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D96DF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="7030A0"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>du</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>[CM7]</w:t>
       </w:r>
-      <w:r>
-[...46 lines deleted...]
-          <w:bCs/>
+    </w:p>
+    <w:p w14:paraId="7B15611B" w14:textId="77777777" w:rsidR="00EB06EA" w:rsidRPr="0083763C" w:rsidRDefault="00EB06EA" w:rsidP="00EB06EA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7E3B3022" w14:textId="77777777" w:rsidR="00EB06EA" w:rsidRPr="00BD4CE3" w:rsidRDefault="00EB06EA" w:rsidP="00EB06EA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0083763C">
+      <w:r w:rsidRPr="00BD4CE3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
-        <w:t>[G]</w:t>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00D96DF7">
+        <w:t xml:space="preserve">[G] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
-        <w:t xml:space="preserve">Up </w:t>
+        <w:t xml:space="preserve">Up-up down-down </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">left right left right </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[G] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>B A start</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FB274C6" w14:textId="77777777" w:rsidR="00EB06EA" w:rsidRPr="00BD4CE3" w:rsidRDefault="00EB06EA" w:rsidP="00EB06EA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>Just be-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[CM7]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">cause we use cheats doesn’t </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">[CM7] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>mean we’re not smart</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C36A37A" w14:textId="77777777" w:rsidR="00EB06EA" w:rsidRPr="00BD4CE3" w:rsidRDefault="00EB06EA" w:rsidP="00EB06EA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [G] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">don’t see what anyone could </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">[G] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">see, in anyone </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">[CM7] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>else</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="172A471B" w14:textId="77777777" w:rsidR="00EB06EA" w:rsidRPr="00BD4CE3" w:rsidRDefault="00EB06EA" w:rsidP="00EB06EA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4BF68ABC" w14:textId="77777777" w:rsidR="00EB06EA" w:rsidRPr="00BD4CE3" w:rsidRDefault="00EB06EA" w:rsidP="00EB06EA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">[CM7] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>Bu-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00D96DF7">
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>ut</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">[G] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>you</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C35236A" w14:textId="77777777" w:rsidR="00EB06EA" w:rsidRPr="00BD4CE3" w:rsidRDefault="00EB06EA" w:rsidP="00EB06EA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[G] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>You</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">are always trying to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">[G] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>keep it real</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D9C8089" w14:textId="77777777" w:rsidR="00EB06EA" w:rsidRPr="00BD4CE3" w:rsidRDefault="00EB06EA" w:rsidP="00EB06EA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">[CM7] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>I’m in love with</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [CM7] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>how you feel</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67FBD83E" w14:textId="77777777" w:rsidR="00EB06EA" w:rsidRPr="00BD4CE3" w:rsidRDefault="00EB06EA" w:rsidP="00EB06EA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [G] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">don’t see what anyone could </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">[G] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">see, in anyone </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">[CM7] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>else</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43A39F82" w14:textId="77777777" w:rsidR="00EB06EA" w:rsidRPr="00BD4CE3" w:rsidRDefault="00EB06EA" w:rsidP="00EB06EA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="772B2806" w14:textId="77777777" w:rsidR="00EB06EA" w:rsidRPr="00BD4CE3" w:rsidRDefault="00EB06EA" w:rsidP="00EB06EA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">[CM7] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>Bu-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>ut</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">[G] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>you</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DAB5A4D" w14:textId="52A89204" w:rsidR="00EB06EA" w:rsidRPr="00BD4CE3" w:rsidRDefault="00EB06EA" w:rsidP="00EB06EA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">             </w:t>
+      </w:r>
+      <w:r w:rsidR="005B7E9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>We</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[G] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>both</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">have shiny happy </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">[G] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>fits of rage</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41B41A02" w14:textId="77777777" w:rsidR="00EB06EA" w:rsidRPr="00BD4CE3" w:rsidRDefault="00EB06EA" w:rsidP="00EB06EA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>You</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [CM7] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">want more fans, I </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">[CM7] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>want more stage</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="355696FE" w14:textId="77777777" w:rsidR="00EB06EA" w:rsidRPr="00BD4CE3" w:rsidRDefault="00EB06EA" w:rsidP="00EB06EA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">[G] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">don’t see what anyone could </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">[G] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">see, in anyone </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">[CM7] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>else</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55EB6710" w14:textId="77777777" w:rsidR="00EB06EA" w:rsidRPr="00BD4CE3" w:rsidRDefault="00EB06EA" w:rsidP="00EB06EA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42DDB405" w14:textId="77777777" w:rsidR="00EB06EA" w:rsidRPr="00BD4CE3" w:rsidRDefault="00EB06EA" w:rsidP="00EB06EA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">[CM7] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>Bu-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>ut</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">[G] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>you</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E4FEA2C" w14:textId="77777777" w:rsidR="00EB06EA" w:rsidRPr="00BD4CE3" w:rsidRDefault="00EB06EA" w:rsidP="00EB06EA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">                     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[G] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Don Quixote was a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">[G] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>steel-driving man</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AD78953" w14:textId="77777777" w:rsidR="00EB06EA" w:rsidRPr="00BD4CE3" w:rsidRDefault="00EB06EA" w:rsidP="00EB06EA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>My</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [CM7] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">name is Adam I’m your </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">[CM7] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>biggest fan</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69BC3235" w14:textId="77777777" w:rsidR="00EB06EA" w:rsidRPr="00BD4CE3" w:rsidRDefault="00EB06EA" w:rsidP="00EB06EA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [G] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">don’t see what anyone could </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">[G] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">see, in anyone </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">[CM7] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>else</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73DEFB3C" w14:textId="77777777" w:rsidR="00EB06EA" w:rsidRPr="00BD4CE3" w:rsidRDefault="00EB06EA" w:rsidP="00EB06EA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4C5920C9" w14:textId="77777777" w:rsidR="00EB06EA" w:rsidRPr="00BD4CE3" w:rsidRDefault="00EB06EA" w:rsidP="00EB06EA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">[CM7] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>Bu-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>ut</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">[G] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>you</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="124B9FC1" w14:textId="77777777" w:rsidR="00EB06EA" w:rsidRPr="00BD4CE3" w:rsidRDefault="00EB06EA" w:rsidP="00EB06EA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>You</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[G] </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>scrinched</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">up your face and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[G] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>did a dance</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A3C75B1" w14:textId="77777777" w:rsidR="00EB06EA" w:rsidRPr="00BD4CE3" w:rsidRDefault="00EB06EA" w:rsidP="00EB06EA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Then you </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">[CM7] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">shook a little turd out of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">[CM7] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>bottom of your pants</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C7C0B8C" w14:textId="77777777" w:rsidR="00EB06EA" w:rsidRPr="00BD4CE3" w:rsidRDefault="00EB06EA" w:rsidP="00EB06EA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [G] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">don’t see what anyone could </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">[G] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F47BA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">see, in anyone </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">[CM7] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F47BA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>else</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DD3EAA0" w14:textId="77777777" w:rsidR="00EB06EA" w:rsidRPr="00EB06EA" w:rsidRDefault="00EB06EA" w:rsidP="00EB06EA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
-        <w:t>up</w:t>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="05DCE434" w14:textId="77777777" w:rsidR="00EB06EA" w:rsidRPr="00BD4CE3" w:rsidRDefault="00EB06EA" w:rsidP="00EB06EA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[CM7] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F47BA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bu-ut </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[G] </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>you</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00D96DF7">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> down </w:t>
+    </w:p>
+    <w:p w14:paraId="062B5DD6" w14:textId="77777777" w:rsidR="00EB06EA" w:rsidRPr="00BD4CE3" w:rsidRDefault="00EB06EA" w:rsidP="00EB06EA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[G] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Du, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00D96DF7">
-[...6 lines deleted...]
-        <w:t>down</w:t>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>du-du</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00D96DF7">
-[...7 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> du,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F47BA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>du-du</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BD4CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [G] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F47BA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>du, du-du-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F47BA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>dudu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="48BB7E09" w14:textId="77777777" w:rsidR="00EB06EA" w:rsidRDefault="00EB06EA" w:rsidP="00EB06EA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5BDEE7F3" w14:textId="77777777" w:rsidR="00EB06EA" w:rsidRDefault="00EB06EA" w:rsidP="00EB06EA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-          <w:bCs/>
-[...80 lines deleted...]
-          <w:b/>
+          <w:b/>
+          <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>[CM7]</w:t>
-      </w:r>
-[...1523 lines deleted...]
-        <w:t>[G]</w:t>
       </w:r>
       <w:r w:rsidRPr="00BB5679">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00817D63">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="7030A0"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">Du, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00817D63">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="7030A0"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>du-du</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00817D63">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="7030A0"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> du, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00817D63">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="7030A0"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>du</w:t>
+        <w:t>du-du</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00817D63">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-          <w:b/>
+          <w:bCs/>
           <w:color w:val="7030A0"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>[CM7]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB5679">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00817D63">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="7030A0"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>du, du-du-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00817D63">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="7030A0"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
+        <w:t>dudu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="11753676" w14:textId="77777777" w:rsidR="00EB06EA" w:rsidRDefault="00EB06EA" w:rsidP="00EB06EA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB5679">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB5679">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00817D63">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="7030A0"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Du, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00817D63">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="7030A0"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
         <w:t>du-du</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00817D63">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="7030A0"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...24 lines deleted...]
-        <w:t>du, du-du-</w:t>
+        <w:t xml:space="preserve"> du, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00817D63">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="7030A0"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>dudu</w:t>
+        <w:t>du-du</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00817D63">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-          <w:bCs/>
+          <w:b/>
           <w:color w:val="7030A0"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00817D63">
-[...3 lines deleted...]
-          <w:lang w:val="fr-FR"/>
+      <w:r w:rsidRPr="00BB5679">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00817D63">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="7030A0"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>du, du-du-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00817D63">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="7030A0"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>dudu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00817D63">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:color w:val="7030A0"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[CM7] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F23E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="7030A0"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>du</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58B716E5" w14:textId="77777777" w:rsidR="00EB06EA" w:rsidRDefault="00EB06EA" w:rsidP="00EB06EA">
+      <w:pPr>
+        <w:spacing w:after="80"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
         </w:rPr>
         <w:t>[CM7]</w:t>
       </w:r>
-      <w:r>
-[...41 lines deleted...]
-      <w:r w:rsidR="00D96DF7" w:rsidRPr="00FD5C50">
+      <w:r w:rsidRPr="00FD5C50">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>↓</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-[...7 lines deleted...]
-      <w:r w:rsidR="00EE7AA5" w:rsidRPr="00817D63">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00817D63">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="7030A0"/>
         </w:rPr>
         <w:t>Bu-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00EE7AA5" w:rsidRPr="00817D63">
+      <w:r w:rsidRPr="00817D63">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="7030A0"/>
         </w:rPr>
         <w:t>ut</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00EE7AA5" w:rsidRPr="00817D63">
+      <w:r w:rsidRPr="00817D63">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:color w:val="7030A0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00EE7AA5" w:rsidRPr="00FA5ED7">
+      <w:r w:rsidRPr="00FA5ED7">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
-      <w:r w:rsidR="00EE7AA5" w:rsidRPr="00FD5C50">
+      <w:r w:rsidRPr="00FD5C50">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>↓</w:t>
       </w:r>
-      <w:r w:rsidR="00EE7AA5">
-[...6 lines deleted...]
-      <w:r w:rsidR="00EE7AA5" w:rsidRPr="00817D63">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00817D63">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="7030A0"/>
         </w:rPr>
         <w:t>you</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="751CF6EA" w14:textId="77777777" w:rsidR="00EE7AA5" w:rsidRPr="00EE7AA5" w:rsidRDefault="00EE7AA5" w:rsidP="00EE7AA5">
+    <w:p w14:paraId="02F63AB8" w14:textId="77777777" w:rsidR="00EB06EA" w:rsidRPr="00EE7AA5" w:rsidRDefault="00EB06EA" w:rsidP="00EB06EA">
       <w:pPr>
         <w:spacing w:after="80"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="0070C0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="33203E50" w14:textId="77777777" w:rsidR="002F23E2" w:rsidRDefault="002F23E2" w:rsidP="002F23E2">
+    <w:p w14:paraId="3B374B0F" w14:textId="77777777" w:rsidR="00EB06EA" w:rsidRDefault="00EB06EA" w:rsidP="00EB06EA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="770354BB" wp14:editId="55D689AF">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5CAD86FA" wp14:editId="0820076E">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="13" name="Picture 13"/>
+            <wp:docPr id="904809828" name="Picture 904809828"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
@@ -4466,332 +3789,339 @@
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="226CF33D" wp14:editId="48BC3DE1">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4FC9BBEF" wp14:editId="093BA9C7">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="14" name="Picture 14" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\G.png"/>
+            <wp:docPr id="941658681" name="Picture 941658681" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\G.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 8" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\G.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4266F7FB" w14:textId="77777777" w:rsidR="00B043CF" w:rsidRDefault="00B043CF" w:rsidP="00110521">
-[...7 lines deleted...]
-    <w:p w14:paraId="034421FE" w14:textId="3903AB0A" w:rsidR="00B043CF" w:rsidRPr="004E65B6" w:rsidRDefault="00DF135C" w:rsidP="00110521">
+    <w:p w14:paraId="53474A5A" w14:textId="77777777" w:rsidR="00EB06EA" w:rsidRDefault="00EB06EA" w:rsidP="00EB06EA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="034421FE" w14:textId="3903AB0A" w:rsidR="00B043CF" w:rsidRPr="004E65B6" w:rsidRDefault="00B043CF" w:rsidP="00110521">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId7" w:history="1">
-        <w:r w:rsidR="00B043CF" w:rsidRPr="00055195">
+        <w:r w:rsidRPr="00055195">
           <w:rPr>
             <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Lucida Console"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>www.bytownukulele.ca</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr w:rsidR="00B043CF" w:rsidRPr="004E65B6" w:rsidSect="00D4034F">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="450" w:right="180" w:bottom="284" w:left="900" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="61002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Console">
     <w:panose1 w:val="020B0609040504020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="8000028F" w:usb1="00001800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000001F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E72137"/>
     <w:rsid w:val="000961DF"/>
     <w:rsid w:val="000A348C"/>
     <w:rsid w:val="000D00ED"/>
     <w:rsid w:val="00110521"/>
     <w:rsid w:val="00132109"/>
     <w:rsid w:val="00161445"/>
     <w:rsid w:val="0017786C"/>
     <w:rsid w:val="001E2271"/>
     <w:rsid w:val="00252E97"/>
     <w:rsid w:val="002B56B4"/>
     <w:rsid w:val="002C74A4"/>
     <w:rsid w:val="002F23E2"/>
     <w:rsid w:val="003442C9"/>
     <w:rsid w:val="00381E43"/>
     <w:rsid w:val="003930F2"/>
     <w:rsid w:val="004008AC"/>
     <w:rsid w:val="00414418"/>
     <w:rsid w:val="0047277F"/>
     <w:rsid w:val="00490D27"/>
     <w:rsid w:val="004E65B6"/>
     <w:rsid w:val="00531581"/>
     <w:rsid w:val="00550EFA"/>
     <w:rsid w:val="005920C1"/>
     <w:rsid w:val="005A0392"/>
+    <w:rsid w:val="005B7E9D"/>
     <w:rsid w:val="006230AD"/>
     <w:rsid w:val="006325CA"/>
     <w:rsid w:val="007320F1"/>
     <w:rsid w:val="00777805"/>
     <w:rsid w:val="007860BA"/>
     <w:rsid w:val="007E4748"/>
     <w:rsid w:val="00817D63"/>
     <w:rsid w:val="0082492D"/>
     <w:rsid w:val="0083763C"/>
     <w:rsid w:val="008573FE"/>
     <w:rsid w:val="00866CDE"/>
     <w:rsid w:val="00972E99"/>
     <w:rsid w:val="00A42E3F"/>
     <w:rsid w:val="00A46470"/>
     <w:rsid w:val="00A569E6"/>
     <w:rsid w:val="00A902E9"/>
     <w:rsid w:val="00A92235"/>
     <w:rsid w:val="00A9741C"/>
     <w:rsid w:val="00AB09B4"/>
     <w:rsid w:val="00AD3A18"/>
     <w:rsid w:val="00B043CF"/>
     <w:rsid w:val="00B16743"/>
     <w:rsid w:val="00B36E28"/>
     <w:rsid w:val="00B63AD3"/>
     <w:rsid w:val="00BB5679"/>
     <w:rsid w:val="00BC1DB3"/>
+    <w:rsid w:val="00BC2E7D"/>
     <w:rsid w:val="00C5218C"/>
     <w:rsid w:val="00CA07D7"/>
+    <w:rsid w:val="00CA10CA"/>
     <w:rsid w:val="00D4034F"/>
     <w:rsid w:val="00D66B4B"/>
     <w:rsid w:val="00D80621"/>
     <w:rsid w:val="00D84579"/>
     <w:rsid w:val="00D96DF7"/>
     <w:rsid w:val="00DB1F9F"/>
+    <w:rsid w:val="00DD4F88"/>
     <w:rsid w:val="00DF135C"/>
     <w:rsid w:val="00E04FCE"/>
     <w:rsid w:val="00E72137"/>
+    <w:rsid w:val="00EB06EA"/>
     <w:rsid w:val="00EE7AA5"/>
+    <w:rsid w:val="00F148F8"/>
     <w:rsid w:val="00F81E40"/>
+    <w:rsid w:val="00F9416A"/>
     <w:rsid w:val="00F96D25"/>
     <w:rsid w:val="00FA5ED7"/>
     <w:rsid w:val="00FB061D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="2EC2D18A"/>
   <w14:defaultImageDpi w14:val="300"/>
   <w15:docId w15:val="{A04D6DF3-7B3D-4621-A6D3-8B926F0E68A6}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -4914,51 +4244,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:semiHidden="1" w:uiPriority="59" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -5235,51 +4565,51 @@
     <w:unhideWhenUsed/>
     <w:rsid w:val="007320F1"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="007320F1"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bytownukulele.ca" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///D:\BUG%20Regular%20Jam%20Playlists\2021\TEMPLATE%20FOR%20SONGSHEET.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
@@ -5589,70 +4919,70 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{75A02CBF-9B6D-4C04-98ED-B5E96D8DF686}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>TEMPLATE FOR SONGSHEET</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>400</Words>
-  <Characters>2285</Characters>
+  <Words>403</Words>
+  <Characters>2302</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>19</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2680</CharactersWithSpaces>
+  <CharactersWithSpaces>2700</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Sue Rogers</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>