--- v0 (2026-01-01)
+++ v1 (2026-02-11)
@@ -9,4570 +9,4384 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="1D56B718" w14:textId="2F1A0312" w:rsidR="0082492D" w:rsidRPr="00A902E9" w:rsidRDefault="00EF2582" w:rsidP="00DB1F9F">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Loves Me Like A Rock</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22BAC5A0" w14:textId="11377040" w:rsidR="00972E99" w:rsidRPr="00A902E9" w:rsidRDefault="00EF2582">
-[...18 lines deleted...]
-    <w:p w14:paraId="723C3D8D" w14:textId="77777777" w:rsidR="00972E99" w:rsidRPr="003F7DD3" w:rsidRDefault="00972E99">
+    <w:p w14:paraId="64EF47B1" w14:textId="77777777" w:rsidR="00282E63" w:rsidRPr="00A902E9" w:rsidRDefault="00282E63" w:rsidP="00282E63">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>Paul Simon 1973</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A9E4477" w14:textId="77777777" w:rsidR="00282E63" w:rsidRPr="003F7DD3" w:rsidRDefault="00282E63" w:rsidP="00282E63">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0C122D6E" w14:textId="1BCBF4BA" w:rsidR="007320F1" w:rsidRDefault="00D84579">
+    <w:p w14:paraId="34B56A0A" w14:textId="77777777" w:rsidR="00282E63" w:rsidRDefault="00282E63" w:rsidP="00282E63">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3A28682A" wp14:editId="7A784235">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="000BD1CB" wp14:editId="607C12F7">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="11" name="Picture 11" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\C7.png"/>
+            <wp:docPr id="732364504" name="Picture 732364504" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\C7.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\C7.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="00110521">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="77579817" wp14:editId="7CC4F317">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="12F06CBE" wp14:editId="2C88826D">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="4" name="Picture 4" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\D7.png"/>
+            <wp:docPr id="1335069383" name="Picture 1335069383" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\D7.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 4" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\D7.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="00110521">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6DDF9F52" wp14:editId="5199F669">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0C005B6E" wp14:editId="04C0378C">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="6" name="Picture 6" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\Em.png"/>
+            <wp:docPr id="1025936727" name="Picture 1025936727" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\Em.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 6" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\Em.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="00110521">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="31210A2E" wp14:editId="5B904473">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5D1FAC42" wp14:editId="232034DF">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="9" name="Picture 9" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\E7.png"/>
+            <wp:docPr id="283696310" name="Picture 283696310" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\E7.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 9" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\E7.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="00110521">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="489EE364" wp14:editId="12865796">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="25992123" wp14:editId="7E98F22F">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="7" name="Picture 7" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\F.png"/>
+            <wp:docPr id="513609333" name="Picture 513609333" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\F.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 7" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\F.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId9">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="00110521">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="46DACA51" wp14:editId="52906170">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4C8FF74D" wp14:editId="4A0F131F">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="8" name="Picture 8" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\G.png"/>
+            <wp:docPr id="28549824" name="Picture 28549824" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\G.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 8" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\G.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId10">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30659B52" w14:textId="77777777" w:rsidR="007320F1" w:rsidRPr="003F7DD3" w:rsidRDefault="007320F1">
+    <w:p w14:paraId="2EB1CF2F" w14:textId="77777777" w:rsidR="00282E63" w:rsidRPr="003F7DD3" w:rsidRDefault="00282E63" w:rsidP="00282E63">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="450461C5" w14:textId="294DBD13" w:rsidR="00972E99" w:rsidRPr="00EF2582" w:rsidRDefault="00972E99">
+    <w:p w14:paraId="766617D6" w14:textId="77777777" w:rsidR="00282E63" w:rsidRPr="00EF2582" w:rsidRDefault="00282E63" w:rsidP="00282E63">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Courier New"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A902E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
-        <w:t>INTRO:</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">  </w:t>
+        <w:t xml:space="preserve">INTRO:  / 1 2 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">3 4 </w:t>
       </w:r>
       <w:r w:rsidRPr="00A902E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
-        <w:t>/</w:t>
-[...19 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">/ </w:t>
       </w:r>
-      <w:r w:rsidR="0021342B" w:rsidRPr="0021342B">
-[...6 lines deleted...]
-      <w:r w:rsidR="00A902E9" w:rsidRPr="00A902E9">
+      <w:r w:rsidRPr="0021342B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A902E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> /</w:t>
       </w:r>
-      <w:r w:rsidR="0021342B">
-[...20 lines deleted...]
-      <w:r w:rsidR="0021342B">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0021342B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A902E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">/ </w:t>
       </w:r>
-      <w:r w:rsidR="0021342B" w:rsidRPr="0021342B">
-[...13 lines deleted...]
-      <w:r w:rsidR="0021342B">
+      <w:r w:rsidRPr="0021342B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A902E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">/ </w:t>
       </w:r>
-      <w:r w:rsidR="0021342B" w:rsidRPr="0021342B">
-[...6 lines deleted...]
-      <w:r w:rsidR="00EF2582" w:rsidRPr="00534747">
+      <w:r w:rsidRPr="0021342B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00534747">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Courier New"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:sym w:font="Symbol" w:char="F0AF"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54279942" w14:textId="77777777" w:rsidR="00A9741C" w:rsidRPr="003F7DD3" w:rsidRDefault="00A9741C" w:rsidP="00A9741C">
+    <w:p w14:paraId="45AD5DCF" w14:textId="77777777" w:rsidR="00282E63" w:rsidRPr="003F7DD3" w:rsidRDefault="00282E63" w:rsidP="00282E63">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="494771A7" w14:textId="1F027A42" w:rsidR="00EF2582" w:rsidRPr="00EF2582" w:rsidRDefault="00EF2582" w:rsidP="00EF2582">
+    <w:p w14:paraId="26F4ABC9" w14:textId="77777777" w:rsidR="00282E63" w:rsidRPr="00EF2582" w:rsidRDefault="00282E63" w:rsidP="00282E63">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EF2582">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">When I was a little </w:t>
       </w:r>
-      <w:r w:rsidR="0021342B" w:rsidRPr="0021342B">
+      <w:r w:rsidRPr="0021342B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EF2582">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">boy </w:t>
       </w:r>
       <w:r w:rsidRPr="00CB3BBE">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="EE0000"/>
         </w:rPr>
         <w:t xml:space="preserve">(when I was just a </w:t>
       </w:r>
-      <w:r w:rsidR="0021342B" w:rsidRPr="0021342B">
+      <w:r w:rsidRPr="0021342B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
       <w:r w:rsidRPr="00CB3BBE">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="EE0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> boy)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54DFE018" w14:textId="0EE54A8B" w:rsidR="00EF2582" w:rsidRPr="00EF2582" w:rsidRDefault="00EF2582" w:rsidP="00EF2582">
+    <w:p w14:paraId="136F12D7" w14:textId="77777777" w:rsidR="00282E63" w:rsidRPr="00EF2582" w:rsidRDefault="00282E63" w:rsidP="00282E63">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EF2582">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">And the </w:t>
       </w:r>
-      <w:r w:rsidR="007176AA">
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidRPr="00EF2582">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>evil</w:t>
       </w:r>
-      <w:r w:rsidR="007176AA">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="00EF2582">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">d call my </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0021342B" w:rsidRPr="0021342B">
+        <w:t>d</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EF2582">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> call my </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0021342B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EF2582">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">name </w:t>
       </w:r>
       <w:r w:rsidRPr="00CB3BBE">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="EE0000"/>
         </w:rPr>
         <w:t xml:space="preserve">(when I was just a </w:t>
       </w:r>
-      <w:r w:rsidR="0021342B" w:rsidRPr="0021342B">
+      <w:r w:rsidRPr="0021342B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
       <w:r w:rsidRPr="00CB3BBE">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="EE0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> boy)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BA4DD0D" w14:textId="3EE1FED8" w:rsidR="00EF2582" w:rsidRPr="00EF2582" w:rsidRDefault="00EF2582" w:rsidP="00EF2582">
+    <w:p w14:paraId="27328D43" w14:textId="77777777" w:rsidR="00282E63" w:rsidRPr="00EF2582" w:rsidRDefault="00282E63" w:rsidP="00282E63">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EF2582">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">I'd say now </w:t>
       </w:r>
-      <w:r w:rsidR="0021342B" w:rsidRPr="0021342B">
+      <w:r w:rsidRPr="0021342B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[C7]</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EF2582">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">who do </w:t>
       </w:r>
       <w:r w:rsidRPr="00CB3BBE">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="EE0000"/>
         </w:rPr>
         <w:t>(who?)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EC0F783" w14:textId="7D7F2863" w:rsidR="00EF2582" w:rsidRPr="00EF2582" w:rsidRDefault="0021342B" w:rsidP="00EF2582">
+    <w:p w14:paraId="5961FDEF" w14:textId="77777777" w:rsidR="00282E63" w:rsidRPr="00EF2582" w:rsidRDefault="00282E63" w:rsidP="00282E63">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0021342B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[C7]</w:t>
       </w:r>
-      <w:r w:rsidR="00EF2582">
-[...6 lines deleted...]
-      <w:r w:rsidR="00EF2582" w:rsidRPr="00EF2582">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF2582">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Who do you think you're </w:t>
       </w:r>
       <w:r w:rsidRPr="0021342B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
-      <w:r w:rsidR="00EF2582">
-[...53 lines deleted...]
-      <w:r w:rsidR="00EF2582" w:rsidRPr="00CB3BBE">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EF2582">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>foolin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EF2582">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">' </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB3BBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>(when I was just a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB3BBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0021342B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB3BBE">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="EE0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> boy)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BE45AD7" w14:textId="27E7DA9C" w:rsidR="00EF2582" w:rsidRPr="00EF2582" w:rsidRDefault="00EF2582" w:rsidP="00EF2582">
+    <w:p w14:paraId="1F579550" w14:textId="77777777" w:rsidR="00282E63" w:rsidRPr="00EF2582" w:rsidRDefault="00282E63" w:rsidP="00282E63">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EF2582">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">I'm a consecrated </w:t>
       </w:r>
-      <w:r w:rsidR="0021342B" w:rsidRPr="0021342B">
+      <w:r w:rsidRPr="0021342B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EF2582">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">boy </w:t>
       </w:r>
       <w:r w:rsidRPr="00CB3BBE">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="EE0000"/>
         </w:rPr>
         <w:t xml:space="preserve">(when I was just a </w:t>
       </w:r>
-      <w:r w:rsidR="0021342B" w:rsidRPr="0021342B">
+      <w:r w:rsidRPr="0021342B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00CB3BBE">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="EE0000"/>
         </w:rPr>
         <w:t>boy-oy</w:t>
       </w:r>
-      <w:r w:rsidR="00CB3BBE">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="EE0000"/>
         </w:rPr>
         <w:t>…)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="027DECDC" w14:textId="6C4F7153" w:rsidR="00EF2582" w:rsidRPr="00EF2582" w:rsidRDefault="00EF2582" w:rsidP="00EF2582">
+    <w:p w14:paraId="7E07EF95" w14:textId="77777777" w:rsidR="00282E63" w:rsidRPr="00EF2582" w:rsidRDefault="00282E63" w:rsidP="00282E63">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidRPr="00EF2582">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">inger in a </w:t>
       </w:r>
-      <w:r w:rsidR="0021342B" w:rsidRPr="0021342B">
+      <w:r w:rsidRPr="0021342B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[C7]</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EF2582">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>Sunday choir</w:t>
       </w:r>
-      <w:r w:rsidR="0002073A">
-[...6 lines deleted...]
-      <w:r w:rsidR="0002073A" w:rsidRPr="0021342B">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0021342B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[C7]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33F4660D" w14:textId="0F6AD955" w:rsidR="00EF2582" w:rsidRPr="00EF2582" w:rsidRDefault="00EF2582" w:rsidP="00EF2582">
+    <w:p w14:paraId="117F18F3" w14:textId="77777777" w:rsidR="00282E63" w:rsidRPr="00EF2582" w:rsidRDefault="00282E63" w:rsidP="00282E63">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EF2582">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Oh, my mama </w:t>
       </w:r>
-      <w:r w:rsidR="0021342B" w:rsidRPr="0021342B">
+      <w:r w:rsidRPr="0021342B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EF2582">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>love</w:t>
       </w:r>
-      <w:r w:rsidR="0002073A">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidRPr="00EF2582">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> me, she </w:t>
       </w:r>
-      <w:r w:rsidR="0021342B" w:rsidRPr="0021342B">
+      <w:r w:rsidRPr="0021342B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[D7]</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EF2582">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>loves me</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41FBC80F" w14:textId="471997AB" w:rsidR="00EF2582" w:rsidRPr="00EF2582" w:rsidRDefault="00EF2582" w:rsidP="00EF2582">
+    <w:p w14:paraId="53ECD275" w14:textId="77777777" w:rsidR="00282E63" w:rsidRPr="00EF2582" w:rsidRDefault="00282E63" w:rsidP="00282E63">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EF2582">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>She</w:t>
       </w:r>
-      <w:r w:rsidR="0002073A">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>’d</w:t>
       </w:r>
       <w:r w:rsidRPr="00EF2582">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0021342B" w:rsidRPr="0021342B">
+      <w:r w:rsidRPr="0021342B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EF2582">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">get down on her knees and </w:t>
       </w:r>
-      <w:r w:rsidR="0054218B" w:rsidRPr="0054218B">
+      <w:r w:rsidRPr="0054218B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[Em]</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EF2582">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>hug me</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7336AEEE" w14:textId="11A2714A" w:rsidR="00EF2582" w:rsidRPr="00EF2582" w:rsidRDefault="00EF2582" w:rsidP="00EF2582">
+    <w:p w14:paraId="3F52A47A" w14:textId="77777777" w:rsidR="00282E63" w:rsidRPr="00EF2582" w:rsidRDefault="00282E63" w:rsidP="00282E63">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Oh </w:t>
       </w:r>
       <w:r w:rsidRPr="00EF2582">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">she </w:t>
       </w:r>
-      <w:r w:rsidR="0021342B" w:rsidRPr="0021342B">
+      <w:r w:rsidRPr="0021342B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[C7]</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EF2582">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>love</w:t>
       </w:r>
-      <w:r w:rsidR="0002073A">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidRPr="00EF2582">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> me like a </w:t>
       </w:r>
-      <w:r w:rsidR="0021342B" w:rsidRPr="0021342B">
+      <w:r w:rsidRPr="0021342B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EF2582">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>rock</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13E1C53E" w14:textId="6E61AA7F" w:rsidR="00EF2582" w:rsidRPr="00EF2582" w:rsidRDefault="0021342B" w:rsidP="00EF2582">
+    <w:p w14:paraId="607CAB38" w14:textId="77777777" w:rsidR="00282E63" w:rsidRPr="00EF2582" w:rsidRDefault="00282E63" w:rsidP="00282E63">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0021342B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[C7]</w:t>
       </w:r>
-      <w:r w:rsidR="00EF2582">
-[...6 lines deleted...]
-      <w:r w:rsidR="00EF2582" w:rsidRPr="00EF2582">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF2582">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>She</w:t>
       </w:r>
-      <w:r w:rsidR="0002073A">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>’d</w:t>
       </w:r>
-      <w:r w:rsidR="00EF2582" w:rsidRPr="00EF2582">
+      <w:r w:rsidRPr="00EF2582">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> rock me like the </w:t>
       </w:r>
       <w:r w:rsidRPr="0021342B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[F]</w:t>
       </w:r>
-      <w:r w:rsidR="00CB3BBE">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> R</w:t>
       </w:r>
-      <w:r w:rsidR="00EF2582" w:rsidRPr="00EF2582">
+      <w:r w:rsidRPr="00EF2582">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">ock of </w:t>
       </w:r>
       <w:r w:rsidRPr="0021342B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[C7]</w:t>
       </w:r>
-      <w:r w:rsidR="00CB3BBE">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> A</w:t>
       </w:r>
-      <w:r w:rsidR="00EF2582" w:rsidRPr="00EF2582">
+      <w:r w:rsidRPr="00EF2582">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">ges </w:t>
       </w:r>
-      <w:r w:rsidR="00EF2582" w:rsidRPr="007176AA">
+      <w:r w:rsidRPr="007176AA">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
       <w:r w:rsidRPr="007176AA">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
-      <w:r w:rsidR="00CB3BBE" w:rsidRPr="007176AA">
-[...6 lines deleted...]
-      <w:r w:rsidR="00EF2582" w:rsidRPr="007176AA">
+      <w:r w:rsidRPr="007176AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> love</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007176AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> me</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29C16773" w14:textId="77777777" w:rsidR="00282E63" w:rsidRDefault="00282E63" w:rsidP="00282E63">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0021342B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF2582">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>She</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>’d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF2582">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> love me, love me, love me </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0021342B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF2582">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>love me</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0021342B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00534747">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AF"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BAA7406" w14:textId="77777777" w:rsidR="00282E63" w:rsidRPr="00EF2582" w:rsidRDefault="00282E63" w:rsidP="00282E63">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="553214CC" w14:textId="77777777" w:rsidR="00282E63" w:rsidRPr="00EF2582" w:rsidRDefault="00282E63" w:rsidP="00282E63">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF2582">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">When I was grown to be a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0021342B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF2582">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">man </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB3BBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(grown to be a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0021342B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB3BBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>man)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D54B172" w14:textId="77777777" w:rsidR="00282E63" w:rsidRPr="00EF2582" w:rsidRDefault="00282E63" w:rsidP="00282E63">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Mm, a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF2582">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">nd the devil would call my </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0021342B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF2582">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">name </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB3BBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(grown to be a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0021342B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB3BBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>man)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35284C5D" w14:textId="77777777" w:rsidR="00282E63" w:rsidRPr="00EF2582" w:rsidRDefault="00282E63" w:rsidP="00282E63">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF2582">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">I'd say now </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0021342B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[C7]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF2582">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">who do </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB3BBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>(who?)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66065FA1" w14:textId="77777777" w:rsidR="00282E63" w:rsidRPr="00EF2582" w:rsidRDefault="00282E63" w:rsidP="00282E63">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0021342B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[C7]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF2582">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Who do you think you're </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0021342B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EF2582">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>foolin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EF2582">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">' </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB3BBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(grown to be a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0021342B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB3BBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>man)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D8F8725" w14:textId="77777777" w:rsidR="00282E63" w:rsidRPr="00EF2582" w:rsidRDefault="00282E63" w:rsidP="00282E63">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF2582">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">I'm a consummated </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0021342B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF2582">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">man </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB3BBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(grown to be a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0021342B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB3BBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>ma</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB3BBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2640603F" w14:textId="77777777" w:rsidR="00282E63" w:rsidRPr="00EF2582" w:rsidRDefault="00282E63" w:rsidP="00282E63">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF2582">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">I can snatch a little </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0021342B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[C7]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EF2582">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>pu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>…</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EF2582">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>ri</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0021342B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[C7]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF2582">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>ty</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EB92782" w14:textId="77777777" w:rsidR="00282E63" w:rsidRPr="00EF2582" w:rsidRDefault="00282E63" w:rsidP="00282E63">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF2582">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">y mama </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0021342B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF2582">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">loves me, she </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0021342B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[D7]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF2582">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>loves me</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="702D58CD" w14:textId="77777777" w:rsidR="00282E63" w:rsidRPr="00EF2582" w:rsidRDefault="00282E63" w:rsidP="00282E63">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF2582">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">She </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0021342B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF2582">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">get down on her knees and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0054218B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[Em]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF2582">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>hug me</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16B4A19E" w14:textId="77777777" w:rsidR="00282E63" w:rsidRPr="00EF2582" w:rsidRDefault="00282E63" w:rsidP="00282E63">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Oh </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF2582">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">she </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0021342B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[C7]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF2582">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">loves me like a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0021342B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF2582">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>rock</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AA8E8AA" w14:textId="77777777" w:rsidR="00282E63" w:rsidRPr="00EF2582" w:rsidRDefault="00282E63" w:rsidP="00282E63">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0021342B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[C7]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF2582">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">She rock me like the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0021342B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> R</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF2582">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">ock of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0021342B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[C7]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF2582">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">ges and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0021342B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF2582">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>love</w:t>
       </w:r>
-      <w:r w:rsidR="0002073A">
-[...13 lines deleted...]
-      <w:r w:rsidR="00EF2582" w:rsidRPr="007176AA">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">s </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF2582">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>me</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57589AD6" w14:textId="32CC1301" w:rsidR="00EF2582" w:rsidRDefault="0021342B" w:rsidP="00EF2582">
-[...57 lines deleted...]
-      <w:r w:rsidR="00EF2582" w:rsidRPr="00EF2582">
+    <w:p w14:paraId="2CF2996D" w14:textId="77777777" w:rsidR="00282E63" w:rsidRDefault="00282E63" w:rsidP="00282E63">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0021342B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF2582">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">She love me, love me, love me </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0021342B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF2582">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>love me</w:t>
       </w:r>
-      <w:r w:rsidR="00CB3BBE">
-[...14 lines deleted...]
-      <w:r w:rsidR="00CB3BBE" w:rsidRPr="00534747">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0021342B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00534747">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Courier New"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:sym w:font="Symbol" w:char="F0AF"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CE46042" w14:textId="77777777" w:rsidR="00CB3BBE" w:rsidRPr="00EF2582" w:rsidRDefault="00CB3BBE" w:rsidP="00EF2582">
-[...41 lines deleted...]
-        <w:t xml:space="preserve">man </w:t>
+    <w:p w14:paraId="71F4B200" w14:textId="77777777" w:rsidR="00282E63" w:rsidRDefault="00282E63" w:rsidP="00282E63">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="535DAE2C" w14:textId="77777777" w:rsidR="00282E63" w:rsidRPr="00EF2582" w:rsidRDefault="00282E63" w:rsidP="00282E63">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF2582">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">And if I was </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF2582">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Presi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0021342B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF2582">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">dent </w:t>
       </w:r>
       <w:r w:rsidRPr="00CB3BBE">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="EE0000"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...7 lines deleted...]
-        <w:t>g</w:t>
+        <w:t>(was the Presi-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0021342B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[G]</w:t>
       </w:r>
       <w:r w:rsidRPr="00CB3BBE">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="EE0000"/>
         </w:rPr>
-        <w:t xml:space="preserve">rown to be a </w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>dent)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BEFB7B5" w14:textId="77777777" w:rsidR="00282E63" w:rsidRPr="00EF2582" w:rsidRDefault="00282E63" w:rsidP="00282E63">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF2582">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">The minute </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>the C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF2582">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">ongress call my </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0021342B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF2582">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">name </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881EDD">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>(was the Presi-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0021342B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881EDD">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>dent)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46677FE8" w14:textId="77777777" w:rsidR="00282E63" w:rsidRPr="00EF2582" w:rsidRDefault="00282E63" w:rsidP="00282E63">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF2582">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">I'd say now </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0021342B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[C7]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF2582">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">who do </w:t>
       </w:r>
       <w:r w:rsidRPr="00CB3BBE">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="EE0000"/>
         </w:rPr>
-        <w:t>man)</w:t>
-[...57 lines deleted...]
-        <w:t xml:space="preserve">name </w:t>
+        <w:t>(who?)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BA2C95E" w14:textId="77777777" w:rsidR="00282E63" w:rsidRPr="00EF2582" w:rsidRDefault="00282E63" w:rsidP="00282E63">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0021342B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[C7]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF2582">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Who do you think you're </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0021342B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EF2582">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>foolin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EF2582">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">' </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881EDD">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>(who do you think you're</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881EDD">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0021342B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00881EDD">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>foolin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00881EDD">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>')</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F13C5B4" w14:textId="77777777" w:rsidR="00282E63" w:rsidRPr="00EF2582" w:rsidRDefault="00282E63" w:rsidP="00282E63">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF2582">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">I've got the Presidential </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0021342B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF2582">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">eal </w:t>
       </w:r>
       <w:r w:rsidRPr="00CB3BBE">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="EE0000"/>
         </w:rPr>
-        <w:t xml:space="preserve">(grown to be a </w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>(was the Presi-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0021342B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[G]</w:t>
       </w:r>
       <w:r w:rsidRPr="00CB3BBE">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="EE0000"/>
         </w:rPr>
-        <w:t>man)</w:t>
-[...16 lines deleted...]
-      <w:r w:rsidR="0021342B" w:rsidRPr="0021342B">
+        <w:t>dent)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34949130" w14:textId="77777777" w:rsidR="00282E63" w:rsidRPr="00EF2582" w:rsidRDefault="00282E63" w:rsidP="00282E63">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF2582">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">I'm up on the Presidential </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0021342B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[C7]</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EF2582">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">who do </w:t>
-[...16 lines deleted...]
-      </w:pPr>
+        <w:t>po</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>…</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF2582">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>di</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
       <w:r w:rsidRPr="0021342B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[C7]</w:t>
       </w:r>
-      <w:r w:rsidR="00CB3BBE">
-[...165 lines deleted...]
-      <w:r w:rsidR="0021342B" w:rsidRPr="0021342B">
+      <w:r w:rsidRPr="00EF2582">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>um</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4292AF96" w14:textId="77777777" w:rsidR="00282E63" w:rsidRPr="00EF2582" w:rsidRDefault="00282E63" w:rsidP="00282E63">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF2582">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">y mama </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0021342B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF2582">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">loves me, she </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0021342B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[D7]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF2582">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>loves me</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1066DC78" w14:textId="77777777" w:rsidR="00282E63" w:rsidRPr="00EF2582" w:rsidRDefault="00282E63" w:rsidP="00282E63">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF2582">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">She </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0021342B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF2582">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">get down on her knees and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0054218B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[Em]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF2582">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>hug me</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5524AC4D" w14:textId="77777777" w:rsidR="00282E63" w:rsidRPr="00EF2582" w:rsidRDefault="00282E63" w:rsidP="00282E63">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Oh </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF2582">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">she </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0021342B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[C7]</w:t>
       </w:r>
-      <w:r w:rsidR="00CB3BBE">
-[...27 lines deleted...]
-      <w:r w:rsidR="00CB3BBE">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF2582">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">loves me like a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0021342B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF2582">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>rock</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>, oh….</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AF2F576" w14:textId="77777777" w:rsidR="00282E63" w:rsidRDefault="00282E63" w:rsidP="00282E63">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0021342B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[C7]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF2582">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">She rock me like the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0021342B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> R</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF2582">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">ock of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0021342B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[C7]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF2582">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">ges and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0021342B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF2582">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>love</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF2582">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>me</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55BFBADC" w14:textId="77777777" w:rsidR="00282E63" w:rsidRPr="00EF2582" w:rsidRDefault="00282E63" w:rsidP="00282E63">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0021342B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF2582">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">She love me, love me, love me </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0021342B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF2582">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">love me </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B3772">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>(love me like a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B3772">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0021342B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B3772">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>rock)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="377061AA" w14:textId="77777777" w:rsidR="00282E63" w:rsidRPr="00EF2582" w:rsidRDefault="00282E63" w:rsidP="00282E63">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF2582">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">She love me, love me, love me </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0021342B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF2582">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">love me </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B3772">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>(love me like a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B3772">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0021342B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B3772">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>rock)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D5F8521" w14:textId="77777777" w:rsidR="00282E63" w:rsidRPr="00EF2582" w:rsidRDefault="00282E63" w:rsidP="00282E63">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF2582">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">She love me, love me, love me </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0021342B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF2582">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">love me </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B3772">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>(love me like a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B3772">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0021342B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B3772">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>rock)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0483430B" w14:textId="77777777" w:rsidR="00282E63" w:rsidRPr="00EF2582" w:rsidRDefault="00282E63" w:rsidP="00282E63">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF2582">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Oh yeah </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0021342B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B3772">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>(love me like a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B3772">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0021342B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B3772">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>rock)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AAFC0CF" w14:textId="77777777" w:rsidR="00282E63" w:rsidRDefault="00282E63" w:rsidP="00282E63">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="03848771" w14:textId="77777777" w:rsidR="00282E63" w:rsidRPr="00EF2582" w:rsidRDefault="00282E63" w:rsidP="00282E63">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF2582">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Na</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="0021342B" w:rsidRPr="0021342B">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EF2582">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>na</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EF2582">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>na</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF2582">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>na</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF2582">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>na</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0021342B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[C7]</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF2582">
-[...153 lines deleted...]
-      <w:r w:rsidR="0021342B" w:rsidRPr="0021342B">
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>na</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>-a-a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF2582">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B3772">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>(love me like a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B3772">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0021342B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B3772">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">rock, oh </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006B3772">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>ba</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006B3772">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0021342B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[C7]</w:t>
       </w:r>
-      <w:r>
-[...13 lines deleted...]
-      <w:r w:rsidR="0021342B" w:rsidRPr="0021342B">
+      <w:r w:rsidRPr="006B3772">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>by)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E4C9D0C" w14:textId="77777777" w:rsidR="00282E63" w:rsidRPr="00EF2582" w:rsidRDefault="00282E63" w:rsidP="00282E63">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Uh-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0021342B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">huh </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B3772">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>(love me like a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B3772">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0021342B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B3772">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>rock)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C31822B" w14:textId="77777777" w:rsidR="00282E63" w:rsidRPr="00EF2582" w:rsidRDefault="00282E63" w:rsidP="00282E63">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0021342B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B3772">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>(Love me like a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B3772">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0021342B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B3772">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>rock)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="025B76EE" w14:textId="77777777" w:rsidR="00282E63" w:rsidRDefault="00282E63" w:rsidP="00282E63">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0021342B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[C7]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B3772">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>(Love me like the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B3772">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0021342B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B3772">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">rock, oh </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006B3772">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>ba</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006B3772">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0021342B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[C7]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B3772">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>by)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09EE2AA2" w14:textId="77777777" w:rsidR="00282E63" w:rsidRPr="00EF2582" w:rsidRDefault="00282E63" w:rsidP="00282E63">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0021342B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF2582">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Love me like a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0021342B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EF2582">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>rock</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="289D6428" w14:textId="1C1BF6AD" w:rsidR="00CB3BBE" w:rsidRPr="00EF2582" w:rsidRDefault="0021342B" w:rsidP="00CB3BBE">
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="10E635BD" w14:textId="77777777" w:rsidR="00282E63" w:rsidRPr="00EF2582" w:rsidRDefault="00282E63" w:rsidP="00282E63">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0021342B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF2582">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Love me like a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0021342B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF2582">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>rock</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AA8568F" w14:textId="77777777" w:rsidR="00282E63" w:rsidRDefault="00282E63" w:rsidP="00282E63">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="570DA4C5" w14:textId="77777777" w:rsidR="00282E63" w:rsidRPr="00EF2582" w:rsidRDefault="00282E63" w:rsidP="00282E63">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF2582">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Na</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EF2582">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>na</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EF2582">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>na</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF2582">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>na</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF2582">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>na</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
       <w:r w:rsidRPr="0021342B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[C7]</w:t>
       </w:r>
-      <w:r w:rsidR="00CB3BBE">
-[...11 lines deleted...]
-        <w:t xml:space="preserve">She rock me like the </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>na</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>-a-a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF2582">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B3772">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(love me like a </w:t>
       </w:r>
       <w:r w:rsidRPr="0021342B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[F]</w:t>
       </w:r>
-      <w:r w:rsidR="00CB3BBE">
-[...11 lines deleted...]
-        <w:t xml:space="preserve">ock of </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B3772">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">rock, oh </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006B3772">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>ba</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006B3772">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="0021342B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[C7]</w:t>
       </w:r>
-      <w:r w:rsidR="00CB3BBE">
-[...123 lines deleted...]
-      <w:r w:rsidR="00CB3BBE" w:rsidRPr="00534747">
+      <w:r w:rsidRPr="006B3772">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>by)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4177029E" w14:textId="77777777" w:rsidR="00282E63" w:rsidRPr="00EF2582" w:rsidRDefault="00282E63" w:rsidP="00282E63">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0021342B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF2582">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Love me like a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0021342B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF2582">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>rock</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DAC3434" w14:textId="77777777" w:rsidR="00282E63" w:rsidRPr="00EF2582" w:rsidRDefault="00282E63" w:rsidP="00282E63">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0021342B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF2582">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Love me like a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0021342B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF2582">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>rock</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>oooooo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="225B6956" w14:textId="77777777" w:rsidR="00282E63" w:rsidRDefault="00282E63" w:rsidP="00282E63">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0021342B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[C7]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Love</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF2582">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> me like </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF2582">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0021342B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> rock, oh </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>ba</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0021342B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[C7]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>by</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27E4D5CB" w14:textId="77777777" w:rsidR="00282E63" w:rsidRDefault="00282E63" w:rsidP="00282E63">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="10EAA683" w14:textId="77777777" w:rsidR="00282E63" w:rsidRDefault="00282E63" w:rsidP="00282E63">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Courier New"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E1EA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">[G] / </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0021342B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00534747">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
         <w:sym w:font="Symbol" w:char="F0AF"/>
       </w:r>
-    </w:p>
-[...731 lines deleted...]
-        <w:t xml:space="preserve">She rock me like the </w:t>
+      <w:r w:rsidRPr="007C7168">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0021342B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00534747">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AF"/>
+      </w:r>
+      <w:r w:rsidRPr="007C7168">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0021342B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[F]</w:t>
       </w:r>
-      <w:r w:rsidR="00881EDD">
-[...1306 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="00534747">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Courier New"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-      </w:pPr>
-[...88 lines deleted...]
-      <w:r w:rsidR="009E1EA5" w:rsidRPr="00534747">
+        <w:sym w:font="Symbol" w:char="F0AF"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E1EA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00534747">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Courier New"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:sym w:font="Symbol" w:char="F0AF"/>
       </w:r>
-      <w:r w:rsidR="007C7168" w:rsidRPr="007C7168">
-[...15 lines deleted...]
-      <w:r w:rsidR="007C7168" w:rsidRPr="00534747">
+      <w:r w:rsidRPr="007C7168">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">/ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0021342B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00534747">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Courier New"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:sym w:font="Symbol" w:char="F0AF"/>
       </w:r>
-      <w:r w:rsidR="007C7168" w:rsidRPr="007C7168">
-[...85 lines deleted...]
-    <w:p w14:paraId="1A843AD5" w14:textId="56EE1DF8" w:rsidR="006B3772" w:rsidRDefault="006B3772" w:rsidP="006B3772">
+    </w:p>
+    <w:p w14:paraId="1502BA4C" w14:textId="77777777" w:rsidR="00282E63" w:rsidRDefault="00282E63" w:rsidP="00282E63">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="24B1ACC2" w14:textId="77777777" w:rsidR="00282E63" w:rsidRDefault="00282E63" w:rsidP="00282E63">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6D785EC0" wp14:editId="0800A523">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3F5D7769" wp14:editId="7FBAC73D">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1559455565" name="Picture 1559455565" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\C7.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\C7.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
@@ -4583,51 +4397,51 @@
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1E1F516D" wp14:editId="328388E2">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3B7A7608" wp14:editId="640EE8F2">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1104906447" name="Picture 1104906447" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\D7.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 4" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\D7.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
@@ -4638,51 +4452,51 @@
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7B27081C" wp14:editId="236F1B5A">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2B0B762A" wp14:editId="71C0F276">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="723173842" name="Picture 723173842" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\Em.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 6" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\Em.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
@@ -4693,51 +4507,51 @@
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="787904DD" wp14:editId="55BC82D4">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="12228478" wp14:editId="51409CC6">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="331059170" name="Picture 331059170" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\E7.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 9" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\E7.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
@@ -4748,51 +4562,51 @@
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3BF3D243" wp14:editId="13D6269D">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="36CB4613" wp14:editId="2F4C2131">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="53553697" name="Picture 53553697" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\F.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 7" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\F.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId9">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
@@ -4803,100 +4617,100 @@
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="19941973" wp14:editId="61A0FE08">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="16A229EC" wp14:editId="662F0365">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="276695842" name="Picture 276695842" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\G.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 8" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\G.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId10">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13FFCF0F" w14:textId="77777777" w:rsidR="00B043CF" w:rsidRDefault="00B043CF" w:rsidP="00110521">
+    <w:p w14:paraId="4F3D5C54" w14:textId="77777777" w:rsidR="00282E63" w:rsidRDefault="00282E63" w:rsidP="00282E63">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="57B73941" w14:textId="62998EB5" w:rsidR="00A029D3" w:rsidRDefault="00A029D3" w:rsidP="00A029D3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Lucida Console"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidRPr="00055195">
           <w:rPr>
             <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Lucida Console"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
           </w:rPr>
@@ -4945,124 +4759,127 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="61002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Console">
     <w:panose1 w:val="020B0609040504020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="8000028F" w:usb1="00001800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000001F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00EF2582"/>
     <w:rsid w:val="000076D2"/>
     <w:rsid w:val="0002073A"/>
     <w:rsid w:val="000961DF"/>
     <w:rsid w:val="000A348C"/>
     <w:rsid w:val="000D00ED"/>
+    <w:rsid w:val="000E10E0"/>
     <w:rsid w:val="000E651B"/>
     <w:rsid w:val="000F7214"/>
     <w:rsid w:val="00110521"/>
     <w:rsid w:val="00132109"/>
     <w:rsid w:val="00161445"/>
     <w:rsid w:val="0017786C"/>
     <w:rsid w:val="001A030B"/>
     <w:rsid w:val="001C26FA"/>
     <w:rsid w:val="001E2271"/>
     <w:rsid w:val="0021342B"/>
     <w:rsid w:val="002178F4"/>
     <w:rsid w:val="00252E97"/>
+    <w:rsid w:val="00282E63"/>
     <w:rsid w:val="002B56B4"/>
     <w:rsid w:val="002E1495"/>
     <w:rsid w:val="002E54DB"/>
     <w:rsid w:val="003442C9"/>
     <w:rsid w:val="003F7DD3"/>
     <w:rsid w:val="00414418"/>
     <w:rsid w:val="0047277F"/>
     <w:rsid w:val="00490D27"/>
     <w:rsid w:val="004E65B6"/>
     <w:rsid w:val="00531581"/>
     <w:rsid w:val="0054218B"/>
     <w:rsid w:val="00550EFA"/>
     <w:rsid w:val="005543FD"/>
     <w:rsid w:val="006230AD"/>
     <w:rsid w:val="006325CA"/>
     <w:rsid w:val="00666C55"/>
     <w:rsid w:val="006B3772"/>
     <w:rsid w:val="007176AA"/>
     <w:rsid w:val="007320F1"/>
     <w:rsid w:val="007C7168"/>
     <w:rsid w:val="007E4748"/>
     <w:rsid w:val="0082492D"/>
     <w:rsid w:val="008513BA"/>
     <w:rsid w:val="00866CDE"/>
     <w:rsid w:val="00881EDD"/>