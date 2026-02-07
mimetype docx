--- v0 (2025-10-08)
+++ v1 (2026-02-07)
@@ -1,49 +1,49 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="777A8118" w14:textId="5A58811A" w:rsidR="0082492D" w:rsidRPr="00A902E9" w:rsidRDefault="00BF6A16" w:rsidP="00DB1F9F">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Wilder Than Her</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31B76F41" w14:textId="12D4E63A" w:rsidR="00972E99" w:rsidRPr="00A902E9" w:rsidRDefault="00BF6A16">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>Fred Eaglesmith 1996</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6533DC10" w14:textId="77777777" w:rsidR="00972E99" w:rsidRPr="003F4358" w:rsidRDefault="00972E99">
       <w:pPr>
         <w:rPr>
@@ -378,235 +378,203 @@
         </w:rPr>
         <w:t xml:space="preserve">/ 1 2 </w:t>
       </w:r>
       <w:r w:rsidR="003F4358">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>/ 1 2</w:t>
       </w:r>
       <w:r w:rsidR="000F3E9B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">/ </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09A830E1" w14:textId="448AAB3E" w:rsidR="003F4358" w:rsidRDefault="00BF6A16" w:rsidP="00BF6A16">
-[...19 lines deleted...]
-          <w:lang w:val="fr-FR"/>
+    <w:p w14:paraId="09A830E1" w14:textId="448AAB3E" w:rsidR="003F4358" w:rsidRPr="008B0BDF" w:rsidRDefault="00BF6A16" w:rsidP="00BF6A16">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B0BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidR="000F3E9B" w:rsidRPr="008B0BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>G</w:t>
       </w:r>
-      <w:r w:rsidRPr="003F4358">
-[...11 lines deleted...]
-          <w:lang w:val="fr-FR"/>
+      <w:r w:rsidRPr="008B0BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+      <w:r w:rsidR="003F4358" w:rsidRPr="008B0BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> / </w:t>
       </w:r>
-      <w:r w:rsidRPr="003F4358">
-[...11 lines deleted...]
-          <w:lang w:val="fr-FR"/>
+      <w:r w:rsidRPr="008B0BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidR="000F3E9B" w:rsidRPr="008B0BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>G</w:t>
       </w:r>
-      <w:r w:rsidR="000E002D" w:rsidRPr="003F4358">
-[...3 lines deleted...]
-          <w:lang w:val="fr-FR"/>
+      <w:r w:rsidR="000E002D" w:rsidRPr="008B0BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>sus4</w:t>
       </w:r>
-      <w:r w:rsidRPr="003F4358">
-[...11 lines deleted...]
-          <w:lang w:val="fr-FR"/>
+      <w:r w:rsidRPr="008B0BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+      <w:r w:rsidR="000E002D" w:rsidRPr="008B0BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / [G]</w:t>
+      </w:r>
+      <w:r w:rsidR="003F4358" w:rsidRPr="008B0BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> / </w:t>
       </w:r>
-      <w:r w:rsidR="000E002D" w:rsidRPr="003F4358">
-[...3 lines deleted...]
-          <w:lang w:val="fr-FR"/>
+      <w:r w:rsidR="000E002D" w:rsidRPr="008B0BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[Gsus4] / </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5333FFD0" w14:textId="3F886C7A" w:rsidR="00BF6A16" w:rsidRPr="008B0BDF" w:rsidRDefault="000E002D" w:rsidP="00BF6A16">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B0BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
-      <w:r w:rsidR="003F4358">
-[...3 lines deleted...]
-          <w:lang w:val="fr-FR"/>
+      <w:r w:rsidR="003F4358" w:rsidRPr="008B0BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> / </w:t>
       </w:r>
-      <w:r w:rsidR="000E002D" w:rsidRPr="003F4358">
-[...11 lines deleted...]
-          <w:lang w:val="fr-FR"/>
+      <w:r w:rsidRPr="008B0BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[Gsus4] / [Gsus4]</w:t>
+      </w:r>
+      <w:r w:rsidR="003F4358" w:rsidRPr="008B0BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> / </w:t>
       </w:r>
-    </w:p>
-[...60 lines deleted...]
-          <w:lang w:val="fr-FR"/>
+      <w:r w:rsidRPr="008B0BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>[D]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CE9B059" w14:textId="77777777" w:rsidR="00BF6A16" w:rsidRPr="003F4358" w:rsidRDefault="00BF6A16" w:rsidP="00BF6A16">
+    <w:p w14:paraId="0CE9B059" w14:textId="77777777" w:rsidR="00BF6A16" w:rsidRPr="008B0BDF" w:rsidRDefault="00BF6A16" w:rsidP="00BF6A16">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:lang w:val="fr-FR"/>
+          <w:lang w:val="en-CA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7C1EFB61" w14:textId="0F619C5A" w:rsidR="00BF6A16" w:rsidRPr="00031639" w:rsidRDefault="00BF6A16" w:rsidP="00BF6A16">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00031639">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve">Well, I’m </w:t>
       </w:r>
       <w:r w:rsidRPr="00031639">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r w:rsidR="000F3E9B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
@@ -1086,88 +1054,88 @@
           <w:b/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r w:rsidR="000F3E9B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidRPr="00031639">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
       <w:r w:rsidRPr="00031639">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> kind</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04F72185" w14:textId="20CE40C1" w:rsidR="00BF6A16" w:rsidRPr="00031639" w:rsidRDefault="00BF6A16" w:rsidP="00BF6A16">
+    <w:p w14:paraId="04F72185" w14:textId="00447D4C" w:rsidR="00BF6A16" w:rsidRPr="00031639" w:rsidRDefault="00BF6A16" w:rsidP="00BF6A16">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00031639">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve">But </w:t>
       </w:r>
       <w:r w:rsidRPr="00031639">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r w:rsidR="000F3E9B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>G</w:t>
       </w:r>
       <w:r w:rsidRPr="00031639">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
       <w:r w:rsidRPr="00031639">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
-        <w:t xml:space="preserve"> she’s a summer a storm </w:t>
+        <w:t xml:space="preserve"> she’s a summer storm </w:t>
       </w:r>
       <w:r w:rsidRPr="00031639">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r w:rsidR="000F3E9B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidRPr="00031639">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
       <w:r w:rsidRPr="00031639">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
@@ -1927,88 +1895,88 @@
           <w:b/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidRPr="00031639">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
       <w:r w:rsidRPr="00031639">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> kind</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BDBEAB7" w14:textId="77777777" w:rsidR="000F3E9B" w:rsidRPr="00031639" w:rsidRDefault="000F3E9B" w:rsidP="000F3E9B">
+    <w:p w14:paraId="6BDBEAB7" w14:textId="0D32F5B9" w:rsidR="000F3E9B" w:rsidRPr="00031639" w:rsidRDefault="000F3E9B" w:rsidP="000F3E9B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00031639">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve">But </w:t>
       </w:r>
       <w:r w:rsidRPr="00031639">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>G</w:t>
       </w:r>
       <w:r w:rsidRPr="00031639">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
       <w:r w:rsidRPr="00031639">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
-        <w:t xml:space="preserve"> she’s a summer a storm </w:t>
+        <w:t xml:space="preserve"> she’s a summer storm </w:t>
       </w:r>
       <w:r w:rsidRPr="00031639">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidRPr="00031639">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
       <w:r w:rsidRPr="00031639">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
@@ -3367,83 +3335,83 @@
         <w:sym w:font="Symbol" w:char="F0AF"/>
       </w:r>
       <w:r w:rsidRPr="003F4358">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67A14945" w14:textId="77777777" w:rsidR="00BF6A16" w:rsidRPr="003F4358" w:rsidRDefault="00BF6A16" w:rsidP="00110521">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="62EBF586" w14:textId="782FDFEF" w:rsidR="00B043CF" w:rsidRPr="004E65B6" w:rsidRDefault="00550D26" w:rsidP="00110521">
+    <w:p w14:paraId="62EBF586" w14:textId="782FDFEF" w:rsidR="00B043CF" w:rsidRPr="004E65B6" w:rsidRDefault="00B043CF" w:rsidP="00110521">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId10" w:history="1">
-        <w:r w:rsidR="00B043CF" w:rsidRPr="00055195">
+        <w:r w:rsidRPr="00055195">
           <w:rPr>
             <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Lucida Console"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>www.bytownukulele.ca</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr w:rsidR="00B043CF" w:rsidRPr="004E65B6" w:rsidSect="00D4034F">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="450" w:right="180" w:bottom="284" w:left="900" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
@@ -3470,164 +3438,166 @@
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Console">
     <w:panose1 w:val="020B0609040504020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="8000028F" w:usb1="00001800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000001F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00BF6A16"/>
     <w:rsid w:val="000961DF"/>
     <w:rsid w:val="000A348C"/>
     <w:rsid w:val="000D00ED"/>
     <w:rsid w:val="000E002D"/>
     <w:rsid w:val="000F3E9B"/>
     <w:rsid w:val="00110521"/>
     <w:rsid w:val="00132109"/>
     <w:rsid w:val="00161445"/>
     <w:rsid w:val="0017786C"/>
     <w:rsid w:val="001E2271"/>
     <w:rsid w:val="00252E97"/>
     <w:rsid w:val="002B56B4"/>
     <w:rsid w:val="003442C9"/>
     <w:rsid w:val="003F4358"/>
     <w:rsid w:val="00414418"/>
     <w:rsid w:val="0047277F"/>
     <w:rsid w:val="00490D27"/>
     <w:rsid w:val="004E65B6"/>
     <w:rsid w:val="00531581"/>
     <w:rsid w:val="00550D26"/>
     <w:rsid w:val="00550EFA"/>
     <w:rsid w:val="006230AD"/>
     <w:rsid w:val="006325CA"/>
     <w:rsid w:val="007320F1"/>
     <w:rsid w:val="007B6746"/>
     <w:rsid w:val="007E4748"/>
     <w:rsid w:val="0082492D"/>
     <w:rsid w:val="00866CDE"/>
+    <w:rsid w:val="008B0BDF"/>
     <w:rsid w:val="00972E99"/>
     <w:rsid w:val="00A42E3F"/>
     <w:rsid w:val="00A569E6"/>
     <w:rsid w:val="00A902E9"/>
     <w:rsid w:val="00A92235"/>
     <w:rsid w:val="00A9741C"/>
     <w:rsid w:val="00AB09B4"/>
     <w:rsid w:val="00AD3A18"/>
     <w:rsid w:val="00B043CF"/>
     <w:rsid w:val="00B16743"/>
     <w:rsid w:val="00BF6A16"/>
     <w:rsid w:val="00C30CF1"/>
     <w:rsid w:val="00C5218C"/>
     <w:rsid w:val="00CA07D7"/>
     <w:rsid w:val="00D1268B"/>
     <w:rsid w:val="00D4034F"/>
     <w:rsid w:val="00D66B4B"/>
     <w:rsid w:val="00D84579"/>
     <w:rsid w:val="00DB1F9F"/>
     <w:rsid w:val="00E04FCE"/>
     <w:rsid w:val="00F81E40"/>
+    <w:rsid w:val="00F9416A"/>
     <w:rsid w:val="00F96D25"/>
     <w:rsid w:val="00FB061D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="402CE9E9"/>
   <w14:defaultImageDpi w14:val="300"/>
   <w15:docId w15:val="{3A59F18D-A42A-4479-97EF-8F48FD25F274}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -4071,51 +4041,51 @@
     <w:unhideWhenUsed/>
     <w:rsid w:val="007320F1"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="007320F1"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bytownukulele.ca" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///D:\BUG%20Regular%20Jam%20Playlists\2021\TEMPLATE%20FOR%20SONGSHEET.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
@@ -4425,70 +4395,70 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{75A02CBF-9B6D-4C04-98ED-B5E96D8DF686}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>TEMPLATE FOR SONGSHEET</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>297</Words>
-  <Characters>1693</Characters>
+  <Words>296</Words>
+  <Characters>1689</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>14</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1987</CharactersWithSpaces>
+  <CharactersWithSpaces>1982</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Sue Rogers</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>