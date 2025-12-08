--- v0 (2025-10-09)
+++ v1 (2025-12-08)
@@ -1,91 +1,100 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="01EE3134" w14:textId="77777777" w:rsidR="008E7E79" w:rsidRPr="002C0A68" w:rsidRDefault="008E7E79" w:rsidP="008E7E79">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:lang w:val="en-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002C0A68">
         <w:rPr>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>I Saw Mommy Kissing Santa Claus</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29E23E2E" w14:textId="77777777" w:rsidR="008E7E79" w:rsidRPr="000C03E8" w:rsidRDefault="008E7E79" w:rsidP="008E7E79">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000C03E8">
         <w:rPr>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>J’ai vu maman embrasser le Père Noël</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67783D95" w14:textId="77777777" w:rsidR="008E7E79" w:rsidRDefault="008E7E79" w:rsidP="008E7E79">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00262C3A">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
-        <w:t>Tommie Connor 1952</w:t>
+        <w:t>Tommie</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00262C3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="fr-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Connor 1952</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0ADF69EE" w14:textId="77777777" w:rsidR="008E7E79" w:rsidRPr="00262C3A" w:rsidRDefault="008E7E79" w:rsidP="008E7E79">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="37EF790C" w14:textId="77777777" w:rsidR="008E7E79" w:rsidRDefault="008E7E79" w:rsidP="008E7E79">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="590A1A81" wp14:editId="73A7AE30">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="13" name="Picture 13" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\A.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
@@ -717,111 +726,156 @@
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000C03E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
       <w:r w:rsidRPr="000C03E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> Moi, j'ai vu petite ma-</w:t>
       </w:r>
       <w:r w:rsidRPr="000C03E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
-        <w:t>[Bm]</w:t>
+        <w:t>[</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C03E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:lang w:val="fr-CA"/>
+        </w:rPr>
+        <w:t>Bm</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C03E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:lang w:val="fr-CA"/>
+        </w:rPr>
+        <w:t>]</w:t>
       </w:r>
       <w:r w:rsidRPr="000C03E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">man hier </w:t>
       </w:r>
       <w:r w:rsidRPr="000C03E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
-        <w:t>[Em]</w:t>
+        <w:t>[</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C03E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:lang w:val="fr-CA"/>
+        </w:rPr>
+        <w:t>Em</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C03E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:lang w:val="fr-CA"/>
+        </w:rPr>
+        <w:t>]</w:t>
       </w:r>
       <w:r w:rsidRPr="000C03E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> soir</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="12EC5770" w14:textId="77777777" w:rsidR="008E7E79" w:rsidRPr="000C03E8" w:rsidRDefault="008E7E79" w:rsidP="008E7E79">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000C03E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
       <w:r w:rsidRPr="000C03E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> En train d'embrasser le Père No-</w:t>
       </w:r>
       <w:r w:rsidRPr="000C03E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>[D7]</w:t>
       </w:r>
-      <w:r w:rsidRPr="000C03E8">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">ël </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C03E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="fr-CA"/>
+        </w:rPr>
+        <w:t>ël</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C03E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="fr-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000C03E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>[D7]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0FE30D80" w14:textId="77777777" w:rsidR="008E7E79" w:rsidRPr="000C03E8" w:rsidRDefault="008E7E79" w:rsidP="008E7E79">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000C03E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">Ils </w:t>
       </w:r>
       <w:r w:rsidRPr="000C03E8">
@@ -830,59 +884,93 @@
           <w:b/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>[D7]</w:t>
       </w:r>
       <w:r w:rsidRPr="000C03E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> étaient sous le gui, et me </w:t>
       </w:r>
       <w:r w:rsidRPr="000C03E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
       <w:r w:rsidRPr="000C03E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> croyaient endor-</w:t>
-[...7 lines deleted...]
-        <w:t>[Em]</w:t>
+        <w:t xml:space="preserve"> croyaient </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C03E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="fr-CA"/>
+        </w:rPr>
+        <w:t>endor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C03E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="fr-CA"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C03E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:lang w:val="fr-CA"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C03E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:lang w:val="fr-CA"/>
+        </w:rPr>
+        <w:t>Em</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C03E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:lang w:val="fr-CA"/>
+        </w:rPr>
+        <w:t>]</w:t>
       </w:r>
       <w:r w:rsidRPr="000C03E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>mi</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1489A89E" w14:textId="77777777" w:rsidR="008E7E79" w:rsidRPr="000C03E8" w:rsidRDefault="008E7E79" w:rsidP="008E7E79">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000C03E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">Mais </w:t>
       </w:r>
       <w:r w:rsidRPr="000C03E8">
         <w:rPr>
@@ -905,51 +993,67 @@
           <w:b/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>[A7]</w:t>
       </w:r>
       <w:r w:rsidRPr="000C03E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> l'air j'avais les </w:t>
       </w:r>
       <w:r w:rsidRPr="000C03E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>[D]</w:t>
       </w:r>
       <w:r w:rsidRPr="000C03E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> deux yeux entr'ou-</w:t>
+        <w:t xml:space="preserve"> deux yeux </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C03E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="fr-CA"/>
+        </w:rPr>
+        <w:t>entr'ou</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C03E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="fr-CA"/>
+        </w:rPr>
+        <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="000C03E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>[D7]</w:t>
       </w:r>
       <w:r w:rsidRPr="000C03E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>verts</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="001662F6" w14:textId="77777777" w:rsidR="008E7E79" w:rsidRPr="000C03E8" w:rsidRDefault="008E7E79" w:rsidP="008E7E79">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -966,164 +1070,243 @@
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">Ah </w:t>
       </w:r>
       <w:r w:rsidRPr="000C03E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
       <w:r w:rsidRPr="000C03E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> si papa était v'nu </w:t>
       </w:r>
       <w:r w:rsidRPr="000C03E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
-        <w:t>[Bm]</w:t>
+        <w:t>[</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C03E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:lang w:val="fr-CA"/>
+        </w:rPr>
+        <w:t>Bm</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C03E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:lang w:val="fr-CA"/>
+        </w:rPr>
+        <w:t>]</w:t>
       </w:r>
       <w:r w:rsidRPr="000C03E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> à pas-</w:t>
       </w:r>
       <w:r w:rsidRPr="000C03E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
-        <w:t>[Em]</w:t>
-      </w:r>
+        <w:t>[</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C03E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:lang w:val="fr-CA"/>
+        </w:rPr>
+        <w:t>Em</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C03E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:lang w:val="fr-CA"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000C03E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>ser</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="0A3F9764" w14:textId="77777777" w:rsidR="008E7E79" w:rsidRPr="000C03E8" w:rsidRDefault="008E7E79" w:rsidP="008E7E79">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000C03E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
       <w:r w:rsidRPr="000C03E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> J’me demande ce </w:t>
       </w:r>
       <w:r w:rsidRPr="000C03E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>[G7]</w:t>
       </w:r>
       <w:r w:rsidRPr="000C03E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> qu'il aurait pen-</w:t>
+        <w:t xml:space="preserve"> qu'il aurait </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C03E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="fr-CA"/>
+        </w:rPr>
+        <w:t>pen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C03E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="fr-CA"/>
+        </w:rPr>
+        <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="000C03E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>[C]</w:t>
       </w:r>
-      <w:r w:rsidRPr="000C03E8">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">sé </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C03E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="fr-CA"/>
+        </w:rPr>
+        <w:t>sé</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C03E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="fr-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000C03E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>[Am]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="449F95BE" w14:textId="77777777" w:rsidR="008E7E79" w:rsidRPr="000C03E8" w:rsidRDefault="008E7E79" w:rsidP="008E7E79">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000C03E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">Aurait-il </w:t>
       </w:r>
       <w:r w:rsidRPr="000C03E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>[C]</w:t>
       </w:r>
       <w:r w:rsidRPr="000C03E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> trouvé natur-</w:t>
+        <w:t xml:space="preserve"> trouvé </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C03E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="fr-CA"/>
+        </w:rPr>
+        <w:t>natur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C03E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="fr-CA"/>
+        </w:rPr>
+        <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="000C03E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>[F#]</w:t>
       </w:r>
       <w:r w:rsidRPr="000C03E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">el, parce </w:t>
       </w:r>
       <w:r w:rsidRPr="000C03E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
       <w:r w:rsidRPr="000C03E8">
@@ -1194,163 +1377,217 @@
         <w:t xml:space="preserve"> Père </w:t>
       </w:r>
       <w:r w:rsidRPr="000C03E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>[D]</w:t>
       </w:r>
       <w:r w:rsidRPr="000C03E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> No-</w:t>
       </w:r>
       <w:r w:rsidRPr="000C03E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
-      <w:r w:rsidRPr="000C03E8">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">ël </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C03E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="fr-CA"/>
+        </w:rPr>
+        <w:t>ël</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C03E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="fr-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000C03E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>[D7]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A6D02A6" w14:textId="77777777" w:rsidR="008E7E79" w:rsidRPr="000C03E8" w:rsidRDefault="008E7E79" w:rsidP="008E7E79">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="430B9F3A" w14:textId="77777777" w:rsidR="008E7E79" w:rsidRPr="000C03E8" w:rsidRDefault="008E7E79" w:rsidP="008E7E79">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000C03E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
       <w:r w:rsidRPr="000C03E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> Quand j'ai vu petite ma-</w:t>
       </w:r>
       <w:r w:rsidRPr="000C03E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
-        <w:t>[Bm]</w:t>
+        <w:t>[</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C03E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:lang w:val="fr-CA"/>
+        </w:rPr>
+        <w:t>Bm</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C03E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:lang w:val="fr-CA"/>
+        </w:rPr>
+        <w:t>]</w:t>
       </w:r>
       <w:r w:rsidRPr="000C03E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">man hier </w:t>
       </w:r>
       <w:r w:rsidRPr="000C03E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
-        <w:t>[Em]</w:t>
+        <w:t>[</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C03E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:lang w:val="fr-CA"/>
+        </w:rPr>
+        <w:t>Em</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C03E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:lang w:val="fr-CA"/>
+        </w:rPr>
+        <w:t>]</w:t>
       </w:r>
       <w:r w:rsidRPr="000C03E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> soir</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2FE856E7" w14:textId="77777777" w:rsidR="008E7E79" w:rsidRPr="000C03E8" w:rsidRDefault="008E7E79" w:rsidP="008E7E79">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000C03E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
       <w:r w:rsidRPr="000C03E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> En train d'embrasser le Père No-</w:t>
       </w:r>
       <w:r w:rsidRPr="000C03E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>[D]</w:t>
       </w:r>
-      <w:r w:rsidRPr="000C03E8">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">ël </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C03E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="fr-CA"/>
+        </w:rPr>
+        <w:t>ël</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C03E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="fr-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000C03E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>[D]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F5AA5CB" w14:textId="77777777" w:rsidR="008E7E79" w:rsidRPr="000C03E8" w:rsidRDefault="008E7E79" w:rsidP="008E7E79">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000C03E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">J'ai </w:t>
       </w:r>
       <w:r w:rsidRPr="000C03E8">
@@ -1367,322 +1604,521 @@
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> bien cherché pourquoi, et j'ai </w:t>
       </w:r>
       <w:r w:rsidRPr="000C03E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
       <w:r w:rsidRPr="000C03E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> deviné je </w:t>
       </w:r>
       <w:r w:rsidRPr="000C03E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
-        <w:t>[Em]</w:t>
+        <w:t>[</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C03E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:lang w:val="fr-CA"/>
+        </w:rPr>
+        <w:t>Em</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C03E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:lang w:val="fr-CA"/>
+        </w:rPr>
+        <w:t>]</w:t>
       </w:r>
       <w:r w:rsidRPr="000C03E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> crois</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="539760B2" w14:textId="77777777" w:rsidR="008E7E79" w:rsidRPr="000C03E8" w:rsidRDefault="008E7E79" w:rsidP="008E7E79">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000C03E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">C'est </w:t>
       </w:r>
       <w:r w:rsidRPr="000C03E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>[A]</w:t>
       </w:r>
       <w:r w:rsidRPr="000C03E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> parce qu'il m'a-</w:t>
       </w:r>
       <w:r w:rsidRPr="000C03E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>[A7]</w:t>
       </w:r>
-      <w:r w:rsidRPr="000C03E8">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">vait apporté </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C03E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="fr-CA"/>
+        </w:rPr>
+        <w:t>vait</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C03E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="fr-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> apporté </w:t>
       </w:r>
       <w:r w:rsidRPr="000C03E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>[D]</w:t>
       </w:r>
       <w:r w:rsidRPr="000C03E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> de si beaux jou-</w:t>
+        <w:t xml:space="preserve"> de si beaux </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C03E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="fr-CA"/>
+        </w:rPr>
+        <w:t>jou</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C03E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="fr-CA"/>
+        </w:rPr>
+        <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="000C03E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>[D7]</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000C03E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>ets</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="7165618E" w14:textId="77777777" w:rsidR="008E7E79" w:rsidRPr="000C03E8" w:rsidRDefault="008E7E79" w:rsidP="008E7E79">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="595C7D12" w14:textId="77777777" w:rsidR="008E7E79" w:rsidRPr="000C03E8" w:rsidRDefault="008E7E79" w:rsidP="008E7E79">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000C03E8">
-[...4 lines deleted...]
-        <w:t>Aus-</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C03E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="fr-CA"/>
+        </w:rPr>
+        <w:t>Aus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C03E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="fr-CA"/>
+        </w:rPr>
+        <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="000C03E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
       <w:r w:rsidRPr="000C03E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">si pour l'an prochain j'ai </w:t>
       </w:r>
       <w:r w:rsidRPr="000C03E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
-        <w:t>[Bm]</w:t>
+        <w:t>[</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C03E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:lang w:val="fr-CA"/>
+        </w:rPr>
+        <w:t>Bm</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C03E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:lang w:val="fr-CA"/>
+        </w:rPr>
+        <w:t>]</w:t>
       </w:r>
       <w:r w:rsidRPr="000C03E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> bon es-</w:t>
       </w:r>
       <w:r w:rsidRPr="000C03E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
-        <w:t>[Em]</w:t>
-      </w:r>
+        <w:t>[</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C03E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:lang w:val="fr-CA"/>
+        </w:rPr>
+        <w:t>Em</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C03E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:lang w:val="fr-CA"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000C03E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>poir</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="4C36F860" w14:textId="77777777" w:rsidR="008E7E79" w:rsidRPr="000C03E8" w:rsidRDefault="008E7E79" w:rsidP="008E7E79">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000C03E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
       <w:r w:rsidRPr="000C03E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> Qu'il viendra en-</w:t>
       </w:r>
       <w:r w:rsidRPr="000C03E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>[G7]</w:t>
       </w:r>
-      <w:r w:rsidRPr="000C03E8">
-[...4 lines deleted...]
-        <w:t>core à mon ap-</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C03E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="fr-CA"/>
+        </w:rPr>
+        <w:t>core</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C03E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="fr-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> à mon </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C03E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="fr-CA"/>
+        </w:rPr>
+        <w:t>ap</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C03E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="fr-CA"/>
+        </w:rPr>
+        <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="000C03E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>[C]</w:t>
       </w:r>
-      <w:r w:rsidRPr="000C03E8">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">pel </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C03E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="fr-CA"/>
+        </w:rPr>
+        <w:t>pel</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C03E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="fr-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000C03E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>[Am]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73E356BC" w14:textId="77777777" w:rsidR="008E7E79" w:rsidRPr="000C03E8" w:rsidRDefault="008E7E79" w:rsidP="008E7E79">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000C03E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
-        <w:t>Et de nou-</w:t>
+        <w:t xml:space="preserve">Et de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C03E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="fr-CA"/>
+        </w:rPr>
+        <w:t>nou</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C03E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="fr-CA"/>
+        </w:rPr>
+        <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="000C03E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>[C]</w:t>
       </w:r>
       <w:r w:rsidRPr="000C03E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
-        <w:t>veau je ferai sem-</w:t>
+        <w:t xml:space="preserve">veau je ferai </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C03E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="fr-CA"/>
+        </w:rPr>
+        <w:t>sem</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C03E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="fr-CA"/>
+        </w:rPr>
+        <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="000C03E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>[F#]</w:t>
       </w:r>
-      <w:r w:rsidRPr="000C03E8">
-[...4 lines deleted...]
-        <w:t>blant, de dor-</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C03E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="fr-CA"/>
+        </w:rPr>
+        <w:t>blant</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C03E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="fr-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C03E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="fr-CA"/>
+        </w:rPr>
+        <w:t>dor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C03E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="fr-CA"/>
+        </w:rPr>
+        <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="000C03E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
       <w:r w:rsidRPr="000C03E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
-        <w:t>mir profondé-</w:t>
+        <w:t xml:space="preserve">mir </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C03E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="fr-CA"/>
+        </w:rPr>
+        <w:t>profondé</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C03E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="fr-CA"/>
+        </w:rPr>
+        <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="000C03E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>[Am]</w:t>
       </w:r>
       <w:r w:rsidRPr="000C03E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>ment</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73835EA8" w14:textId="77777777" w:rsidR="008E7E79" w:rsidRPr="000C03E8" w:rsidRDefault="008E7E79" w:rsidP="008E7E79">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000C03E8">
@@ -1723,102 +2159,125 @@
         <w:t xml:space="preserve"> Père </w:t>
       </w:r>
       <w:r w:rsidRPr="000C03E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>[D]</w:t>
       </w:r>
       <w:r w:rsidRPr="000C03E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> No-</w:t>
       </w:r>
       <w:r w:rsidRPr="000C03E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
-      <w:r w:rsidRPr="000C03E8">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">ël </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C03E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="fr-CA"/>
+        </w:rPr>
+        <w:t>ël</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C03E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="fr-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000C03E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
       <w:r w:rsidRPr="000C03E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11D356AF" w14:textId="77777777" w:rsidR="008E7E79" w:rsidRPr="000C03E8" w:rsidRDefault="008E7E79" w:rsidP="008E7E79">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="73B13098" w14:textId="77777777" w:rsidR="008E7E79" w:rsidRPr="002C0A68" w:rsidRDefault="008E7E79" w:rsidP="008E7E79">
+    <w:p w14:paraId="73B13098" w14:textId="4373E6F9" w:rsidR="008E7E79" w:rsidRPr="002C0A68" w:rsidRDefault="008E7E79" w:rsidP="008E7E79">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002C0A68">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
       <w:r w:rsidRPr="002C0A68">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> I saw mommy kissing </w:t>
+        <w:t xml:space="preserve"> I saw </w:t>
+      </w:r>
+      <w:r w:rsidR="00B75C0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C0A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ommy kissing </w:t>
       </w:r>
       <w:r w:rsidRPr="002C0A68">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>[Bm]</w:t>
       </w:r>
       <w:r w:rsidRPr="002C0A68">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> Santa </w:t>
       </w:r>
       <w:r w:rsidRPr="002C0A68">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>[Em]</w:t>
       </w:r>
       <w:r w:rsidRPr="002C0A68">
@@ -2003,78 +2462,92 @@
         <w:t>[D7]</w:t>
       </w:r>
       <w:r w:rsidRPr="002C0A68">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>sleep</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="66EBD07C" w14:textId="77777777" w:rsidR="008E7E79" w:rsidRPr="002C0A68" w:rsidRDefault="008E7E79" w:rsidP="008E7E79">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002C0A68">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FAA1D01" w14:textId="77777777" w:rsidR="008E7E79" w:rsidRPr="002C0A68" w:rsidRDefault="008E7E79" w:rsidP="008E7E79">
+    <w:p w14:paraId="7FAA1D01" w14:textId="0EE252B7" w:rsidR="008E7E79" w:rsidRPr="002C0A68" w:rsidRDefault="008E7E79" w:rsidP="008E7E79">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002C0A68">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">Then </w:t>
       </w:r>
       <w:r w:rsidRPr="002C0A68">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
       <w:r w:rsidRPr="002C0A68">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> I saw mommy tickle </w:t>
+        <w:t xml:space="preserve"> I saw </w:t>
+      </w:r>
+      <w:r w:rsidR="00B75C0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C0A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ommy tickle </w:t>
       </w:r>
       <w:r w:rsidRPr="002C0A68">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>[Bm]</w:t>
       </w:r>
       <w:r w:rsidRPr="002C0A68">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> Santa </w:t>
       </w:r>
       <w:r w:rsidRPr="002C0A68">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>[Em]</w:t>
       </w:r>
       <w:r w:rsidRPr="002C0A68">
@@ -2124,51 +2597,51 @@
       </w:r>
       <w:r w:rsidRPr="002C0A68">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>[C]</w:t>
       </w:r>
       <w:r w:rsidRPr="002C0A68">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> white </w:t>
       </w:r>
       <w:r w:rsidRPr="002C0A68">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>[Am]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="586A8C26" w14:textId="77777777" w:rsidR="008E7E79" w:rsidRPr="002C0A68" w:rsidRDefault="008E7E79" w:rsidP="008E7E79">
+    <w:p w14:paraId="586A8C26" w14:textId="647B0C91" w:rsidR="008E7E79" w:rsidRPr="002C0A68" w:rsidRDefault="008E7E79" w:rsidP="008E7E79">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002C0A68">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">What a </w:t>
       </w:r>
       <w:r w:rsidRPr="002C0A68">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>[C]</w:t>
       </w:r>
       <w:r w:rsidRPr="002C0A68">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="en-CA"/>
@@ -2181,51 +2654,65 @@
           <w:b/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>[F#]</w:t>
       </w:r>
       <w:r w:rsidRPr="002C0A68">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> been, if </w:t>
       </w:r>
       <w:r w:rsidRPr="002C0A68">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
       <w:r w:rsidRPr="002C0A68">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> daddy had only </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B75C0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C0A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">addy had only </w:t>
       </w:r>
       <w:r w:rsidRPr="002C0A68">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>[Am]</w:t>
       </w:r>
       <w:r w:rsidRPr="002C0A68">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> seen</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A8F7F8D" w14:textId="77777777" w:rsidR="00B043CF" w:rsidRPr="002C0A68" w:rsidRDefault="008E7E79" w:rsidP="008E7E79">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002C0A68">
@@ -2337,252 +2824,254 @@
       </w:r>
       <w:r w:rsidRPr="000C03E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:sym w:font="Symbol" w:char="F0AF"/>
       </w:r>
       <w:r w:rsidRPr="002C0A68">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E1CED5C" w14:textId="77777777" w:rsidR="008E7E79" w:rsidRDefault="008E7E79" w:rsidP="008E7E79">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="76CAB18B" w14:textId="77777777" w:rsidR="00B043CF" w:rsidRPr="00AF3898" w:rsidRDefault="00000000" w:rsidP="00110521">
+    <w:p w14:paraId="76CAB18B" w14:textId="77777777" w:rsidR="00B043CF" w:rsidRPr="00AF3898" w:rsidRDefault="00B043CF" w:rsidP="00110521">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId16" w:history="1">
-        <w:r w:rsidR="00B043CF" w:rsidRPr="00055195">
+        <w:r w:rsidRPr="00055195">
           <w:rPr>
             <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Lucida Console"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>www.bytownukulele.ca</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr w:rsidR="00B043CF" w:rsidRPr="00AF3898" w:rsidSect="00DB1F9F">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="450" w:right="720" w:bottom="284" w:left="900" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
-    <w:family w:val="roman"/>
-    <w:notTrueType/>
+    <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="00000001" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Console">
     <w:panose1 w:val="020B0609040504020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="8000028F" w:usb1="00001800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000001F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007D02AC"/>
     <w:rsid w:val="000961DF"/>
     <w:rsid w:val="000D00ED"/>
     <w:rsid w:val="00110521"/>
     <w:rsid w:val="00132109"/>
     <w:rsid w:val="00161445"/>
     <w:rsid w:val="0017786C"/>
     <w:rsid w:val="001E2271"/>
     <w:rsid w:val="00252E97"/>
     <w:rsid w:val="002B56B4"/>
     <w:rsid w:val="002C0A68"/>
     <w:rsid w:val="003442C9"/>
     <w:rsid w:val="00414418"/>
     <w:rsid w:val="00490D27"/>
     <w:rsid w:val="00531581"/>
     <w:rsid w:val="0053518E"/>
     <w:rsid w:val="00550EFA"/>
     <w:rsid w:val="006230AD"/>
     <w:rsid w:val="006325CA"/>
     <w:rsid w:val="007320F1"/>
     <w:rsid w:val="00755D08"/>
     <w:rsid w:val="007749AE"/>
     <w:rsid w:val="007D02AC"/>
     <w:rsid w:val="007E4748"/>
     <w:rsid w:val="0082492D"/>
     <w:rsid w:val="00866CDE"/>
     <w:rsid w:val="008E7E79"/>
     <w:rsid w:val="00972E99"/>
     <w:rsid w:val="00A42E3F"/>
     <w:rsid w:val="00A902E9"/>
     <w:rsid w:val="00A92235"/>
     <w:rsid w:val="00AB09B4"/>
     <w:rsid w:val="00AF3898"/>
     <w:rsid w:val="00B043CF"/>
     <w:rsid w:val="00B16743"/>
     <w:rsid w:val="00B66DF3"/>
+    <w:rsid w:val="00B75C0E"/>
     <w:rsid w:val="00C5218C"/>
     <w:rsid w:val="00CA07D7"/>
     <w:rsid w:val="00D66B4B"/>
     <w:rsid w:val="00DB1F9F"/>
     <w:rsid w:val="00E04FCE"/>
+    <w:rsid w:val="00F7490C"/>
     <w:rsid w:val="00F81E40"/>
     <w:rsid w:val="00F96D25"/>
     <w:rsid w:val="00FB061D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="5433B7C8"/>
   <w14:defaultImageDpi w14:val="300"/>
   <w15:docId w15:val="{FEC05F5A-7969-4D82-B730-8FF616FE4523}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -2705,51 +3194,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:semiHidden="1" w:uiPriority="59" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -3026,51 +3515,51 @@
     <w:unhideWhenUsed/>
     <w:rsid w:val="007320F1"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="007320F1"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bytownukulele.ca" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Ourfiles\Bytown%20Ukulele%20Group\BUG%20Regular%20Jam%20Playlists\2018\2018%2012\TEMPLATE%20FOR%20SONGSHEET.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>