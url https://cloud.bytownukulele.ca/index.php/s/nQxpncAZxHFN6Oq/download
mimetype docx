--- v0 (2025-10-26)
+++ v1 (2025-11-17)
@@ -9,3598 +9,2766 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="40C5825A" w14:textId="5376FD03" w:rsidR="0082492D" w:rsidRPr="00A902E9" w:rsidRDefault="00771664" w:rsidP="00DB1F9F">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Green Tambourine</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74269660" w14:textId="633AD78D" w:rsidR="00972E99" w:rsidRPr="00A902E9" w:rsidRDefault="00771664">
-[...44 lines deleted...]
-    <w:p w14:paraId="1D7C70EA" w14:textId="599415AA" w:rsidR="007320F1" w:rsidRDefault="00A569E6">
+    <w:p w14:paraId="38FE169B" w14:textId="77777777" w:rsidR="00463DBA" w:rsidRDefault="00463DBA" w:rsidP="00463DBA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>Paul Leka, Shelly Pinz 1967 (recorded by The Lemon Pipers)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06B615E6" w14:textId="77777777" w:rsidR="00463DBA" w:rsidRDefault="00463DBA" w:rsidP="00463DBA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1272C703" w14:textId="7E647DE1" w:rsidR="00463DBA" w:rsidRDefault="00463DBA" w:rsidP="00463DBA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1F00EAFE" wp14:editId="1D7578AD">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4711AD63" wp14:editId="10934FAE">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="22" name="Picture 22" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\Bb.png"/>
+            <wp:docPr id="386297442" name="Picture 14"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 2" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\Bb.png"/>
+                    <pic:cNvPr id="0" name="Picture 1557638754"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="00110521">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="53208AD6" wp14:editId="18CB41C6">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0C359279" wp14:editId="70C9EAEC">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="3" name="Picture 3" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\C.png"/>
+            <wp:docPr id="1056709414" name="Picture 13"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 3" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\C.png"/>
+                    <pic:cNvPr id="0" name="Picture 1979053589"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="00D84579">
+      <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="696DF4A3" wp14:editId="3A4F1038">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7E40E7D2" wp14:editId="501D444C">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="11" name="Picture 11" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\C7.png"/>
+            <wp:docPr id="1559219042" name="Picture 12"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 1" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\C7.png"/>
+                    <pic:cNvPr id="0" name="Picture 1113616268"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="00771664">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="40C7DE26" wp14:editId="4EA21BEA">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1B0A6884" wp14:editId="75439C0A">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="1030684458" name="Picture 2"/>
+            <wp:docPr id="1100389941" name="Picture 11"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 4"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId8">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="457200" cy="609600"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="795841ED" wp14:editId="3C3C9A59">
+            <wp:extent cx="457200" cy="609600"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="1054658879" name="Picture 10"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 10"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId9">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="457200" cy="609600"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="49E62738" wp14:editId="048BE863">
+            <wp:extent cx="457200" cy="609600"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="1720709894" name="Picture 9"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 6"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId10">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="457200" cy="609600"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1D7B6E94" wp14:editId="6E82B5FD">
+            <wp:extent cx="457200" cy="609600"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="596214591" name="Picture 8"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 385008985"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId11">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="457200" cy="609600"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5849893E" w14:textId="77777777" w:rsidR="00463DBA" w:rsidRDefault="00463DBA" w:rsidP="00463DBA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1822F07C" w14:textId="77777777" w:rsidR="00463DBA" w:rsidRDefault="00463DBA" w:rsidP="00463DBA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">STRUM for [G][D][C] riff throughout song, with emphasis on the [D]: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F707A2D" w14:textId="77777777" w:rsidR="00463DBA" w:rsidRDefault="00463DBA" w:rsidP="00463DBA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="8"/>
+          <w:szCs w:val="8"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="690BBB81" w14:textId="77777777" w:rsidR="00463DBA" w:rsidRDefault="00463DBA" w:rsidP="00463DBA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>|[G]   [D]   [C]  |[G]   [D]   [C]  |</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="022535AF" w14:textId="77777777" w:rsidR="00463DBA" w:rsidRDefault="00463DBA" w:rsidP="00463DBA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>| ↓   ↓ ↑   ↑ ↓ ↑ | ↓   ↓ ↑   ↑ ↓ ↑ |</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68892AAD" w14:textId="77777777" w:rsidR="00463DBA" w:rsidRDefault="00463DBA" w:rsidP="00463DBA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:bCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>| 1 + 2 + 3 + 4 + | 1 + 2 + 3 + 4 + |</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71372037" w14:textId="77777777" w:rsidR="00463DBA" w:rsidRDefault="00463DBA" w:rsidP="00463DBA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6ADBC800" w14:textId="77777777" w:rsidR="00463DBA" w:rsidRDefault="00463DBA" w:rsidP="00463DBA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>INTRO:  / 1 2 3 4 /</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C94A91B" w14:textId="77777777" w:rsidR="00463DBA" w:rsidRDefault="00463DBA" w:rsidP="00463DBA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E282316" w14:textId="77777777" w:rsidR="00463DBA" w:rsidRDefault="00463DBA" w:rsidP="00463DBA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  [G]              [G]               [G]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24D6D843" w14:textId="77777777" w:rsidR="00463DBA" w:rsidRDefault="00463DBA" w:rsidP="00463DBA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+        </w:rPr>
+        <w:t>A|-2-------2-3---5-|---------5-3---2-|---------2-1-0---|</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="613350F0" w14:textId="77777777" w:rsidR="00463DBA" w:rsidRDefault="00463DBA" w:rsidP="00463DBA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+        </w:rPr>
+        <w:t>E|-----------------|-----------------|---------------3-|</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08B4F5C9" w14:textId="77777777" w:rsidR="00463DBA" w:rsidRDefault="00463DBA" w:rsidP="00463DBA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> | 1 + 2 + 3 + 4 + | 1 + 2 + 3 + 4 + | 1 + 2 + 3 + 4 + |</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2145D765" w14:textId="77777777" w:rsidR="00463DBA" w:rsidRDefault="00463DBA" w:rsidP="00463DBA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0F64FA16" w14:textId="77777777" w:rsidR="00463DBA" w:rsidRDefault="00463DBA" w:rsidP="00463DBA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  [G]              [G]               [G]               [C]     </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FDAE0E8" w14:textId="77777777" w:rsidR="00463DBA" w:rsidRDefault="00463DBA" w:rsidP="00463DBA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+        </w:rPr>
+        <w:t>A|-----------0-1-2-|---------2-3---5-|---------8-7-5-3-|---------2-1-0---|</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AF2DF9F" w14:textId="77777777" w:rsidR="00463DBA" w:rsidRDefault="00463DBA" w:rsidP="00463DBA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+        </w:rPr>
+        <w:t>E|---------3-------|-----------------|-----------------|---------------3-|</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5279D192" w14:textId="77777777" w:rsidR="00463DBA" w:rsidRDefault="00463DBA" w:rsidP="00463DBA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> | 1 + 2 + 3 + 4 + | 1 + 2 + 3 + 4 + | 1 + 2 + 3 + 4 + | 1 + 2 + 3 + 4 + |</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26699CCA" w14:textId="77777777" w:rsidR="00463DBA" w:rsidRDefault="00463DBA" w:rsidP="00463DBA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3CB0C78D" w14:textId="77777777" w:rsidR="00463DBA" w:rsidRDefault="00463DBA" w:rsidP="00463DBA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>|[G]   [D]   [C]  |[G]   [D]   [C]  |</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64E441B7" w14:textId="77777777" w:rsidR="00463DBA" w:rsidRDefault="00463DBA" w:rsidP="00463DBA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:bCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>| 1 + 2 + 3 + 4 + | 1 + 2 + 3 + 4 + |</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23B9ECFD" w14:textId="77777777" w:rsidR="00463DBA" w:rsidRDefault="00463DBA" w:rsidP="00463DBA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2EC561C7" w14:textId="77777777" w:rsidR="00463DBA" w:rsidRDefault="00463DBA" w:rsidP="00463DBA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Drop your silver </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[D]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in my </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tambour-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>ine</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[D][C]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6544EE26" w14:textId="77777777" w:rsidR="00463DBA" w:rsidRDefault="00463DBA" w:rsidP="00463DBA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Help a poor man </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[D]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> build a </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pretty </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dream </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[D][C]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2071265C" w14:textId="77777777" w:rsidR="00463DBA" w:rsidRDefault="00463DBA" w:rsidP="00463DBA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[Cm]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Give me pennies I'll take any-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">thing </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[D][C]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FD9693F" w14:textId="77777777" w:rsidR="00463DBA" w:rsidRDefault="00463DBA" w:rsidP="00463DBA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="8"/>
+          <w:szCs w:val="8"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42A756DA" w14:textId="77777777" w:rsidR="00463DBA" w:rsidRDefault="00463DBA" w:rsidP="00463DBA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Now </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[Bb]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> listen while I </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[Fm]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AF"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> play </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+        </w:rPr>
+        <w:t>(play-play-play-play-play-play-play)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28BBAF2E" w14:textId="77777777" w:rsidR="00463DBA" w:rsidRDefault="00463DBA" w:rsidP="00463DBA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>My green tambour-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>rine</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[D][C]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[D][C] /</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="433C4436" w14:textId="77777777" w:rsidR="00463DBA" w:rsidRDefault="00463DBA" w:rsidP="00463DBA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A11B6E9" w14:textId="77777777" w:rsidR="00463DBA" w:rsidRDefault="00463DBA" w:rsidP="00463DBA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Watch the jingle </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[D]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> jangle </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> start to </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> shine </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[D][C]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14A30D0C" w14:textId="77777777" w:rsidR="00463DBA" w:rsidRDefault="00463DBA" w:rsidP="00463DBA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Re-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">flections of the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[D]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> music </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> that is </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mine </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[D][C]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E383756" w14:textId="77777777" w:rsidR="00463DBA" w:rsidRDefault="00463DBA" w:rsidP="00463DBA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[Cm]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> When you toss a coin you'll hear it </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sing </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[D][C]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DAFBE00" w14:textId="77777777" w:rsidR="00463DBA" w:rsidRDefault="00463DBA" w:rsidP="00463DBA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="8"/>
+          <w:szCs w:val="8"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3A18E516" w14:textId="77777777" w:rsidR="00463DBA" w:rsidRDefault="00463DBA" w:rsidP="00463DBA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Now </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[Bb]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> listen while I </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[Fm]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AF"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> play </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+        </w:rPr>
+        <w:t>(play-play-play-play-play-play-play)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="681943B9" w14:textId="77777777" w:rsidR="00463DBA" w:rsidRDefault="00463DBA" w:rsidP="00463DBA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>My green tambour-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>rine</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[D][C]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[D][C] /</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C47FC08" w14:textId="77777777" w:rsidR="00463DBA" w:rsidRDefault="00463DBA" w:rsidP="00463DBA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="609C80FE" w14:textId="77777777" w:rsidR="00463DBA" w:rsidRDefault="00463DBA" w:rsidP="00463DBA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  [G]              [G]               [G]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F0D720D" w14:textId="77777777" w:rsidR="00463DBA" w:rsidRDefault="00463DBA" w:rsidP="00463DBA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+        </w:rPr>
+        <w:t>A|-2-------2-3---5-|---------5-3---2-|---------2-1-0---|</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71DD5E7F" w14:textId="77777777" w:rsidR="00463DBA" w:rsidRDefault="00463DBA" w:rsidP="00463DBA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+        </w:rPr>
+        <w:t>E|-----------------|-----------------|---------------3-|</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="547F1F0E" w14:textId="77777777" w:rsidR="00463DBA" w:rsidRDefault="00463DBA" w:rsidP="00463DBA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> | 1 + 2 + 3 + 4 + | 1 + 2 + 3 + 4 + | 1 + 2 + 3 + 4 + |</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BD72BBC" w14:textId="77777777" w:rsidR="00463DBA" w:rsidRDefault="00463DBA" w:rsidP="00463DBA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="78B5A85B" w14:textId="77777777" w:rsidR="00463DBA" w:rsidRDefault="00463DBA" w:rsidP="00463DBA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  [G]              [G]               [G]               [C]     </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C089BD3" w14:textId="77777777" w:rsidR="00463DBA" w:rsidRDefault="00463DBA" w:rsidP="00463DBA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+        </w:rPr>
+        <w:t>A|-----------0-1-2-|---------2-3---5-|---------8-7-5-3-|---------2-1-0---|</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="214ED5BB" w14:textId="77777777" w:rsidR="00463DBA" w:rsidRDefault="00463DBA" w:rsidP="00463DBA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+        </w:rPr>
+        <w:t>E|---------3-------|-----------------|-----------------|---------------3-|</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="686A25F2" w14:textId="77777777" w:rsidR="00463DBA" w:rsidRDefault="00463DBA" w:rsidP="00463DBA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> | 1 + 2 + 3 + 4 + | 1 + 2 + 3 + 4 + | 1 + 2 + 3 + 4 + | 1 + 2 + 3 + 4 + |</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B3EABE6" w14:textId="77777777" w:rsidR="00463DBA" w:rsidRDefault="00463DBA" w:rsidP="00463DBA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E55817A" w14:textId="77777777" w:rsidR="00463DBA" w:rsidRDefault="00463DBA" w:rsidP="00463DBA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="715506E0" w14:textId="77777777" w:rsidR="00463DBA" w:rsidRDefault="00463DBA" w:rsidP="00463DBA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>|[G]   [D]   [C]  |[G]   [D]   [C]  |</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65F5AC3E" w14:textId="77777777" w:rsidR="00463DBA" w:rsidRDefault="00463DBA" w:rsidP="00463DBA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>| 1 + 2 + 3 + 4 + | 1 + 2 + 3 + 4 + |</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CDDC3E2" w14:textId="77777777" w:rsidR="00463DBA" w:rsidRDefault="00463DBA" w:rsidP="00463DBA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="02B06429" w14:textId="77777777" w:rsidR="00463DBA" w:rsidRDefault="00463DBA" w:rsidP="00463DBA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Drop a dime be-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[D]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">fore I </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> walk a-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">way </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[D][C]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43FF2F11" w14:textId="77777777" w:rsidR="00463DBA" w:rsidRDefault="00463DBA" w:rsidP="00463DBA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Any song you </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[D]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> want I'll </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> gladly </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> play </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[D][C]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FBD8588" w14:textId="77777777" w:rsidR="00463DBA" w:rsidRDefault="00463DBA" w:rsidP="00463DBA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[Cm]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Money feeds my music ma-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">chine </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[D][C]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14B88189" w14:textId="77777777" w:rsidR="00463DBA" w:rsidRDefault="00463DBA" w:rsidP="00463DBA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="8"/>
+          <w:szCs w:val="8"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="054E110E" w14:textId="77777777" w:rsidR="00463DBA" w:rsidRDefault="00463DBA" w:rsidP="00463DBA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Now </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[Bb]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> listen while I </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[Fm]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AF"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> play </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+        </w:rPr>
+        <w:t>(play-play-play-play-play-play-play)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EF106FA" w14:textId="77777777" w:rsidR="00463DBA" w:rsidRDefault="00463DBA" w:rsidP="00463DBA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>My green tambour-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>rine</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[D][C]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[D][C] /</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FA563D6" w14:textId="77777777" w:rsidR="00463DBA" w:rsidRDefault="00463DBA" w:rsidP="00463DBA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="26F3D95E" w14:textId="77777777" w:rsidR="00463DBA" w:rsidRDefault="00463DBA" w:rsidP="00463DBA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  [G]              [G]               [C]               [G]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AF"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73E6AFB4" w14:textId="77777777" w:rsidR="00463DBA" w:rsidRDefault="00463DBA" w:rsidP="00463DBA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+        </w:rPr>
+        <w:t>A|-2-------2-3---5-|---------8-7-5-3-|---------2-1-0---|</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+        </w:rPr>
+        <w:t>------</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73EF944F" w14:textId="77777777" w:rsidR="00463DBA" w:rsidRDefault="00463DBA" w:rsidP="00463DBA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+        </w:rPr>
+        <w:t>E|-----------------|-----------------|---------------3-|------</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="491987B8" w14:textId="77777777" w:rsidR="00463DBA" w:rsidRDefault="00463DBA" w:rsidP="00463DBA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> | 1 + 2 + 3 + 4 + | 1 + 2 + 3 + 4 + | 1 + 2 + 3 + 4 + | 1 + 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="737882C5" w14:textId="77777777" w:rsidR="00463DBA" w:rsidRDefault="00463DBA" w:rsidP="00463DBA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="713DB31A" w14:textId="77777777" w:rsidR="00463DBA" w:rsidRDefault="00463DBA" w:rsidP="00463DBA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[Bb]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Listen and I’ll </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[Fm]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AF"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> play </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+        </w:rPr>
+        <w:t>(play-play-play-play-play-play-play)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="670CF03E" w14:textId="77777777" w:rsidR="00463DBA" w:rsidRDefault="00463DBA" w:rsidP="00463DBA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="766967D7" w14:textId="32DEE69C" w:rsidR="00463DBA" w:rsidRDefault="00463DBA" w:rsidP="00463DBA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="234DF870" wp14:editId="25AB2CB5">
+            <wp:extent cx="457200" cy="609600"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="2144867300" name="Picture 7"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 1532323748"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId5">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="457200" cy="609600"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="01409DE8" wp14:editId="6BCA1391">
+            <wp:extent cx="457200" cy="609600"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="396763325" name="Picture 6"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 1954824864"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId6">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="457200" cy="609600"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="26F6901F" wp14:editId="0966216E">
+            <wp:extent cx="457200" cy="609600"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="1454940635" name="Picture 5"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 711433345"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId7">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="457200" cy="609600"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5C03A9A3" wp14:editId="2B5E2D52">
+            <wp:extent cx="457200" cy="609600"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="1847002048" name="Picture 4"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="00110521">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="062E099E" wp14:editId="493972F0">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="138FB649" wp14:editId="4550C162">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="10" name="Picture 10" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\D.png"/>
+            <wp:docPr id="437275318" name="Picture 3"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 10" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\D.png"/>
+                    <pic:cNvPr id="0" name="Picture 716120561"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId9">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="00771664">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="210FF2CD" wp14:editId="7BE2665B">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0B50C512" wp14:editId="17115648">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="1374052740" name="Picture 1"/>
+            <wp:docPr id="1282800874" name="Picture 2"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId10">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="00110521">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0716B108" wp14:editId="4F3C82B6">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="34A50002" wp14:editId="71D4F1DA">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="8" name="Picture 8" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\G.png"/>
+            <wp:docPr id="1028123975" name="Picture 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 8" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\G.png"/>
+                    <pic:cNvPr id="0" name="Picture 1124053863"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId11">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A048617" w14:textId="77777777" w:rsidR="007320F1" w:rsidRPr="000961DF" w:rsidRDefault="007320F1">
-[...3110 lines deleted...]
-    <w:p w14:paraId="518410F1" w14:textId="77777777" w:rsidR="00B043CF" w:rsidRDefault="00B043CF" w:rsidP="00110521">
+    <w:p w14:paraId="44C1A3D5" w14:textId="77777777" w:rsidR="00463DBA" w:rsidRDefault="00463DBA" w:rsidP="00463DBA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="528AC212" w14:textId="5F44FBA7" w:rsidR="00A029D3" w:rsidRDefault="00A029D3" w:rsidP="00A029D3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Lucida Console"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidRPr="00055195">
           <w:rPr>
             <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Lucida Console"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
           </w:rPr>
@@ -3731,97 +2899,101 @@
     <w:rsidRoot w:val="00771664"/>
     <w:rsid w:val="000076D2"/>
     <w:rsid w:val="00034E7E"/>
     <w:rsid w:val="000961DF"/>
     <w:rsid w:val="00097264"/>
     <w:rsid w:val="000A348C"/>
     <w:rsid w:val="000D00ED"/>
     <w:rsid w:val="000F19B5"/>
     <w:rsid w:val="000F7214"/>
     <w:rsid w:val="00110521"/>
     <w:rsid w:val="00132109"/>
     <w:rsid w:val="00161445"/>
     <w:rsid w:val="0017786C"/>
     <w:rsid w:val="00187C51"/>
     <w:rsid w:val="001A030B"/>
     <w:rsid w:val="001C26FA"/>
     <w:rsid w:val="001E2271"/>
     <w:rsid w:val="00206857"/>
     <w:rsid w:val="00252E97"/>
     <w:rsid w:val="00271D14"/>
     <w:rsid w:val="002B56B4"/>
     <w:rsid w:val="003442C9"/>
     <w:rsid w:val="003A4C6A"/>
     <w:rsid w:val="00414418"/>
     <w:rsid w:val="004262FA"/>
+    <w:rsid w:val="00463DBA"/>
     <w:rsid w:val="0047277F"/>
     <w:rsid w:val="00490D27"/>
     <w:rsid w:val="004E65B6"/>
     <w:rsid w:val="00525BAC"/>
     <w:rsid w:val="00531581"/>
     <w:rsid w:val="00550EFA"/>
     <w:rsid w:val="005543FD"/>
     <w:rsid w:val="00574E13"/>
     <w:rsid w:val="005B1137"/>
     <w:rsid w:val="005B4D7C"/>
     <w:rsid w:val="006230AD"/>
     <w:rsid w:val="006325CA"/>
     <w:rsid w:val="007320F1"/>
     <w:rsid w:val="00771664"/>
     <w:rsid w:val="007B6E0B"/>
     <w:rsid w:val="007E4748"/>
     <w:rsid w:val="0082492D"/>
     <w:rsid w:val="00866CDE"/>
     <w:rsid w:val="00877A90"/>
     <w:rsid w:val="00924B54"/>
     <w:rsid w:val="00972E99"/>
     <w:rsid w:val="00997C51"/>
     <w:rsid w:val="00A029D3"/>
     <w:rsid w:val="00A03017"/>
     <w:rsid w:val="00A42E3F"/>
     <w:rsid w:val="00A569E6"/>
     <w:rsid w:val="00A902E9"/>
     <w:rsid w:val="00A92235"/>
     <w:rsid w:val="00A9741C"/>
     <w:rsid w:val="00AB09B4"/>
     <w:rsid w:val="00AD3A18"/>
     <w:rsid w:val="00B043CF"/>
     <w:rsid w:val="00B16743"/>
     <w:rsid w:val="00BB114B"/>
     <w:rsid w:val="00C5218C"/>
     <w:rsid w:val="00CA07D7"/>
+    <w:rsid w:val="00CE42F4"/>
     <w:rsid w:val="00D113AB"/>
     <w:rsid w:val="00D2111C"/>
     <w:rsid w:val="00D4034F"/>
     <w:rsid w:val="00D66B4B"/>
     <w:rsid w:val="00D84579"/>
     <w:rsid w:val="00DA53A9"/>
     <w:rsid w:val="00DB1F9F"/>
     <w:rsid w:val="00E02E0B"/>
     <w:rsid w:val="00E04FCE"/>
     <w:rsid w:val="00E12541"/>
+    <w:rsid w:val="00EA3417"/>
     <w:rsid w:val="00ED0654"/>
+    <w:rsid w:val="00F74DAC"/>
     <w:rsid w:val="00F81E40"/>
     <w:rsid w:val="00F96D25"/>
     <w:rsid w:val="00FB061D"/>
     <w:rsid w:val="00FC6CD8"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
@@ -4668,69 +3840,69 @@
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{75A02CBF-9B6D-4C04-98ED-B5E96D8DF686}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>TEMPLATE FOR SONGSHEET</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
   <Words>407</Words>
-  <Characters>2320</Characters>
+  <Characters>2322</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>19</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2722</CharactersWithSpaces>
+  <CharactersWithSpaces>2724</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>HP User</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>