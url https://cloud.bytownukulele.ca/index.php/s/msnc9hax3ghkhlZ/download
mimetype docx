--- v0 (2025-10-23)
+++ v1 (2025-11-12)
@@ -2326,64 +2326,78 @@
         <w:t>[D]</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002A468E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>lady</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6BED1DFE" w14:textId="77777777" w:rsidR="002A468E" w:rsidRDefault="002A468E" w:rsidP="002A468E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="089C98C1" w14:textId="33B0451F" w:rsidR="006F69F4" w:rsidRPr="006F69F4" w:rsidRDefault="006F69F4" w:rsidP="006F69F4">
+    <w:p w14:paraId="089C98C1" w14:textId="212D4C58" w:rsidR="006F69F4" w:rsidRPr="006F69F4" w:rsidRDefault="006F69F4" w:rsidP="006F69F4">
       <w:pPr>
         <w:spacing w:after="80"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F69F4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
-        <w:t>&lt; SOME CLAP ON EVERY BEAT, SOME STRUM ON ARROWS &gt;</w:t>
+        <w:t>&lt; SOME CLAP ON EVERY BEAT, SOME STRU</w:t>
+      </w:r>
+      <w:r w:rsidR="006B1AE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F69F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> &gt;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="663B4ED2" w14:textId="521E132C" w:rsidR="002A468E" w:rsidRPr="002A468E" w:rsidRDefault="009305A4" w:rsidP="002A468E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC3159">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[D]</w:t>
       </w:r>
       <w:r w:rsidRPr="00534747">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Courier New"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:sym w:font="Symbol" w:char="F0AF"/>
       </w:r>
@@ -3661,134 +3675,136 @@
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Console">
     <w:panose1 w:val="020B0609040504020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="8000028F" w:usb1="00001800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000001F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="130"/>
+  <w:zoom w:percent="120"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002A468E"/>
     <w:rsid w:val="000076D2"/>
     <w:rsid w:val="00094734"/>
     <w:rsid w:val="000961DF"/>
     <w:rsid w:val="000A348C"/>
     <w:rsid w:val="000D00ED"/>
     <w:rsid w:val="000F7214"/>
     <w:rsid w:val="00110521"/>
     <w:rsid w:val="00132109"/>
     <w:rsid w:val="0013251A"/>
     <w:rsid w:val="00161445"/>
     <w:rsid w:val="0017786C"/>
     <w:rsid w:val="001A030B"/>
     <w:rsid w:val="001C26FA"/>
     <w:rsid w:val="001E04F8"/>
     <w:rsid w:val="001E2271"/>
     <w:rsid w:val="00252E97"/>
     <w:rsid w:val="002A468E"/>
     <w:rsid w:val="002B56B4"/>
     <w:rsid w:val="00326FB2"/>
     <w:rsid w:val="003442C9"/>
     <w:rsid w:val="00414418"/>
     <w:rsid w:val="0047277F"/>
     <w:rsid w:val="00490D27"/>
     <w:rsid w:val="004E65B6"/>
     <w:rsid w:val="00531581"/>
     <w:rsid w:val="00550EFA"/>
     <w:rsid w:val="00552E9A"/>
     <w:rsid w:val="005543FD"/>
     <w:rsid w:val="006230AD"/>
     <w:rsid w:val="006325CA"/>
+    <w:rsid w:val="006B1AE8"/>
     <w:rsid w:val="006F69F4"/>
     <w:rsid w:val="007320F1"/>
     <w:rsid w:val="007E4748"/>
     <w:rsid w:val="00823E47"/>
     <w:rsid w:val="0082492D"/>
     <w:rsid w:val="00866CDE"/>
     <w:rsid w:val="00872581"/>
     <w:rsid w:val="0087548C"/>
     <w:rsid w:val="00924B54"/>
     <w:rsid w:val="009305A4"/>
     <w:rsid w:val="00972E99"/>
     <w:rsid w:val="00A029D3"/>
     <w:rsid w:val="00A42E3F"/>
     <w:rsid w:val="00A545A9"/>
     <w:rsid w:val="00A569E6"/>
     <w:rsid w:val="00A902E9"/>
     <w:rsid w:val="00A92235"/>
     <w:rsid w:val="00A9741C"/>
     <w:rsid w:val="00AB09B4"/>
     <w:rsid w:val="00AC3159"/>
     <w:rsid w:val="00AD3A18"/>
     <w:rsid w:val="00B043CF"/>
     <w:rsid w:val="00B16743"/>
     <w:rsid w:val="00B958A4"/>
     <w:rsid w:val="00BB114B"/>
     <w:rsid w:val="00C5218C"/>
     <w:rsid w:val="00C9709D"/>
     <w:rsid w:val="00CA07D7"/>
     <w:rsid w:val="00CF0A97"/>
     <w:rsid w:val="00D113AB"/>
     <w:rsid w:val="00D4034F"/>
     <w:rsid w:val="00D66B4B"/>
     <w:rsid w:val="00D84579"/>
     <w:rsid w:val="00DB19A2"/>
     <w:rsid w:val="00DB1F9F"/>
     <w:rsid w:val="00DB3FE8"/>
     <w:rsid w:val="00E04FCE"/>
     <w:rsid w:val="00E36464"/>
     <w:rsid w:val="00E4788C"/>
+    <w:rsid w:val="00EA3417"/>
     <w:rsid w:val="00F17B68"/>
     <w:rsid w:val="00F65FD9"/>
     <w:rsid w:val="00F81E40"/>
     <w:rsid w:val="00F96D25"/>
     <w:rsid w:val="00FB061D"/>
     <w:rsid w:val="00FB083F"/>
     <w:rsid w:val="00FB39B6"/>
     <w:rsid w:val="00FC6CD8"/>
     <w:rsid w:val="00FE6FD7"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
@@ -4639,70 +4655,70 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{75A02CBF-9B6D-4C04-98ED-B5E96D8DF686}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>TEMPLATE FOR SONGSHEET</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>329</Words>
-  <Characters>1880</Characters>
+  <Words>328</Words>
+  <Characters>1871</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>15</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2205</CharactersWithSpaces>
+  <CharactersWithSpaces>2195</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>HP User</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>