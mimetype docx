--- v1 (2025-11-12)
+++ v2 (2025-12-04)
@@ -9,204 +9,160 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="22FB8211" w14:textId="76E84D0F" w:rsidR="0082492D" w:rsidRPr="00FE6FD7" w:rsidRDefault="002A468E" w:rsidP="00DB1F9F">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>You Could Have Been A Lady</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25B9917B" w14:textId="189283A7" w:rsidR="00972E99" w:rsidRPr="00A902E9" w:rsidRDefault="00CF0A97">
-[...53 lines deleted...]
-      <w:r w:rsidR="00823E47" w:rsidRPr="00823E47">
+    <w:p w14:paraId="7424D94C" w14:textId="77777777" w:rsidR="004D32D1" w:rsidRPr="00A902E9" w:rsidRDefault="004D32D1" w:rsidP="004D32D1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Errol Brown, Tony Wilson – Hot Chocolate 1971 (covered by April Wine 1972 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00823E47">
         <w:rPr>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00823E47">
+      <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="35780754" wp14:editId="58BDF835">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="19D78444" wp14:editId="7BF9EA02">
             <wp:extent cx="151130" cy="151130"/>
             <wp:effectExtent l="0" t="0" r="1270" b="1270"/>
-            <wp:docPr id="1376056100" name="Picture 2"/>
+            <wp:docPr id="501369805" name="Picture 2"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="153597" cy="153597"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="00823E47" w:rsidRPr="00823E47">
+      <w:r w:rsidRPr="00823E47">
         <w:rPr>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00F65FD9">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B0EE436" w14:textId="77777777" w:rsidR="00972E99" w:rsidRPr="006F69F4" w:rsidRDefault="00972E99">
-[...9 lines deleted...]
-    <w:p w14:paraId="6555E539" w14:textId="5FBFC2F8" w:rsidR="007320F1" w:rsidRDefault="00110521">
+    <w:p w14:paraId="44B12C73" w14:textId="77777777" w:rsidR="004D32D1" w:rsidRPr="00804383" w:rsidRDefault="004D32D1" w:rsidP="004D32D1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5C030AB9" w14:textId="77777777" w:rsidR="004D32D1" w:rsidRDefault="004D32D1" w:rsidP="004D32D1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="60D546CC" wp14:editId="4A38B607">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3D934F9B" wp14:editId="5761B0F8">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="3" name="Picture 3" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\C.png"/>
+            <wp:docPr id="1029998054" name="Picture 1029998054" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\C.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\C.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
@@ -214,54 +170,54 @@
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="246A1270" wp14:editId="6E5C1355">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="59CEF4C1" wp14:editId="73908812">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="10" name="Picture 10" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\D.png"/>
+            <wp:docPr id="1411796874" name="Picture 1411796874" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\D.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 10" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\D.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
@@ -269,3163 +225,3277 @@
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="12D81A62" wp14:editId="4DBCD18C">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0AC11354" wp14:editId="2C0F2980">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="8" name="Picture 8" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\G.png"/>
+            <wp:docPr id="2095225914" name="Picture 2095225914" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\G.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 8" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\G.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6389BCD9" w14:textId="77777777" w:rsidR="006F69F4" w:rsidRPr="006F69F4" w:rsidRDefault="006F69F4">
-[...9 lines deleted...]
-    <w:p w14:paraId="2B47B458" w14:textId="70185D49" w:rsidR="007320F1" w:rsidRDefault="006F69F4">
+    <w:p w14:paraId="7BBF37F7" w14:textId="77777777" w:rsidR="004D32D1" w:rsidRPr="00804383" w:rsidRDefault="004D32D1" w:rsidP="004D32D1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="71D2F9FC" w14:textId="77777777" w:rsidR="004D32D1" w:rsidRDefault="004D32D1" w:rsidP="004D32D1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>&lt; Possible strum &gt;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4794900B" w14:textId="77777777" w:rsidR="006F69F4" w:rsidRPr="006F69F4" w:rsidRDefault="006F69F4">
+    <w:p w14:paraId="45CD311B" w14:textId="77777777" w:rsidR="004D32D1" w:rsidRPr="006F69F4" w:rsidRDefault="004D32D1" w:rsidP="004D32D1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0F3B3519" w14:textId="0560B888" w:rsidR="00872581" w:rsidRPr="00872581" w:rsidRDefault="006F69F4" w:rsidP="00872581">
+    <w:p w14:paraId="6BE1BCB0" w14:textId="77777777" w:rsidR="004D32D1" w:rsidRPr="00872581" w:rsidRDefault="004D32D1" w:rsidP="004D32D1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
         <w:t xml:space="preserve">/ </w:t>
       </w:r>
-      <w:r w:rsidR="00872581" w:rsidRPr="00872581">
+      <w:r w:rsidRPr="00872581">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
         <w:t>↓</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
-      <w:r w:rsidR="00872581" w:rsidRPr="00872581">
+      <w:r w:rsidRPr="00872581">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
         <w:t>↑</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00872581" w:rsidRPr="00872581">
+      <w:r w:rsidRPr="00872581">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
         <w:t>↓</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00872581" w:rsidRPr="00872581">
+      <w:r w:rsidRPr="00872581">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
         <w:t>↓</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
         <w:t xml:space="preserve">     </w:t>
       </w:r>
-      <w:r w:rsidR="00872581" w:rsidRPr="00872581">
+      <w:r w:rsidRPr="00872581">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
         <w:t>↑</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00872581" w:rsidRPr="00872581">
+      <w:r w:rsidRPr="00872581">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
         <w:t>↓</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00872581">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
         <w:t>↓</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
         <w:t xml:space="preserve">     /</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35DA354A" w14:textId="5088994B" w:rsidR="00872581" w:rsidRPr="006F69F4" w:rsidRDefault="006F69F4">
+    <w:p w14:paraId="4E108AA5" w14:textId="77777777" w:rsidR="004D32D1" w:rsidRPr="006F69F4" w:rsidRDefault="004D32D1" w:rsidP="004D32D1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
         <w:t xml:space="preserve">/ </w:t>
       </w:r>
-      <w:r w:rsidR="00872581" w:rsidRPr="006F69F4">
+      <w:r w:rsidRPr="006F69F4">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
         <w:t>1 + a 2 + a 3 + a 4 + a</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
         <w:t xml:space="preserve"> /</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79F19148" w14:textId="77777777" w:rsidR="00872581" w:rsidRPr="006F69F4" w:rsidRDefault="00872581">
+    <w:p w14:paraId="6BA3CC8E" w14:textId="77777777" w:rsidR="004D32D1" w:rsidRPr="00804383" w:rsidRDefault="004D32D1" w:rsidP="004D32D1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="05EB6404" w14:textId="77777777" w:rsidR="004D32D1" w:rsidRDefault="004D32D1" w:rsidP="004D32D1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A902E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">INTRO:  / 1 2 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">3 4 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A902E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3268ADD1" w14:textId="77777777" w:rsidR="004D32D1" w:rsidRDefault="004D32D1" w:rsidP="004D32D1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="74E105E3" w14:textId="77777777" w:rsidR="004D32D1" w:rsidRDefault="004D32D1" w:rsidP="004D32D1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3159">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[D]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A902E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC3159">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A902E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> /</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC3159">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC3159">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[D]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> /</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77ABC2EF" w14:textId="77777777" w:rsidR="004D32D1" w:rsidRDefault="004D32D1" w:rsidP="004D32D1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3159">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[D]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A902E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC3159">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A902E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> /</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC3159">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC3159">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[D]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> /</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13623334" w14:textId="77777777" w:rsidR="004D32D1" w:rsidRPr="006F69F4" w:rsidRDefault="004D32D1" w:rsidP="004D32D1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="506C983F" w14:textId="2878D67A" w:rsidR="00326FB2" w:rsidRDefault="00972E99">
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="3953066B" w14:textId="77777777" w:rsidR="004D32D1" w:rsidRDefault="004D32D1" w:rsidP="004D32D1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3159">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[D]</w:t>
+      </w:r>
       <w:r w:rsidRPr="00A902E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
-        <w:t>INTRO:</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">  </w:t>
+        <w:t xml:space="preserve"> / </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC3159">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[C]</w:t>
       </w:r>
       <w:r w:rsidRPr="00A902E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
-        <w:t>/</w:t>
-[...39 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> /</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC3159">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / </w:t>
+      </w:r>
       <w:r w:rsidRPr="00AC3159">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>[D]</w:t>
       </w:r>
-      <w:r w:rsidR="00A902E9" w:rsidRPr="00A902E9">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> /</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4129F703" w14:textId="77777777" w:rsidR="004D32D1" w:rsidRDefault="004D32D1" w:rsidP="004D32D1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3159">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[D]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A902E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> / </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC3159">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>[C]</w:t>
       </w:r>
-      <w:r w:rsidR="00A902E9" w:rsidRPr="00A902E9">
+      <w:r w:rsidRPr="00A902E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> /</w:t>
       </w:r>
-      <w:r w:rsidR="002A468E">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC3159">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
-      <w:r w:rsidR="002A468E">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> / </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC3159">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>[D]</w:t>
       </w:r>
-      <w:r w:rsidR="002A468E">
-[...24 lines deleted...]
-          <w:b/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01F5F427" w14:textId="77777777" w:rsidR="004D32D1" w:rsidRPr="001A030B" w:rsidRDefault="004D32D1" w:rsidP="004D32D1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="53A42946" w14:textId="77777777" w:rsidR="004D32D1" w:rsidRPr="002A468E" w:rsidRDefault="004D32D1" w:rsidP="004D32D1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A468E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Could have been </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC3159">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t>[D]</w:t>
       </w:r>
-      <w:r w:rsidR="00326FB2" w:rsidRPr="00A902E9">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A468E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>al</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">l </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A468E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">right, could have been </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC3159">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A468E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>here tonight</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BD0499B" w14:textId="77777777" w:rsidR="004D32D1" w:rsidRPr="002A468E" w:rsidRDefault="004D32D1" w:rsidP="004D32D1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>It c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A468E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">ould have been </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC3159">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A468E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">sweet as wine, you could have been a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC3159">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[D]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A468E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>lady</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60A4B4B8" w14:textId="77777777" w:rsidR="004D32D1" w:rsidRPr="002A468E" w:rsidRDefault="004D32D1" w:rsidP="004D32D1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A468E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">I could have been </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC3159">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[D]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A468E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>al</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">l </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A468E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">right, I could have been </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC3159">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A468E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>here tonight</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29B5E8E3" w14:textId="77777777" w:rsidR="004D32D1" w:rsidRDefault="004D32D1" w:rsidP="004D32D1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A468E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Could have been </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC3159">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A468E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">sweet as wine, you could have been a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC3159">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[D]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A468E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>lady</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42B41179" w14:textId="77777777" w:rsidR="004D32D1" w:rsidRDefault="004D32D1" w:rsidP="004D32D1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="110F33F7" w14:textId="77777777" w:rsidR="004D32D1" w:rsidRDefault="004D32D1" w:rsidP="004D32D1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3159">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[D]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A902E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> / </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC3159">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>[C]</w:t>
       </w:r>
-      <w:r w:rsidR="00326FB2" w:rsidRPr="00A902E9">
+      <w:r w:rsidRPr="00A902E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> /</w:t>
       </w:r>
-      <w:r w:rsidR="00326FB2">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC3159">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
-      <w:r w:rsidR="00326FB2">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> / </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC3159">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>[D]</w:t>
       </w:r>
-      <w:r w:rsidR="00326FB2">
-[...15 lines deleted...]
-    <w:p w14:paraId="2A618FE6" w14:textId="6F25BAFD" w:rsidR="002A468E" w:rsidRPr="002A468E" w:rsidRDefault="002A468E" w:rsidP="002A468E">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> /</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F493884" w14:textId="77777777" w:rsidR="004D32D1" w:rsidRPr="002A468E" w:rsidRDefault="004D32D1" w:rsidP="004D32D1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0709D2C2" w14:textId="77777777" w:rsidR="004D32D1" w:rsidRPr="002A468E" w:rsidRDefault="004D32D1" w:rsidP="004D32D1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3159">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[D]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A468E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">They all need you </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC3159">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A468E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>to make love to</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EE715CD" w14:textId="77777777" w:rsidR="004D32D1" w:rsidRPr="002A468E" w:rsidRDefault="004D32D1" w:rsidP="004D32D1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3159">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A468E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>When you awake, you find them on the bed</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC3159">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[D]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A468E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002A468E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>lyin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002A468E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>' beside you</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="223C0B3A" w14:textId="77777777" w:rsidR="004D32D1" w:rsidRPr="002A468E" w:rsidRDefault="004D32D1" w:rsidP="004D32D1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3159">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[D]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A468E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">They all love you </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC3159">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A468E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>you're a good girl</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74877AEC" w14:textId="77777777" w:rsidR="004D32D1" w:rsidRDefault="004D32D1" w:rsidP="004D32D1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A468E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">And </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC3159">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A468E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">I </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002A468E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>ain't</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002A468E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> surprised when you realize just </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC3159">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[D]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A468E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">where you're </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002A468E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>goin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002A468E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>' to</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C839B2F" w14:textId="77777777" w:rsidR="004D32D1" w:rsidRPr="002A468E" w:rsidRDefault="004D32D1" w:rsidP="004D32D1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2FE51FD5" w14:textId="77777777" w:rsidR="004D32D1" w:rsidRPr="002A468E" w:rsidRDefault="004D32D1" w:rsidP="004D32D1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A468E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">You could have been </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC3159">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[D]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A468E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>al</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">l </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A468E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">right, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">you </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A468E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">could have been </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC3159">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A468E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>here tonight</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04030C58" w14:textId="77777777" w:rsidR="004D32D1" w:rsidRPr="002A468E" w:rsidRDefault="004D32D1" w:rsidP="004D32D1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">It </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A468E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">could have been </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC3159">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A468E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">sweet as wine, you could have been a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC3159">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[D]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A468E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>lady</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03FD36E8" w14:textId="77777777" w:rsidR="004D32D1" w:rsidRPr="002A468E" w:rsidRDefault="004D32D1" w:rsidP="004D32D1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A468E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>It could</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> have been</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A468E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC3159">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[D]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A468E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>al</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">l </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A468E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">right, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">you </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A468E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">could have been </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC3159">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A468E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>here tonight</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="243018D5" w14:textId="77777777" w:rsidR="004D32D1" w:rsidRDefault="004D32D1" w:rsidP="004D32D1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A468E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Could have been </w:t>
       </w:r>
-      <w:r w:rsidR="00AC3159" w:rsidRPr="00AC3159">
+      <w:r w:rsidRPr="00AC3159">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A468E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">sweet as wine, you could have been a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC3159">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[D]</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002A468E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
+        <w:t>lady</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64355FD8" w14:textId="77777777" w:rsidR="004D32D1" w:rsidRDefault="004D32D1" w:rsidP="004D32D1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6EAAD1B5" w14:textId="77777777" w:rsidR="004D32D1" w:rsidRDefault="004D32D1" w:rsidP="004D32D1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3159">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[D]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A902E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC3159">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A902E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> /</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC3159">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC3159">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[D]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> /</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A3C10B4" w14:textId="77777777" w:rsidR="004D32D1" w:rsidRPr="002A468E" w:rsidRDefault="004D32D1" w:rsidP="004D32D1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5D599E48" w14:textId="77777777" w:rsidR="004D32D1" w:rsidRPr="002A468E" w:rsidRDefault="004D32D1" w:rsidP="004D32D1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3159">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[D]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A468E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">If I told you </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC3159">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A468E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">where you're </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002A468E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>goin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002A468E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>' to</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="521A28A4" w14:textId="77777777" w:rsidR="004D32D1" w:rsidRPr="002A468E" w:rsidRDefault="004D32D1" w:rsidP="004D32D1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A468E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">You'd </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC3159">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A468E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>laugh in my face, say</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A468E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">I'm out of place </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC3159">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[D]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> “</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A468E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>mind your business</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5095F86A" w14:textId="77777777" w:rsidR="004D32D1" w:rsidRPr="002A468E" w:rsidRDefault="004D32D1" w:rsidP="004D32D1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A468E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">And </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC3159">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[D]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A468E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">they all want you </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC3159">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A468E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>to make love to</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2467D65F" w14:textId="77777777" w:rsidR="004D32D1" w:rsidRDefault="004D32D1" w:rsidP="004D32D1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3159">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A468E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">It's a shame, the fate of the game, the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC3159">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[D]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A468E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>way it delights you</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E97C883" w14:textId="77777777" w:rsidR="004D32D1" w:rsidRPr="002A468E" w:rsidRDefault="004D32D1" w:rsidP="004D32D1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5FF426CD" w14:textId="77777777" w:rsidR="004D32D1" w:rsidRPr="002A468E" w:rsidRDefault="004D32D1" w:rsidP="004D32D1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A468E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">You could have been </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC3159">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[D]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A468E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
         <w:t>al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">l </w:t>
       </w:r>
       <w:r w:rsidRPr="002A468E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">right, could have been </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00AC3159" w:rsidRPr="00AC3159">
+        <w:t xml:space="preserve">right, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">you </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A468E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">could have been </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC3159">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[C]</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002A468E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>here tonight</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BDA38B4" w14:textId="5FEEE79A" w:rsidR="002A468E" w:rsidRPr="002A468E" w:rsidRDefault="00552E9A" w:rsidP="002A468E">
-[...20 lines deleted...]
-      <w:r w:rsidR="00AC3159" w:rsidRPr="00AC3159">
+    <w:p w14:paraId="34815ED0" w14:textId="77777777" w:rsidR="004D32D1" w:rsidRPr="002A468E" w:rsidRDefault="004D32D1" w:rsidP="004D32D1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A468E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">You could have been </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC3159">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
-      <w:r w:rsidR="002A468E">
-[...6 lines deleted...]
-      <w:r w:rsidR="002A468E" w:rsidRPr="002A468E">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A468E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">sweet as wine, you could have been a </w:t>
       </w:r>
-      <w:r w:rsidR="00AC3159" w:rsidRPr="00AC3159">
+      <w:r w:rsidRPr="00AC3159">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[D]</w:t>
       </w:r>
-      <w:r w:rsidR="002A468E">
-[...6 lines deleted...]
-      <w:r w:rsidR="002A468E" w:rsidRPr="002A468E">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A468E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>lady</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DBE3C89" w14:textId="28D98FA6" w:rsidR="002A468E" w:rsidRPr="002A468E" w:rsidRDefault="002A468E" w:rsidP="002A468E">
-[...13 lines deleted...]
-      <w:r w:rsidR="00AC3159" w:rsidRPr="00AC3159">
+    <w:p w14:paraId="621F3152" w14:textId="77777777" w:rsidR="004D32D1" w:rsidRPr="002A468E" w:rsidRDefault="004D32D1" w:rsidP="004D32D1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A468E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">It could </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">have been </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC3159">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[D]</w:t>
       </w:r>
-      <w:r w:rsidR="00AC3159">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002A468E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">l </w:t>
       </w:r>
       <w:r w:rsidRPr="002A468E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">right, I could have been </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00AC3159" w:rsidRPr="00AC3159">
+        <w:t xml:space="preserve">right, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">you </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A468E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">could have been </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC3159">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[C]</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002A468E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>here tonight</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06254A63" w14:textId="6E79EAA9" w:rsidR="002A468E" w:rsidRDefault="002A468E" w:rsidP="002A468E">
+    <w:p w14:paraId="61B3F5DF" w14:textId="77777777" w:rsidR="004D32D1" w:rsidRDefault="004D32D1" w:rsidP="004D32D1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A468E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Could have been </w:t>
       </w:r>
-      <w:r w:rsidR="00AC3159" w:rsidRPr="00AC3159">
+      <w:r w:rsidRPr="00AC3159">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002A468E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">sweet as wine, you could have been a </w:t>
       </w:r>
-      <w:r w:rsidR="00AC3159" w:rsidRPr="00AC3159">
+      <w:r w:rsidRPr="00AC3159">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[D]</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002A468E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>lady</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7666739B" w14:textId="77777777" w:rsidR="002A468E" w:rsidRDefault="002A468E" w:rsidP="002A468E">
-[...17 lines deleted...]
-          <w:b/>
+    <w:p w14:paraId="4FEC591B" w14:textId="77777777" w:rsidR="004D32D1" w:rsidRDefault="004D32D1" w:rsidP="004D32D1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39234CA2" w14:textId="77777777" w:rsidR="004D32D1" w:rsidRDefault="004D32D1" w:rsidP="004D32D1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1A3FA4F1" w14:textId="77777777" w:rsidR="004D32D1" w:rsidRPr="006F69F4" w:rsidRDefault="004D32D1" w:rsidP="004D32D1">
+      <w:pPr>
+        <w:spacing w:after="80"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F69F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>&lt; SOME CLAP ON EVERY BEAT, SOME STRUM</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F69F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>&gt;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16A76CF9" w14:textId="77777777" w:rsidR="004D32D1" w:rsidRPr="002A468E" w:rsidRDefault="004D32D1" w:rsidP="004D32D1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC3159">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t>[D]</w:t>
       </w:r>
-      <w:r w:rsidR="002A468E" w:rsidRPr="00A902E9">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00AC3159">
+      <w:r w:rsidRPr="00534747">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AF"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A468E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Na</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002A468E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>na-na-na-na</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002A468E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>na</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009305A4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>[C]</w:t>
       </w:r>
-      <w:r w:rsidR="002A468E" w:rsidRPr="00A902E9">
-[...13 lines deleted...]
-      <w:r w:rsidRPr="00AC3159">
+      <w:r w:rsidRPr="00534747">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AF"/>
+      </w:r>
+      <w:r w:rsidRPr="009305A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A468E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002A468E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>na-na-na-na</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002A468E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>na</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="300C4182" w14:textId="77777777" w:rsidR="004D32D1" w:rsidRPr="002A468E" w:rsidRDefault="004D32D1" w:rsidP="004D32D1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009305A4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
-      <w:r w:rsidR="002A468E">
-[...9 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="00534747">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AF"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A468E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Na</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002A468E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>na-na-na-na</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002A468E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>na</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002A468E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>na</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC3159">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t>[D]</w:t>
       </w:r>
-      <w:r w:rsidR="002A468E">
-[...15 lines deleted...]
-    <w:p w14:paraId="5FA359C2" w14:textId="026892FC" w:rsidR="002A468E" w:rsidRPr="002A468E" w:rsidRDefault="00AC3159" w:rsidP="002A468E">
+      <w:r w:rsidRPr="00534747">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AF"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002A468E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>na</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="6139E2C7" w14:textId="77777777" w:rsidR="004D32D1" w:rsidRPr="002A468E" w:rsidRDefault="004D32D1" w:rsidP="004D32D1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC3159">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[D]</w:t>
       </w:r>
-      <w:r w:rsidR="002A468E">
-[...17 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="00534747">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AF"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A468E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Na</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002A468E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>na-na-na-na</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002A468E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>na</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009305A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
         </w:rPr>
         <w:t>[C]</w:t>
       </w:r>
-      <w:r w:rsidR="002A468E">
-[...25 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="00534747">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AF"/>
+      </w:r>
+      <w:r w:rsidRPr="009305A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A468E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002A468E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>na-na-na-na</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002A468E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>na</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="04BDE23C" w14:textId="77777777" w:rsidR="004D32D1" w:rsidRDefault="004D32D1" w:rsidP="004D32D1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009305A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
-      <w:r w:rsidR="00326FB2">
-[...13 lines deleted...]
-      <w:r w:rsidR="00326FB2">
+      <w:r w:rsidRPr="00534747">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AF"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A468E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Na</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002A468E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>na-na-na-na</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002A468E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>na</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002A468E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>na</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC3159">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[D]</w:t>
       </w:r>
-      <w:r w:rsidR="002A468E" w:rsidRPr="002A468E">
-[...7 lines deleted...]
-    <w:p w14:paraId="48DBB766" w14:textId="00D4AAA4" w:rsidR="002A468E" w:rsidRPr="002A468E" w:rsidRDefault="00AC3159" w:rsidP="002A468E">
+      <w:r w:rsidRPr="00534747">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AF"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002A468E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>na</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="039CC788" w14:textId="77777777" w:rsidR="004D32D1" w:rsidRPr="002A468E" w:rsidRDefault="004D32D1" w:rsidP="004D32D1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="309F5492" w14:textId="77777777" w:rsidR="004D32D1" w:rsidRPr="002A468E" w:rsidRDefault="004D32D1" w:rsidP="004D32D1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC3159">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[D]</w:t>
       </w:r>
-      <w:r w:rsidR="00326FB2">
-[...11 lines deleted...]
-        <w:t xml:space="preserve">They all love you </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A468E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Al</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">l </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A468E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">right, you could have been </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC3159">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[C]</w:t>
       </w:r>
-      <w:r w:rsidR="00326FB2">
-[...28 lines deleted...]
-      <w:r w:rsidR="00AC3159" w:rsidRPr="00AC3159">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A468E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>here tonight</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B7C264D" w14:textId="77777777" w:rsidR="004D32D1" w:rsidRPr="002A468E" w:rsidRDefault="004D32D1" w:rsidP="004D32D1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>It</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A468E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> could have been </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC3159">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
-      <w:r w:rsidR="00326FB2">
-[...13 lines deleted...]
-      <w:r w:rsidR="00AC3159" w:rsidRPr="00AC3159">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A468E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">sweet as wine, you could have been a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC3159">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[D]</w:t>
       </w:r>
-      <w:r w:rsidR="00326FB2">
-[...36 lines deleted...]
-      <w:r w:rsidR="00326FB2" w:rsidRPr="002A468E">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A468E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>lady</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14D639D5" w14:textId="77777777" w:rsidR="004D32D1" w:rsidRPr="002A468E" w:rsidRDefault="004D32D1" w:rsidP="004D32D1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A468E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">It could </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">have been </w:t>
       </w:r>
-      <w:r w:rsidR="00AC3159" w:rsidRPr="00AC3159">
+      <w:r w:rsidRPr="00AC3159">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[D]</w:t>
       </w:r>
-      <w:r w:rsidR="00326FB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="00326FB2" w:rsidRPr="002A468E">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A468E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>al</w:t>
       </w:r>
-      <w:r w:rsidR="00326FB2">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">l </w:t>
       </w:r>
-      <w:r w:rsidR="00326FB2" w:rsidRPr="002A468E">
+      <w:r w:rsidRPr="002A468E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">right, </w:t>
       </w:r>
-      <w:r w:rsidR="00A545A9">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">you </w:t>
       </w:r>
-      <w:r w:rsidR="00326FB2" w:rsidRPr="002A468E">
+      <w:r w:rsidRPr="002A468E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">could have been </w:t>
       </w:r>
-      <w:r w:rsidR="00AC3159" w:rsidRPr="00AC3159">
+      <w:r w:rsidRPr="00AC3159">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[C]</w:t>
       </w:r>
-      <w:r w:rsidR="00326FB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="00326FB2" w:rsidRPr="002A468E">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A468E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>here tonight</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6415BAB2" w14:textId="575ABAD7" w:rsidR="002A468E" w:rsidRPr="002A468E" w:rsidRDefault="00A545A9" w:rsidP="002A468E">
-[...27 lines deleted...]
-      <w:r w:rsidR="00AC3159" w:rsidRPr="00AC3159">
+    <w:p w14:paraId="79755C8B" w14:textId="77777777" w:rsidR="004D32D1" w:rsidRDefault="004D32D1" w:rsidP="004D32D1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A468E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Could have been </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC3159">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
-      <w:r w:rsidR="00326FB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="00326FB2" w:rsidRPr="002A468E">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A468E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">sweet as wine, you could have been a </w:t>
       </w:r>
-      <w:r w:rsidR="00AC3159" w:rsidRPr="00AC3159">
+      <w:r w:rsidRPr="00AC3159">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[D]</w:t>
       </w:r>
-      <w:r w:rsidR="00326FB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="00326FB2" w:rsidRPr="002A468E">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A468E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>lady</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30A831D5" w14:textId="6ADE194C" w:rsidR="002A468E" w:rsidRPr="002A468E" w:rsidRDefault="002A468E" w:rsidP="002A468E">
-[...1698 lines deleted...]
-    <w:p w14:paraId="655E3B50" w14:textId="35C633EB" w:rsidR="00326FB2" w:rsidRPr="00AC3159" w:rsidRDefault="00AC3159" w:rsidP="00326FB2">
+    <w:p w14:paraId="266C3B3B" w14:textId="77777777" w:rsidR="004D32D1" w:rsidRPr="001A030B" w:rsidRDefault="004D32D1" w:rsidP="004D32D1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="21290E4B" w14:textId="77777777" w:rsidR="004D32D1" w:rsidRPr="00AC3159" w:rsidRDefault="004D32D1" w:rsidP="004D32D1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC3159">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>[D]</w:t>
-[...58 lines deleted...]
-    <w:p w14:paraId="11AF52C8" w14:textId="36CC277F" w:rsidR="00326FB2" w:rsidRPr="00AC3159" w:rsidRDefault="00AC3159" w:rsidP="00326FB2">
+        <w:t>[D] / [C] / [G] / [D] /</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F160E24" w14:textId="77777777" w:rsidR="004D32D1" w:rsidRPr="00AC3159" w:rsidRDefault="004D32D1" w:rsidP="004D32D1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Courier New"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC3159">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>[D]</w:t>
-[...49 lines deleted...]
-      <w:r w:rsidR="00326FB2" w:rsidRPr="00534747">
+        <w:t>[D] / [C] / [G] / [D]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00534747">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Courier New"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:sym w:font="Symbol" w:char="F0AF"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44F7CC76" w14:textId="77777777" w:rsidR="00A42E3F" w:rsidRDefault="00A42E3F">
-[...6 lines deleted...]
-    <w:p w14:paraId="2E1952AC" w14:textId="77777777" w:rsidR="006F69F4" w:rsidRDefault="006F69F4" w:rsidP="006F69F4">
+    <w:p w14:paraId="4C294C13" w14:textId="77777777" w:rsidR="004D32D1" w:rsidRDefault="004D32D1" w:rsidP="004D32D1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="67585C4D" w14:textId="77777777" w:rsidR="004D32D1" w:rsidRDefault="004D32D1" w:rsidP="004D32D1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1C855F63" wp14:editId="43A916B5">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5CB7DEE0" wp14:editId="14EE2D3D">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1496661498" name="Picture 1496661498" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\C.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\C.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
@@ -3436,51 +3506,51 @@
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="48D8EB01" wp14:editId="44BC699E">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="104A4C4A" wp14:editId="0D5D5F2B">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="961727640" name="Picture 961727640" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\D.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 10" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\D.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
@@ -3491,100 +3561,100 @@
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0B2CAD97" wp14:editId="4C0C2F81">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5218B582" wp14:editId="18F8219B">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1684605246" name="Picture 1684605246" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\G.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 8" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\G.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="490ACBE4" w14:textId="77777777" w:rsidR="00B043CF" w:rsidRDefault="00B043CF" w:rsidP="00110521">
+    <w:p w14:paraId="43D9E94A" w14:textId="77777777" w:rsidR="004D32D1" w:rsidRDefault="004D32D1" w:rsidP="004D32D1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3E3CD174" w14:textId="35071D49" w:rsidR="00A029D3" w:rsidRDefault="00A029D3" w:rsidP="00A029D3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Lucida Console"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidRPr="00055195">
           <w:rPr>
             <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Lucida Console"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
           </w:rPr>
@@ -3675,89 +3745,92 @@
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Console">
     <w:panose1 w:val="020B0609040504020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="8000028F" w:usb1="00001800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000001F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="120"/>
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002A468E"/>
     <w:rsid w:val="000076D2"/>
     <w:rsid w:val="00094734"/>
     <w:rsid w:val="000961DF"/>
     <w:rsid w:val="000A348C"/>
     <w:rsid w:val="000D00ED"/>
     <w:rsid w:val="000F7214"/>
     <w:rsid w:val="00110521"/>
     <w:rsid w:val="00132109"/>
     <w:rsid w:val="0013251A"/>
     <w:rsid w:val="00161445"/>
     <w:rsid w:val="0017786C"/>
     <w:rsid w:val="001A030B"/>
     <w:rsid w:val="001C26FA"/>
     <w:rsid w:val="001E04F8"/>
     <w:rsid w:val="001E2271"/>
     <w:rsid w:val="00252E97"/>
     <w:rsid w:val="002A468E"/>
     <w:rsid w:val="002B56B4"/>
     <w:rsid w:val="00326FB2"/>
     <w:rsid w:val="003442C9"/>
     <w:rsid w:val="00414418"/>
     <w:rsid w:val="0047277F"/>
     <w:rsid w:val="00490D27"/>
+    <w:rsid w:val="004D32D1"/>
     <w:rsid w:val="004E65B6"/>
+    <w:rsid w:val="005050FE"/>
     <w:rsid w:val="00531581"/>
     <w:rsid w:val="00550EFA"/>
     <w:rsid w:val="00552E9A"/>
     <w:rsid w:val="005543FD"/>
     <w:rsid w:val="006230AD"/>
     <w:rsid w:val="006325CA"/>
     <w:rsid w:val="006B1AE8"/>
     <w:rsid w:val="006F69F4"/>
     <w:rsid w:val="007320F1"/>
     <w:rsid w:val="007E4748"/>
     <w:rsid w:val="00823E47"/>
     <w:rsid w:val="0082492D"/>
     <w:rsid w:val="00866CDE"/>
     <w:rsid w:val="00872581"/>
     <w:rsid w:val="0087548C"/>
     <w:rsid w:val="00924B54"/>
     <w:rsid w:val="009305A4"/>
     <w:rsid w:val="00972E99"/>
     <w:rsid w:val="00A029D3"/>
     <w:rsid w:val="00A42E3F"/>
     <w:rsid w:val="00A545A9"/>
     <w:rsid w:val="00A569E6"/>
     <w:rsid w:val="00A902E9"/>
     <w:rsid w:val="00A92235"/>
     <w:rsid w:val="00A9741C"/>
@@ -4655,70 +4728,70 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{75A02CBF-9B6D-4C04-98ED-B5E96D8DF686}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>TEMPLATE FOR SONGSHEET</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>328</Words>
-  <Characters>1871</Characters>
+  <Words>335</Words>
+  <Characters>1912</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>15</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2195</CharactersWithSpaces>
+  <CharactersWithSpaces>2243</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>HP User</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>