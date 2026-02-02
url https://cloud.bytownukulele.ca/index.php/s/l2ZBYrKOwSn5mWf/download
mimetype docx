--- v0 (2025-10-18)
+++ v1 (2026-02-02)
@@ -1,49 +1,49 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="36E2465F" w14:textId="77777777" w:rsidR="00E92A06" w:rsidRDefault="00E92A06" w:rsidP="00E92A06">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>The Fox</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44519BB4" w14:textId="77777777" w:rsidR="003C3FAC" w:rsidRPr="00E92A06" w:rsidRDefault="003C3FAC" w:rsidP="003C3FAC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E92A06">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t>Circa 15</w:t>
       </w:r>
       <w:r w:rsidRPr="00E92A06">
         <w:rPr>
@@ -392,2428 +392,3016 @@
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="423B40D7" w14:textId="77777777" w:rsidR="003C3FAC" w:rsidRPr="00E92A06" w:rsidRDefault="003C3FAC" w:rsidP="003C3FAC">
+    <w:p w14:paraId="423B40D7" w14:textId="77777777" w:rsidR="003C3FAC" w:rsidRPr="000771FF" w:rsidRDefault="003C3FAC" w:rsidP="003C3FAC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:bCs/>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="763358D6" w14:textId="77777777" w:rsidR="003C3FAC" w:rsidRPr="007A1664" w:rsidRDefault="003C3FAC" w:rsidP="003C3FAC">
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="763358D6" w14:textId="77777777" w:rsidR="003C3FAC" w:rsidRPr="000771FF" w:rsidRDefault="003C3FAC" w:rsidP="003C3FAC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005635E7">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000771FF">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>&lt; We love KEY CHANGES! &gt;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2AE3F6B1" w14:textId="77777777" w:rsidR="003C3FAC" w:rsidRPr="00E92A06" w:rsidRDefault="003C3FAC" w:rsidP="003C3FAC">
-[...3 lines deleted...]
-          <w:b/>
+    <w:p w14:paraId="2AE3F6B1" w14:textId="77777777" w:rsidR="003C3FAC" w:rsidRPr="000771FF" w:rsidRDefault="003C3FAC" w:rsidP="003C3FAC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="067B9BFA" w14:textId="77777777" w:rsidR="003C3FAC" w:rsidRPr="000771FF" w:rsidRDefault="003C3FAC" w:rsidP="003C3FAC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>INTRO:  /1 2 / 1 2 / [A] / [A]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F1B77B9" w14:textId="77777777" w:rsidR="003C3FAC" w:rsidRPr="000771FF" w:rsidRDefault="003C3FAC" w:rsidP="003C3FAC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="067B9BFA" w14:textId="77777777" w:rsidR="003C3FAC" w:rsidRPr="00E92A06" w:rsidRDefault="003C3FAC" w:rsidP="003C3FAC">
-[...3 lines deleted...]
-          <w:b/>
+    <w:p w14:paraId="6BCCCCFF" w14:textId="77777777" w:rsidR="003C3FAC" w:rsidRPr="000771FF" w:rsidRDefault="003C3FAC" w:rsidP="003C3FAC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:bCs/>
-        </w:rPr>
-[...14 lines deleted...]
-          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">he </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[A]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Fox went out on a chilly night</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AE135D8" w14:textId="77777777" w:rsidR="003C3FAC" w:rsidRPr="000771FF" w:rsidRDefault="003C3FAC" w:rsidP="003C3FAC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">He </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[A]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> prayed for the moon to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[E7]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> give him light</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CDB65D4" w14:textId="77777777" w:rsidR="003C3FAC" w:rsidRPr="000771FF" w:rsidRDefault="003C3FAC" w:rsidP="003C3FAC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">For he had </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[A]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> many a mile to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[D]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> go that night</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27DE3EFF" w14:textId="77777777" w:rsidR="003C3FAC" w:rsidRPr="000771FF" w:rsidRDefault="003C3FAC" w:rsidP="003C3FAC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Be-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[A]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">fore he </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[E7]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> reached the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[A]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> town-o</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14239355" w14:textId="77777777" w:rsidR="003C3FAC" w:rsidRPr="000771FF" w:rsidRDefault="003C3FAC" w:rsidP="003C3FAC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[E7]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Town-o </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[A]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> town-o</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33D7DD6D" w14:textId="77777777" w:rsidR="003C3FAC" w:rsidRPr="000771FF" w:rsidRDefault="003C3FAC" w:rsidP="003C3FAC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">He had </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[D]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> many a mile to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[A]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> go that night</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B566540" w14:textId="77777777" w:rsidR="003C3FAC" w:rsidRPr="000771FF" w:rsidRDefault="003C3FAC" w:rsidP="003C3FAC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Be-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[E7]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">fore he reached the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[A]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> town-o </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[A]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C775378" w14:textId="77777777" w:rsidR="003C3FAC" w:rsidRPr="000771FF" w:rsidRDefault="003C3FAC" w:rsidP="003C3FAC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="48C9E8F4" w14:textId="77777777" w:rsidR="003C3FAC" w:rsidRPr="000771FF" w:rsidRDefault="003C3FAC" w:rsidP="003C3FAC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">He </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[A]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ran till he came to the farmer’s pen</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04FAA1A0" w14:textId="77777777" w:rsidR="003C3FAC" w:rsidRPr="000771FF" w:rsidRDefault="003C3FAC" w:rsidP="003C3FAC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[A]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ducks and the geese were </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[E7]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kept therein</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E172775" w14:textId="77777777" w:rsidR="003C3FAC" w:rsidRPr="000771FF" w:rsidRDefault="003C3FAC" w:rsidP="003C3FAC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">He said a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[A]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> couple of you are </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gonna</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[D]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> grease my chin</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79516D0C" w14:textId="77777777" w:rsidR="003C3FAC" w:rsidRPr="000771FF" w:rsidRDefault="003C3FAC" w:rsidP="003C3FAC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Be-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[A]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">fore I </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[E7]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> leave this </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[A]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> town-o</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43D15261" w14:textId="77777777" w:rsidR="003C3FAC" w:rsidRPr="000771FF" w:rsidRDefault="003C3FAC" w:rsidP="003C3FAC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[E7]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Town-o </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[A]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> town-o</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5052382B" w14:textId="77777777" w:rsidR="003C3FAC" w:rsidRPr="000771FF" w:rsidRDefault="003C3FAC" w:rsidP="003C3FAC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[D]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> couple of you are </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gonna</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[A]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> grease my chin</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D4196CB" w14:textId="77777777" w:rsidR="003C3FAC" w:rsidRPr="000771FF" w:rsidRDefault="003C3FAC" w:rsidP="003C3FAC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Be-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[E7]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">fore I leave this </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[A]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> town-o </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[A]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5842ED65" w14:textId="77777777" w:rsidR="003C3FAC" w:rsidRPr="000771FF" w:rsidRDefault="003C3FAC" w:rsidP="003C3FAC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1A9A1B14" w14:textId="77777777" w:rsidR="003C3FAC" w:rsidRPr="000771FF" w:rsidRDefault="003C3FAC" w:rsidP="003C3FAC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>INSTRUMENTAL:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="250D8A83" w14:textId="77777777" w:rsidR="003C3FAC" w:rsidRPr="000771FF" w:rsidRDefault="003C3FAC" w:rsidP="003C3FAC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>He</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[A]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ran till he came to the farmer’s pen</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13877891" w14:textId="77777777" w:rsidR="003C3FAC" w:rsidRPr="000771FF" w:rsidRDefault="003C3FAC" w:rsidP="003C3FAC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[A]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ducks and the geese were </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[E7]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kept therein</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F291643" w14:textId="77777777" w:rsidR="003C3FAC" w:rsidRPr="000771FF" w:rsidRDefault="003C3FAC" w:rsidP="003C3FAC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">He said a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[A]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">couple of you are </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gonna</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[D]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>grease my chin</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7647DC08" w14:textId="77777777" w:rsidR="003C3FAC" w:rsidRPr="000771FF" w:rsidRDefault="003C3FAC" w:rsidP="003C3FAC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Be-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[A]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">fore I </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[E7]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">leave this </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[A]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> town-o</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DD11AFD" w14:textId="77777777" w:rsidR="003C3FAC" w:rsidRPr="000771FF" w:rsidRDefault="003C3FAC" w:rsidP="003C3FAC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[E7]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Town-o </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[A]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>town-o</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A052DF6" w14:textId="77777777" w:rsidR="003C3FAC" w:rsidRPr="000771FF" w:rsidRDefault="003C3FAC" w:rsidP="003C3FAC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[D]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">couple of you are </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gonna</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[A]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>grease my chin</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53C0E5DF" w14:textId="77777777" w:rsidR="003C3FAC" w:rsidRPr="000771FF" w:rsidRDefault="003C3FAC" w:rsidP="003C3FAC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Be-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[E7]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">fore I leave this </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[A]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">town-o </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[A]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A3F7BFF" w14:textId="77777777" w:rsidR="003C3FAC" w:rsidRPr="000771FF" w:rsidRDefault="003C3FAC" w:rsidP="003C3FAC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6084B343" w14:textId="77777777" w:rsidR="003C3FAC" w:rsidRPr="000771FF" w:rsidRDefault="003C3FAC" w:rsidP="003C3FAC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">He </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[A]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> grabbed the great goose by the neck</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DDDF212" w14:textId="77777777" w:rsidR="003C3FAC" w:rsidRPr="000771FF" w:rsidRDefault="003C3FAC" w:rsidP="003C3FAC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">He </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[A]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> threw a duck a-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[E7]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>cross his back</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="269C897D" w14:textId="77777777" w:rsidR="003C3FAC" w:rsidRPr="000771FF" w:rsidRDefault="003C3FAC" w:rsidP="003C3FAC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">And </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[A]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> he didn't mind the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[D]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> quack, quack</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E5337EE" w14:textId="77777777" w:rsidR="003C3FAC" w:rsidRPr="000771FF" w:rsidRDefault="003C3FAC" w:rsidP="003C3FAC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">And the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[A]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> legs all </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[E7]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> danglin' </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[A]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> down-o</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39959627" w14:textId="77777777" w:rsidR="003C3FAC" w:rsidRPr="000771FF" w:rsidRDefault="003C3FAC" w:rsidP="003C3FAC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>[E7]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Down-o </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>[A]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>down</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>-o</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AAE3733" w14:textId="77777777" w:rsidR="003C3FAC" w:rsidRPr="000771FF" w:rsidRDefault="003C3FAC" w:rsidP="003C3FAC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[D]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> He didn't mind the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[A]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> quack, quack</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="488881FC" w14:textId="77777777" w:rsidR="003C3FAC" w:rsidRPr="000771FF" w:rsidRDefault="003C3FAC" w:rsidP="003C3FAC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">And the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[E7]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> legs all danglin' </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[A]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> down-o </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[A]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37EF6DF3" w14:textId="77777777" w:rsidR="003C3FAC" w:rsidRPr="000771FF" w:rsidRDefault="003C3FAC" w:rsidP="003C3FAC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7759CF1A" w14:textId="77777777" w:rsidR="003C3FAC" w:rsidRPr="000771FF" w:rsidRDefault="003C3FAC" w:rsidP="003C3FAC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="cyan"/>
+        </w:rPr>
+        <w:t>&lt; KEY CHANGE &gt;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [G7] / [G7]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B6B11C1" w14:textId="77777777" w:rsidR="003C3FAC" w:rsidRPr="000771FF" w:rsidRDefault="003C3FAC" w:rsidP="003C3FAC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6BCCCCFF" w14:textId="77777777" w:rsidR="003C3FAC" w:rsidRPr="00E92A06" w:rsidRDefault="003C3FAC" w:rsidP="003C3FAC">
-[...40 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+    <w:p w14:paraId="6594F5F3" w14:textId="77777777" w:rsidR="003C3FAC" w:rsidRPr="000771FF" w:rsidRDefault="003C3FAC" w:rsidP="003C3FAC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Well the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> old gray woman jumped out of bed</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EAC4724" w14:textId="77777777" w:rsidR="003C3FAC" w:rsidRPr="000771FF" w:rsidRDefault="003C3FAC" w:rsidP="003C3FAC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Out of the window she </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[G7]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> popped her head</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5231FE14" w14:textId="63901A01" w:rsidR="003C3FAC" w:rsidRPr="000771FF" w:rsidRDefault="003C3FAC" w:rsidP="003C3FAC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Cryin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">' </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> John, John</w:t>
+      </w:r>
+      <w:r w:rsidR="0087280E" w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the great </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> goose is gone</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62ED227A" w14:textId="77777777" w:rsidR="003C3FAC" w:rsidRPr="000771FF" w:rsidRDefault="003C3FAC" w:rsidP="003C3FAC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Fox is </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[G7]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> on the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> town-o</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E507AA9" w14:textId="77777777" w:rsidR="003C3FAC" w:rsidRPr="000771FF" w:rsidRDefault="003C3FAC" w:rsidP="003C3FAC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[G7]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Town-o </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> town-o</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="307E8527" w14:textId="2A42726E" w:rsidR="003C3FAC" w:rsidRPr="000771FF" w:rsidRDefault="003C3FAC" w:rsidP="003C3FAC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> John, John</w:t>
+      </w:r>
+      <w:r w:rsidR="0087280E" w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the great </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> goose is gone</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00C70842" w14:textId="27EE20A8" w:rsidR="003C3FAC" w:rsidRPr="000771FF" w:rsidRDefault="003C3FAC" w:rsidP="003C3FAC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">And the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[G7]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Fox is on the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> town-o </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E946C58" w14:textId="77777777" w:rsidR="003C3FAC" w:rsidRPr="000771FF" w:rsidRDefault="003C3FAC" w:rsidP="003C3FAC">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4F0D57CB" w14:textId="77777777" w:rsidR="003C3FAC" w:rsidRPr="000771FF" w:rsidRDefault="003C3FAC" w:rsidP="003C3FAC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">He </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E92A06">
-[...112 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ran till he came to his nice warm den</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DEDD472" w14:textId="77777777" w:rsidR="003C3FAC" w:rsidRPr="000771FF" w:rsidRDefault="003C3FAC" w:rsidP="003C3FAC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">And </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> there were the little ones </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[G7]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8, 9, 10</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37FC011E" w14:textId="522CA62C" w:rsidR="003C3FAC" w:rsidRPr="000771FF" w:rsidRDefault="003C3FAC" w:rsidP="003C3FAC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sayin' </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Daddy, Daddy</w:t>
+      </w:r>
+      <w:r w:rsidR="0087280E" w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> better </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> go back again</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59C39E5C" w14:textId="77777777" w:rsidR="003C3FAC" w:rsidRPr="000771FF" w:rsidRDefault="003C3FAC" w:rsidP="003C3FAC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">It </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> must be a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[G7]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mighty fine </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> town-o</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14239355" w14:textId="77777777" w:rsidR="003C3FAC" w:rsidRPr="00E92A06" w:rsidRDefault="003C3FAC" w:rsidP="003C3FAC">
-[...14 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+    <w:p w14:paraId="409F0DAF" w14:textId="77777777" w:rsidR="003C3FAC" w:rsidRPr="000771FF" w:rsidRDefault="003C3FAC" w:rsidP="003C3FAC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[G7]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Town-o </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E92A06">
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> town-o</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33D7DD6D" w14:textId="77777777" w:rsidR="003C3FAC" w:rsidRPr="00E92A06" w:rsidRDefault="003C3FAC" w:rsidP="003C3FAC">
-[...72 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+    <w:p w14:paraId="30DCB962" w14:textId="77777777" w:rsidR="003C3FAC" w:rsidRPr="000771FF" w:rsidRDefault="003C3FAC" w:rsidP="003C3FAC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Daddy, Daddy </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> go back again</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EC0B108" w14:textId="77777777" w:rsidR="003C3FAC" w:rsidRPr="000771FF" w:rsidRDefault="003C3FAC" w:rsidP="003C3FAC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">For it </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[G7]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> must be a mighty fine </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> town-o </w:t>
       </w:r>
-      <w:r>
-[...54 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61543DDF" w14:textId="77777777" w:rsidR="003C3FAC" w:rsidRPr="000771FF" w:rsidRDefault="003C3FAC" w:rsidP="003C3FAC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="77D6762A" w14:textId="77777777" w:rsidR="003C3FAC" w:rsidRPr="000771FF" w:rsidRDefault="003C3FAC" w:rsidP="003C3FAC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E92A06">
-[...49 lines deleted...]
-        <w:t xml:space="preserve"> couple of you are </w:t>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Fox and his wife, without any strife</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79802782" w14:textId="77777777" w:rsidR="003C3FAC" w:rsidRPr="000771FF" w:rsidRDefault="003C3FAC" w:rsidP="003C3FAC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">They </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> cut up the goose with a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[G7]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> fork and a knife</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4478A8FA" w14:textId="77777777" w:rsidR="003C3FAC" w:rsidRPr="000771FF" w:rsidRDefault="003C3FAC" w:rsidP="003C3FAC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">And </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> they never had such a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> supper in their life</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63F7574F" w14:textId="77777777" w:rsidR="003C3FAC" w:rsidRPr="000771FF" w:rsidRDefault="003C3FAC" w:rsidP="003C3FAC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">And the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> little ones </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[G7]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> chewed on the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> bones-o</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22DD5F65" w14:textId="77777777" w:rsidR="003C3FAC" w:rsidRPr="000771FF" w:rsidRDefault="003C3FAC" w:rsidP="003C3FAC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>[G7]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Bones-o </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00E92A06">
-[...3 lines deleted...]
-        <w:t>gonna</w:t>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>bones</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00E92A06">
-[...744 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>-o</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21A17C89" w14:textId="77777777" w:rsidR="003C3FAC" w:rsidRPr="000771FF" w:rsidRDefault="003C3FAC" w:rsidP="003C3FAC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> They never had such a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> supper in their life</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B335B40" w14:textId="77777777" w:rsidR="003C3FAC" w:rsidRPr="000771FF" w:rsidRDefault="003C3FAC" w:rsidP="003C3FAC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">And the </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E92A06">
-[...267 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[G7]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> little ones chewed on the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>[C]</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E92A06">
-[...27 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> bones </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000771FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>[C]</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E92A06">
-[...818 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="000771FF">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Courier New"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
-        </w:rPr>
-[...44 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:sym w:font="Symbol" w:char="F0AF"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C408B08" w14:textId="77777777" w:rsidR="003C3FAC" w:rsidRPr="00E92A06" w:rsidRDefault="003C3FAC" w:rsidP="003C3FAC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Courier New"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="23227126" w14:textId="77777777" w:rsidR="003C3FAC" w:rsidRDefault="003C3FAC" w:rsidP="003C3FAC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="TTFF57D328t00"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Courier New"/>
           <w:b/>
           <w:noProof/>
@@ -3133,83 +3721,83 @@
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B5B7DF7" w14:textId="77777777" w:rsidR="003C3FAC" w:rsidRPr="001C221D" w:rsidRDefault="003C3FAC" w:rsidP="003C3FAC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="TTFF57D328t00"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6CE1933D" w14:textId="77777777" w:rsidR="00B043CF" w:rsidRPr="009C6631" w:rsidRDefault="00000000" w:rsidP="00110521">
+    <w:p w14:paraId="6CE1933D" w14:textId="77777777" w:rsidR="00B043CF" w:rsidRPr="009C6631" w:rsidRDefault="00B043CF" w:rsidP="00110521">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId11" w:history="1">
-        <w:r w:rsidR="00B043CF" w:rsidRPr="00055195">
+        <w:r w:rsidRPr="00055195">
           <w:rPr>
             <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Lucida Console"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>www.bytownukulele.ca</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr w:rsidR="00B043CF" w:rsidRPr="009C6631" w:rsidSect="00DB1F9F">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="450" w:right="720" w:bottom="284" w:left="900" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
@@ -3244,84 +3832,86 @@
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Console">
     <w:panose1 w:val="020B0609040504020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="8000028F" w:usb1="00001800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000001F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009C6631"/>
+    <w:rsid w:val="000771FF"/>
     <w:rsid w:val="000961DF"/>
     <w:rsid w:val="000D00ED"/>
     <w:rsid w:val="00110521"/>
     <w:rsid w:val="00132109"/>
     <w:rsid w:val="00161445"/>
+    <w:rsid w:val="00162CAA"/>
     <w:rsid w:val="0017786C"/>
     <w:rsid w:val="001E2271"/>
     <w:rsid w:val="00252E97"/>
     <w:rsid w:val="00275F61"/>
     <w:rsid w:val="002A1B64"/>
     <w:rsid w:val="002B56B4"/>
     <w:rsid w:val="003233CE"/>
     <w:rsid w:val="003442C9"/>
     <w:rsid w:val="003753D2"/>
     <w:rsid w:val="003861E7"/>
     <w:rsid w:val="003C3FAC"/>
     <w:rsid w:val="003C5ADE"/>
     <w:rsid w:val="00414418"/>
     <w:rsid w:val="00490D27"/>
     <w:rsid w:val="00531581"/>
     <w:rsid w:val="00550EFA"/>
     <w:rsid w:val="00596880"/>
     <w:rsid w:val="006230AD"/>
     <w:rsid w:val="006325CA"/>
     <w:rsid w:val="007320F1"/>
     <w:rsid w:val="007E4748"/>
     <w:rsid w:val="0082492D"/>
     <w:rsid w:val="00866CDE"/>
     <w:rsid w:val="0087280E"/>
     <w:rsid w:val="0088245B"/>
@@ -3355,51 +3945,51 @@
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="259ACA3E"/>
   <w14:defaultImageDpi w14:val="300"/>
   <w15:docId w15:val="{90BEE94A-4F5C-475C-804D-67804AB6CC44}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -3849,51 +4439,51 @@
     <w:unhideWhenUsed/>
     <w:rsid w:val="007320F1"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="007320F1"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="348531727">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="765619204">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -4271,65 +4861,65 @@
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F2818AFF-F052-47CD-A503-D882AA2A11EB}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Songsheet Template</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
   <Words>346</Words>
-  <Characters>1977</Characters>
+  <Characters>1976</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>16</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Hewlett-Packard</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2319</CharactersWithSpaces>
+  <CharactersWithSpaces>2318</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>MARK ROGERS</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>