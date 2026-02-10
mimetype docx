--- v0 (2026-01-21)
+++ v1 (2026-02-10)
@@ -2034,51 +2034,51 @@
         <w:t xml:space="preserve">can't have </w:t>
       </w:r>
       <w:r w:rsidR="0060559F" w:rsidRPr="0060559F">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[C]</w:t>
       </w:r>
       <w:r w:rsidR="00622C70" w:rsidRPr="00622C70">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> one without the</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="157A234F" w14:textId="67E575B4" w:rsidR="00622C70" w:rsidRDefault="0060559F" w:rsidP="00622C70">
+    <w:p w14:paraId="157A234F" w14:textId="570BC355" w:rsidR="00622C70" w:rsidRDefault="0060559F" w:rsidP="00622C70">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0060559F">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[D7]</w:t>
       </w:r>
       <w:r w:rsidR="00622C70" w:rsidRPr="00622C70">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:hint="eastAsia"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0057340A">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
@@ -2108,451 +2108,302 @@
         </w:rPr>
         <w:t>G7]</w:t>
       </w:r>
       <w:r w:rsidR="00290201">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>o-</w:t>
       </w:r>
       <w:r w:rsidR="00BB6504">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>o-o</w:t>
       </w:r>
       <w:r w:rsidR="0057340A">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidRPr="0060559F">
-[...84 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="7D3CE4C2" w14:textId="77777777" w:rsidR="00860B83" w:rsidRDefault="00860B83" w:rsidP="00622C70">
+    <w:p w14:paraId="193A2FA2" w14:textId="77777777" w:rsidR="00BB6504" w:rsidRDefault="00BB6504" w:rsidP="00622C70">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3D52E275" w14:textId="77777777" w:rsidR="00860B83" w:rsidRDefault="00860B83" w:rsidP="00860B83">
+    <w:p w14:paraId="50BBBB81" w14:textId="440BFB0A" w:rsidR="0057340A" w:rsidRPr="0057340A" w:rsidRDefault="0057340A" w:rsidP="00622C70">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0060559F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00534747">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AF"/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00622C70">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:hint="eastAsia"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>ther</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00826B1A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                </w:t>
+      </w:r>
+      <w:r w:rsidR="00826B1A" w:rsidRPr="00826B1A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>|</w:t>
+      </w:r>
+      <w:r w:rsidR="00826B1A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidR="00826B1A" w:rsidRPr="0060559F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[G7]</w:t>
+      </w:r>
+      <w:r w:rsidR="00826B1A" w:rsidRPr="00534747">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AF"/>
+      </w:r>
+      <w:r w:rsidR="00826B1A" w:rsidRPr="00622C70">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:hint="eastAsia"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> No </w:t>
+      </w:r>
+      <w:r w:rsidR="00826B1A" w:rsidRPr="0060559F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidR="00826B1A" w:rsidRPr="00534747">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AF"/>
+      </w:r>
+      <w:r w:rsidR="00826B1A" w:rsidRPr="00622C70">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:hint="eastAsia"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Sir!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A259441" w14:textId="483181AE" w:rsidR="00BB6504" w:rsidRPr="0057340A" w:rsidRDefault="00914CD3" w:rsidP="00622C70">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0057340A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>E|</w:t>
+      </w:r>
+      <w:r w:rsidR="0057340A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0057340A" w:rsidRPr="0057340A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3p2h3</w:t>
+      </w:r>
+      <w:r w:rsidR="0057340A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0057340A" w:rsidRPr="0057340A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>4     3</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5535363B" w14:textId="18D2E785" w:rsidR="00826B1A" w:rsidRPr="00622C70" w:rsidRDefault="0057340A" w:rsidP="00826B1A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0057340A">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB2562">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>| 1 + a 2 + a 3 + a 4 + a |</w:t>
+      </w:r>
+      <w:r w:rsidR="00826B1A" w:rsidRPr="00BB2562">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A919E30" w14:textId="7421FD9F" w:rsidR="00A42E3F" w:rsidRPr="00BB2562" w:rsidRDefault="00826B1A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45915977" w14:textId="77777777" w:rsidR="00BB2562" w:rsidRDefault="00BB2562" w:rsidP="00BB2562">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Lucida Console"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidRPr="00055195">
           <w:rPr>
             <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Lucida Console"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>www.bytownukulele.ca</w:t>
         </w:r>
       </w:hyperlink>
-    </w:p>
-[...283 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="7555A12D" w14:textId="77777777" w:rsidR="00B043CF" w:rsidRPr="004E65B6" w:rsidRDefault="00B043CF" w:rsidP="00A029D3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00B043CF" w:rsidRPr="004E65B6" w:rsidSect="005543FD">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="450" w:right="180" w:bottom="284" w:left="900" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
@@ -2678,61 +2529,63 @@
     <w:rsid w:val="00490D27"/>
     <w:rsid w:val="004E65B6"/>
     <w:rsid w:val="005115C0"/>
     <w:rsid w:val="00531581"/>
     <w:rsid w:val="00550EFA"/>
     <w:rsid w:val="005543FD"/>
     <w:rsid w:val="0057340A"/>
     <w:rsid w:val="0060559F"/>
     <w:rsid w:val="00622C70"/>
     <w:rsid w:val="006230AD"/>
     <w:rsid w:val="0062370B"/>
     <w:rsid w:val="006325CA"/>
     <w:rsid w:val="00636C55"/>
     <w:rsid w:val="007320F1"/>
     <w:rsid w:val="007E4748"/>
     <w:rsid w:val="0082492D"/>
     <w:rsid w:val="00826B1A"/>
     <w:rsid w:val="00860B83"/>
     <w:rsid w:val="00866CDE"/>
     <w:rsid w:val="0090472C"/>
     <w:rsid w:val="00914CD3"/>
     <w:rsid w:val="00924B54"/>
     <w:rsid w:val="00950694"/>
     <w:rsid w:val="00972E99"/>
     <w:rsid w:val="00A029D3"/>
+    <w:rsid w:val="00A27A34"/>
     <w:rsid w:val="00A42E3F"/>
     <w:rsid w:val="00A569E6"/>
     <w:rsid w:val="00A902E9"/>
     <w:rsid w:val="00A92235"/>
     <w:rsid w:val="00A9741C"/>
     <w:rsid w:val="00AB09B4"/>
     <w:rsid w:val="00AD3A18"/>
     <w:rsid w:val="00B043CF"/>
     <w:rsid w:val="00B05A37"/>
     <w:rsid w:val="00B16743"/>
     <w:rsid w:val="00BB114B"/>
+    <w:rsid w:val="00BB2562"/>
     <w:rsid w:val="00BB6504"/>
     <w:rsid w:val="00C40BF5"/>
     <w:rsid w:val="00C5218C"/>
     <w:rsid w:val="00C85F32"/>
     <w:rsid w:val="00CA07D7"/>
     <w:rsid w:val="00D113AB"/>
     <w:rsid w:val="00D4034F"/>
     <w:rsid w:val="00D66B4B"/>
     <w:rsid w:val="00D84579"/>
     <w:rsid w:val="00DB1F9F"/>
     <w:rsid w:val="00E04FCE"/>
     <w:rsid w:val="00EB0FA6"/>
     <w:rsid w:val="00EC2FF5"/>
     <w:rsid w:val="00F81E40"/>
     <w:rsid w:val="00F96D25"/>
     <w:rsid w:val="00FB061D"/>
     <w:rsid w:val="00FC6CD8"/>
     <w:rsid w:val="00FD1F53"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
@@ -3592,70 +3445,70 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{75A02CBF-9B6D-4C04-98ED-B5E96D8DF686}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>TEMPLATE FOR SONGSHEET</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>205</Words>
-  <Characters>1173</Characters>
+  <Words>190</Words>
+  <Characters>1084</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>9</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1376</CharactersWithSpaces>
+  <CharactersWithSpaces>1272</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>HP User</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>