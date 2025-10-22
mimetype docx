--- v0 (2025-10-02)
+++ v1 (2025-10-22)
@@ -3012,57 +3012,72 @@
       </w:r>
       <w:r w:rsidRPr="00DB61B7">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         </w:rPr>
         <w:t xml:space="preserve">vegetable </w:t>
       </w:r>
       <w:r w:rsidR="00905915" w:rsidRPr="00905915">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[D7]</w:t>
       </w:r>
       <w:r w:rsidRPr="00F807E4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3EED8E77" w14:textId="152F87AD" w:rsidR="00F807E4" w:rsidRPr="00F807E4" w:rsidRDefault="00F807E4" w:rsidP="00DB61B7">
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="3EED8E77" w14:textId="152F87AD" w:rsidR="00F807E4" w:rsidRDefault="00F807E4" w:rsidP="00DB61B7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5C15BDE2" w14:textId="48FEB76D" w:rsidR="00FA62DE" w:rsidRPr="00FA62DE" w:rsidRDefault="00FA62DE" w:rsidP="00DB61B7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC5BFE">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>CHORUS:</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="16B16BDD" w14:textId="36B35D85" w:rsidR="00E7611B" w:rsidRPr="00F807E4" w:rsidRDefault="00E86666" w:rsidP="00E7611B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>But at</w:t>
       </w:r>
       <w:r w:rsidR="00E7611B" w:rsidRPr="00F807E4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00905915" w:rsidRPr="00905915">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
@@ -3511,58 +3526,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Who I </w:t>
       </w:r>
       <w:r w:rsidR="00905915" w:rsidRPr="00905915">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[Bb]</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> am</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> am </w:t>
       </w:r>
       <w:r w:rsidR="00905915" w:rsidRPr="00905915">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[Bb]</w:t>
       </w:r>
       <w:r w:rsidR="00303FC2">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BF12A7">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>b-b-b-b-b-bloody</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -4157,58 +4165,58 @@
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="34CAD8BF" w14:textId="77777777" w:rsidR="00B043CF" w:rsidRPr="004E65B6" w:rsidRDefault="00B043CF" w:rsidP="00A029D3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00B043CF" w:rsidRPr="004E65B6" w:rsidSect="005543FD">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="450" w:right="180" w:bottom="284" w:left="900" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1D1A5905" w14:textId="77777777" w:rsidR="004226C8" w:rsidRDefault="004226C8" w:rsidP="00F807E4">
+    <w:p w14:paraId="7E8E530A" w14:textId="77777777" w:rsidR="000509D3" w:rsidRDefault="000509D3" w:rsidP="00F807E4">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="24578110" w14:textId="77777777" w:rsidR="004226C8" w:rsidRDefault="004226C8" w:rsidP="00F807E4">
+    <w:p w14:paraId="74EF4A73" w14:textId="77777777" w:rsidR="000509D3" w:rsidRDefault="000509D3" w:rsidP="00F807E4">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
@@ -4217,208 +4225,211 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="61002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Console">
     <w:panose1 w:val="020B0609040504020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="8000028F" w:usb1="00001800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000001F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="04D1E5A5" w14:textId="77777777" w:rsidR="004226C8" w:rsidRDefault="004226C8" w:rsidP="00F807E4">
+    <w:p w14:paraId="040E1A05" w14:textId="77777777" w:rsidR="000509D3" w:rsidRDefault="000509D3" w:rsidP="00F807E4">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1DD5B6A9" w14:textId="77777777" w:rsidR="004226C8" w:rsidRDefault="004226C8" w:rsidP="00F807E4">
+    <w:p w14:paraId="6E5C6861" w14:textId="77777777" w:rsidR="000509D3" w:rsidRDefault="000509D3" w:rsidP="00F807E4">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F807E4"/>
     <w:rsid w:val="000076D2"/>
+    <w:rsid w:val="000509D3"/>
     <w:rsid w:val="000961DF"/>
     <w:rsid w:val="000A348C"/>
     <w:rsid w:val="000D00ED"/>
     <w:rsid w:val="000F7214"/>
     <w:rsid w:val="00110521"/>
     <w:rsid w:val="00132109"/>
     <w:rsid w:val="00161445"/>
     <w:rsid w:val="0017786C"/>
     <w:rsid w:val="001A030B"/>
     <w:rsid w:val="001C26FA"/>
     <w:rsid w:val="001E2271"/>
     <w:rsid w:val="001F367A"/>
     <w:rsid w:val="00252E97"/>
     <w:rsid w:val="002862BE"/>
     <w:rsid w:val="002B56B4"/>
     <w:rsid w:val="00303FC2"/>
     <w:rsid w:val="003442C9"/>
     <w:rsid w:val="003E08CD"/>
     <w:rsid w:val="00414418"/>
     <w:rsid w:val="004226C8"/>
     <w:rsid w:val="0047277F"/>
     <w:rsid w:val="00490D27"/>
     <w:rsid w:val="004B2F72"/>
     <w:rsid w:val="004E1BB7"/>
     <w:rsid w:val="004E65B6"/>
     <w:rsid w:val="00531581"/>
     <w:rsid w:val="00550EFA"/>
     <w:rsid w:val="005543FD"/>
     <w:rsid w:val="006230AD"/>
     <w:rsid w:val="006325CA"/>
     <w:rsid w:val="006E4430"/>
     <w:rsid w:val="007320F1"/>
     <w:rsid w:val="007E4748"/>
     <w:rsid w:val="0082492D"/>
     <w:rsid w:val="00866CDE"/>
     <w:rsid w:val="008A6441"/>
     <w:rsid w:val="00905915"/>
     <w:rsid w:val="00924B54"/>
     <w:rsid w:val="00972E99"/>
     <w:rsid w:val="00A029D3"/>
     <w:rsid w:val="00A42E3F"/>
     <w:rsid w:val="00A569E6"/>
     <w:rsid w:val="00A902E9"/>
     <w:rsid w:val="00A92235"/>
     <w:rsid w:val="00A9741C"/>
     <w:rsid w:val="00AB09B4"/>
     <w:rsid w:val="00AD3A18"/>
     <w:rsid w:val="00B043CF"/>
     <w:rsid w:val="00B16743"/>
+    <w:rsid w:val="00B71221"/>
     <w:rsid w:val="00B74FB4"/>
     <w:rsid w:val="00BA0D48"/>
     <w:rsid w:val="00BB114B"/>
     <w:rsid w:val="00BC5BFE"/>
     <w:rsid w:val="00BF12A7"/>
     <w:rsid w:val="00C52056"/>
     <w:rsid w:val="00C5218C"/>
     <w:rsid w:val="00CA07D7"/>
     <w:rsid w:val="00CE3C59"/>
     <w:rsid w:val="00D02A15"/>
     <w:rsid w:val="00D113AB"/>
     <w:rsid w:val="00D4034F"/>
     <w:rsid w:val="00D66B4B"/>
     <w:rsid w:val="00D84579"/>
     <w:rsid w:val="00DA462F"/>
     <w:rsid w:val="00DB1F9F"/>
     <w:rsid w:val="00DB61B7"/>
     <w:rsid w:val="00E04FCE"/>
     <w:rsid w:val="00E7611B"/>
     <w:rsid w:val="00E86666"/>
     <w:rsid w:val="00F807E4"/>
     <w:rsid w:val="00F81E40"/>
     <w:rsid w:val="00F96D25"/>
+    <w:rsid w:val="00FA62DE"/>
     <w:rsid w:val="00FB061D"/>
     <w:rsid w:val="00FC6CD8"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
@@ -5304,70 +5315,70 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{75A02CBF-9B6D-4C04-98ED-B5E96D8DF686}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>TEMPLATE FOR SONGSHEET</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>298</Words>
-  <Characters>1700</Characters>
+  <Words>299</Words>
+  <Characters>1707</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>14</Lines>
-  <Paragraphs>3</Paragraphs>
+  <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1995</CharactersWithSpaces>
+  <CharactersWithSpaces>2002</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>HP User</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>