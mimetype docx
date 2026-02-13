--- v0 (2025-10-25)
+++ v1 (2026-02-13)
@@ -1,94 +1,94 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="61FD34A2" w14:textId="22BA3744" w:rsidR="0082492D" w:rsidRPr="00A902E9" w:rsidRDefault="00BB1074" w:rsidP="00DB1F9F">
+    <w:p w14:paraId="61FD34A2" w14:textId="19D26E6D" w:rsidR="0082492D" w:rsidRPr="00A902E9" w:rsidRDefault="00BB1074" w:rsidP="00DB1F9F">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
-        <w:t>Don’t You Want Me?</w:t>
+        <w:t>Don’t You Want Me</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="49D90F1B" w14:textId="1AC6ACFC" w:rsidR="00972E99" w:rsidRPr="00A902E9" w:rsidRDefault="00B756A2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve">Jo Callis, Philip Oakey, Philip Adrian Wright 1981 (as recorded by </w:t>
       </w:r>
       <w:r w:rsidR="00BB1074">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>The Human League</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="27255A00" w14:textId="77777777" w:rsidR="00972E99" w:rsidRPr="006230AD" w:rsidRDefault="00972E99">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5EFA67A6" w14:textId="47BBC67C" w:rsidR="007320F1" w:rsidRDefault="007320F1">
+    <w:p w14:paraId="5EFA67A6" w14:textId="45216DE6" w:rsidR="007320F1" w:rsidRDefault="007320F1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="40CE4553" wp14:editId="444650F3">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1" name="Picture 1" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\A.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\A.png"/>
@@ -106,61 +106,61 @@
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="00BB1074">
+      <w:r w:rsidR="004F61C4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="416C3544" wp14:editId="6F443DC1">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2E81E35A" wp14:editId="47FBC285">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="19" name="Picture 19"/>
+            <wp:docPr id="1416090442" name="Picture 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
@@ -168,3134 +168,3514 @@
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidR="00BB1074">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="494CF037" wp14:editId="20B49317">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="416C3544" wp14:editId="6F443DC1">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="20" name="Picture 20"/>
+            <wp:docPr id="19" name="Picture 19"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 2"/>
+                    <pic:cNvPr id="0" name="Picture 1"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="00110521">
+      <w:r w:rsidR="00B65BBB">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2DBED147" wp14:editId="6A058907">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="44CA7464" wp14:editId="25DFFDD7">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="3" name="Picture 3" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\C.png"/>
+            <wp:docPr id="1515454875" name="Picture 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 3" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\C.png"/>
+                    <pic:cNvPr id="0" name="Picture 1"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="00A569E6">
+      <w:r w:rsidR="00110521">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1969403B" wp14:editId="03679C33">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2DBED147" wp14:editId="213A3118">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="25" name="Picture 25" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\Dm.png"/>
+            <wp:docPr id="3" name="Picture 3" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\C.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 5" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\Dm.png"/>
+                    <pic:cNvPr id="0" name="Picture 3" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\C.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId9">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="00110521">
+      <w:r w:rsidR="00A569E6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0F059FEE" wp14:editId="65D51732">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1969403B" wp14:editId="03679C33">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="6" name="Picture 6" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\Em.png"/>
+            <wp:docPr id="25" name="Picture 25" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\Dm.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 6" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\Em.png"/>
+                    <pic:cNvPr id="0" name="Picture 5" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\Dm.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId10">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidR="00110521">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3AE7B9AC" wp14:editId="66CAD386">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0F059FEE" wp14:editId="65D51732">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="9" name="Picture 9" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\E7.png"/>
+            <wp:docPr id="6" name="Picture 6" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\Em.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 9" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\E7.png"/>
+                    <pic:cNvPr id="0" name="Picture 6" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\Em.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId11">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidR="00110521">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0E21A5EE" wp14:editId="3BE764AB">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3AE7B9AC" wp14:editId="66CAD386">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="7" name="Picture 7" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\F.png"/>
+            <wp:docPr id="9" name="Picture 9" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\E7.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 7" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\F.png"/>
+                    <pic:cNvPr id="0" name="Picture 9" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\E7.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidR="00110521">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="370DB95B" wp14:editId="248CAB9B">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0E21A5EE" wp14:editId="3BE764AB">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="8" name="Picture 8" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\G.png"/>
+            <wp:docPr id="7" name="Picture 7" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\F.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 8" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\G.png"/>
+                    <pic:cNvPr id="0" name="Picture 7" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\F.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId13">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="00BB1074">
+      <w:r w:rsidR="00110521">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6D8A010F" wp14:editId="12FB24B4">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="370DB95B" wp14:editId="248CAB9B">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="33" name="Picture 33"/>
+            <wp:docPr id="8" name="Picture 8" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\G.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 3"/>
+                    <pic:cNvPr id="0" name="Picture 8" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\G.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId14">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-    </w:p>
-[...1 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidR="00BB1074">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
-        </w:rPr>
-[...2636 lines deleted...]
-          <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0C3DE42B" wp14:editId="3D66F8F3">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6D8A010F" wp14:editId="12FB24B4">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="41" name="Picture 41" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\A.png"/>
+            <wp:docPr id="33" name="Picture 33"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 3"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId15">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="457200" cy="609600"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4767273E" w14:textId="77777777" w:rsidR="007320F1" w:rsidRPr="000961DF" w:rsidRDefault="007320F1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="438D2A8F" w14:textId="0A219BD5" w:rsidR="00BB1074" w:rsidRPr="0005042E" w:rsidRDefault="00BB1074" w:rsidP="00BB1074">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>INTRO</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1 2 3 4 /</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19A684B2" w14:textId="77777777" w:rsidR="00BB1074" w:rsidRPr="0005042E" w:rsidRDefault="00BB1074" w:rsidP="00BB1074">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="243D64DA" w14:textId="73174D42" w:rsidR="00BB1074" w:rsidRPr="0005042E" w:rsidRDefault="00BB1074" w:rsidP="00BB1074">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[Am]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[Am][F]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[Am]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[Am]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6252BDE9" w14:textId="3CB58DDA" w:rsidR="00BB1074" w:rsidRPr="0005042E" w:rsidRDefault="00BB1074" w:rsidP="00BB1074">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[Am]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[Am][F]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[Am]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B4C6EC3" w14:textId="77777777" w:rsidR="00BB1074" w:rsidRPr="0005042E" w:rsidRDefault="00BB1074" w:rsidP="00BB1074">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5E41DD85" w14:textId="77777777" w:rsidR="00BB1074" w:rsidRPr="0005042E" w:rsidRDefault="00BB1074" w:rsidP="00BB1074">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">You were </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> working as a waitress in a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[Gsus4]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> cocktail </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> bar </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FDC1760" w14:textId="77777777" w:rsidR="00BB1074" w:rsidRPr="0005042E" w:rsidRDefault="00BB1074" w:rsidP="00BB1074">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> When I </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> met </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> you</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59799278" w14:textId="77777777" w:rsidR="00BB1074" w:rsidRPr="0005042E" w:rsidRDefault="00BB1074" w:rsidP="00BB1074">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> picked you out, I shook you up, and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[Gsus4]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> turned you a-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[G</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>round</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="27F4E235" w14:textId="77777777" w:rsidR="00BB1074" w:rsidRPr="0005042E" w:rsidRDefault="00BB1074" w:rsidP="00BB1074">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Turned you into some-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">one </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> new</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7896D235" w14:textId="77777777" w:rsidR="00BB1074" w:rsidRPr="0005042E" w:rsidRDefault="00BB1074" w:rsidP="00BB1074">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4D0B3BFB" w14:textId="77777777" w:rsidR="00BB1074" w:rsidRPr="0005042E" w:rsidRDefault="00BB1074" w:rsidP="00BB1074">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Now </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> five years </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>later on</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> you've got the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[Gsus4]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> world at your </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">[G] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>feet</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4308E86C" w14:textId="77777777" w:rsidR="00BB1074" w:rsidRPr="0005042E" w:rsidRDefault="00BB1074" w:rsidP="00BB1074">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Suc</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>cess</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> has been so easy </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> you</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47C941B7" w14:textId="77777777" w:rsidR="00BB1074" w:rsidRPr="0005042E" w:rsidRDefault="00BB1074" w:rsidP="00BB1074">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">But </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> don't forget it's me who put you </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[Gsus4]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> where you are </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">[G] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>now</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EEAD217" w14:textId="77777777" w:rsidR="00BB1074" w:rsidRPr="0005042E" w:rsidRDefault="00BB1074" w:rsidP="00BB1074">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">And </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> I can put you back </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> down </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> too</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="618A7034" w14:textId="77777777" w:rsidR="00BB1074" w:rsidRPr="0005042E" w:rsidRDefault="00BB1074" w:rsidP="00BB1074">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="16FF6F68" w14:textId="77777777" w:rsidR="00BB1074" w:rsidRPr="0005042E" w:rsidRDefault="00BB1074" w:rsidP="00BB1074">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[Am]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Don't, don't you </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[Em]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> want me?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6061AD90" w14:textId="77777777" w:rsidR="00BB1074" w:rsidRPr="0005042E" w:rsidRDefault="00BB1074" w:rsidP="00BB1074">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">You </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> know I can't believe it </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E4C63C7" w14:textId="71460DE9" w:rsidR="00BB1074" w:rsidRPr="0005042E" w:rsidRDefault="00BB1074" w:rsidP="00BB1074">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">When I </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[Dm]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> hear that you won't </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[Gsus4]</w:t>
+      </w:r>
+      <w:r w:rsidR="000212B6" w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AF"/>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> see </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r w:rsidR="000212B6" w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AF"/>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>me</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="739C836F" w14:textId="77777777" w:rsidR="00BB1074" w:rsidRPr="0005042E" w:rsidRDefault="00BB1074" w:rsidP="00BB1074">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[Am]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Don't, don't you </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[Em]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> want me?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="566B37BA" w14:textId="77777777" w:rsidR="00BB1074" w:rsidRPr="0005042E" w:rsidRDefault="00BB1074" w:rsidP="00BB1074">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">You </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> know I don't believe you </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A45C4E4" w14:textId="5F4ACCBD" w:rsidR="00BB1074" w:rsidRPr="0005042E" w:rsidRDefault="00BB1074" w:rsidP="00BB1074">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">When you </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[Dm]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> say that you don't </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[Gsus4]</w:t>
+      </w:r>
+      <w:r w:rsidR="000212B6" w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AF"/>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> need </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r w:rsidR="000212B6" w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AF"/>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>me</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="119F555E" w14:textId="77777777" w:rsidR="00BB1074" w:rsidRPr="0005042E" w:rsidRDefault="00BB1074" w:rsidP="00BB1074">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="289AB843" w14:textId="77777777" w:rsidR="00BB1074" w:rsidRPr="0005042E" w:rsidRDefault="00BB1074" w:rsidP="00BB1074">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">It's </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[A]</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> much too late to find</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="529BB642" w14:textId="45BCE45E" w:rsidR="00BB1074" w:rsidRPr="0005042E" w:rsidRDefault="00BB1074" w:rsidP="00BB1074">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">You </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[B</w:t>
+      </w:r>
+      <w:r w:rsidR="00B65BBB">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> think you've changed your mind</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AABEC9A" w14:textId="23112FE9" w:rsidR="00BB1074" w:rsidRPr="0005042E" w:rsidRDefault="00BB1074" w:rsidP="00BB1074">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">You'd </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[Am/C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> better change it back or we will </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[E7]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AF"/>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> both </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AF"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">be </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AF"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>sor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AF"/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>ry</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="70A095A0" w14:textId="314ACE00" w:rsidR="00BB1074" w:rsidRPr="0005042E" w:rsidRDefault="00BB1074" w:rsidP="00BB1074">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Don't you want me </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> baby? </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Don't you want me </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> oh</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> -</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> oh </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>oh</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>oh</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="5B99187B" w14:textId="7316E85B" w:rsidR="00BB1074" w:rsidRPr="0005042E" w:rsidRDefault="00BB1074" w:rsidP="00BB1074">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Don't you want me </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> baby? </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Don't you want me </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> oh </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> oh </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>oh</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>oh</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="1B4CFC2E" w14:textId="77777777" w:rsidR="00BB1074" w:rsidRPr="0005042E" w:rsidRDefault="00BB1074" w:rsidP="00BB1074">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="73732DDA" w14:textId="50DCF287" w:rsidR="00BB1074" w:rsidRPr="0005042E" w:rsidRDefault="00BB1074" w:rsidP="00BB1074">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I was </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">[F] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">working as a waitress in a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[Gsus4]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> cocktail </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> bar</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24B2E66E" w14:textId="77777777" w:rsidR="00BB1074" w:rsidRPr="0005042E" w:rsidRDefault="00BB1074" w:rsidP="00BB1074">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">[F] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">That much </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">[C] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">is </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">[G] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>true</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E3EC287" w14:textId="77777777" w:rsidR="00BB1074" w:rsidRPr="0005042E" w:rsidRDefault="00BB1074" w:rsidP="00BB1074">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">But </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> even then I knew I’d find a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">[Gsus4] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">much better </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> place</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48B9BA91" w14:textId="77777777" w:rsidR="00BB1074" w:rsidRPr="0005042E" w:rsidRDefault="00BB1074" w:rsidP="00BB1074">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Either with or with-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">out </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">[G] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>you</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18371A87" w14:textId="77777777" w:rsidR="00BB1074" w:rsidRPr="0005042E" w:rsidRDefault="00BB1074" w:rsidP="00BB1074">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="15017C52" w14:textId="77777777" w:rsidR="00BB1074" w:rsidRPr="0005042E" w:rsidRDefault="00BB1074" w:rsidP="00BB1074">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> five years we have had, have been </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">[Gsus4] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">such good </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> times</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="750B1001" w14:textId="77777777" w:rsidR="00BB1074" w:rsidRPr="0005042E" w:rsidRDefault="00BB1074" w:rsidP="00BB1074">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> I still </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">[C] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">love </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">[G] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>you</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4471FBBC" w14:textId="77777777" w:rsidR="00BB1074" w:rsidRPr="0005042E" w:rsidRDefault="00BB1074" w:rsidP="00BB1074">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">But </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> now I think it's time I lived my </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">[Gsus4] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">life on my </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> own</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63D3416C" w14:textId="77777777" w:rsidR="00BB1074" w:rsidRPr="0005042E" w:rsidRDefault="00BB1074" w:rsidP="00BB1074">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> guess it's just what I </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">[C] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">must </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">[G] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>do</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A81BC2E" w14:textId="77777777" w:rsidR="00BB1074" w:rsidRPr="0005042E" w:rsidRDefault="00BB1074" w:rsidP="00BB1074">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1E1CF26D" w14:textId="77777777" w:rsidR="00BB1074" w:rsidRPr="0005042E" w:rsidRDefault="00BB1074" w:rsidP="00BB1074">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[Am]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Don't, don't you </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[Em]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> want me?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="578CFE89" w14:textId="77777777" w:rsidR="00BB1074" w:rsidRPr="0005042E" w:rsidRDefault="00BB1074" w:rsidP="00BB1074">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">You </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> know I can't believe it </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="570DBDC9" w14:textId="1AB2668F" w:rsidR="00BB1074" w:rsidRPr="0005042E" w:rsidRDefault="00BB1074" w:rsidP="00BB1074">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">When I </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[Dm]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> hear that you won't </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[Gsus4]</w:t>
+      </w:r>
+      <w:r w:rsidR="000212B6" w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AF"/>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> see </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r w:rsidR="000212B6" w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AF"/>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>me</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4536B710" w14:textId="77777777" w:rsidR="00BB1074" w:rsidRPr="0005042E" w:rsidRDefault="00BB1074" w:rsidP="00BB1074">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[Am]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Don't, don't you </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[Em]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> want me?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F19C1FE" w14:textId="77777777" w:rsidR="00BB1074" w:rsidRPr="0005042E" w:rsidRDefault="00BB1074" w:rsidP="00BB1074">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">You </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> know I don't believe you </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A341DAA" w14:textId="243BFFEF" w:rsidR="00BB1074" w:rsidRPr="0005042E" w:rsidRDefault="00BB1074" w:rsidP="00BB1074">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">When you </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[Dm]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> say that you don't </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[Gsus4]</w:t>
+      </w:r>
+      <w:r w:rsidR="000212B6" w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AF"/>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> need </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r w:rsidR="000212B6" w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AF"/>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>me</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A5C0CCF" w14:textId="77777777" w:rsidR="00BB1074" w:rsidRPr="0005042E" w:rsidRDefault="00BB1074" w:rsidP="00BB1074">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="372E6C55" w14:textId="77777777" w:rsidR="00BB1074" w:rsidRPr="0005042E" w:rsidRDefault="00BB1074" w:rsidP="00BB1074">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">It's </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[A]</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> much too late to find</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AFED1F9" w14:textId="407FCDAF" w:rsidR="00BB1074" w:rsidRPr="0005042E" w:rsidRDefault="000212B6" w:rsidP="00BB1074">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Well</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> you</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB1074" w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB1074" w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[B</w:t>
+      </w:r>
+      <w:r w:rsidR="00B65BBB">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB1074" w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB1074" w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> think you've changed your mind</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CC9EFCE" w14:textId="0BA4DAE1" w:rsidR="00BB1074" w:rsidRPr="0005042E" w:rsidRDefault="00BB1074" w:rsidP="00BB1074">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">You'd </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[Am/C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> better change it back or we will </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[E7]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AF"/>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> both </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AF"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">be </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AF"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>sor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AF"/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>ry</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="1A01B470" w14:textId="5C29F030" w:rsidR="00BB1074" w:rsidRPr="0005042E" w:rsidRDefault="00BB1074" w:rsidP="00BB1074">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Don't you want me </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> baby? </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Don't you want me </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> oh </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> oh </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>oh</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>oh</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="4E73F73E" w14:textId="77777777" w:rsidR="00BB1074" w:rsidRPr="0005042E" w:rsidRDefault="00BB1074" w:rsidP="00BB1074">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="51E0D519" w14:textId="378E3724" w:rsidR="00BB1074" w:rsidRPr="0005042E" w:rsidRDefault="00BB1074" w:rsidP="00BB1074">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[Am]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[Am][F]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[Am]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidR="00132ABF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Am</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="395BF62D" w14:textId="77777777" w:rsidR="00BB1074" w:rsidRPr="0005042E" w:rsidRDefault="00BB1074" w:rsidP="00BB1074">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="17FFEAE0" w14:textId="513840C5" w:rsidR="00BB1074" w:rsidRPr="0005042E" w:rsidRDefault="00BB1074" w:rsidP="00BB1074">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Don't you want me </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> baby? </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Don't you want me </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> oh </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> oh </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>oh</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>oh</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="4FE254A3" w14:textId="51F953F3" w:rsidR="00BB1074" w:rsidRPr="0005042E" w:rsidRDefault="00BB1074" w:rsidP="00BB1074">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Don't you want me </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> baby? </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Don't you want me </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> oh </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> oh </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>oh</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>oh</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="38D5D312" w14:textId="77777777" w:rsidR="00BB1074" w:rsidRPr="0005042E" w:rsidRDefault="00BB1074" w:rsidP="00BB1074">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7E0F3BEB" w14:textId="2392710D" w:rsidR="00BB1074" w:rsidRPr="0005042E" w:rsidRDefault="00BB1074" w:rsidP="00BB1074">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[Am]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[Am][F]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[Am]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[Am]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="297A932B" w14:textId="77777777" w:rsidR="00BB1074" w:rsidRPr="0005042E" w:rsidRDefault="00BB1074" w:rsidP="00BB1074">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5E6CA891" w14:textId="4AC826EB" w:rsidR="00BB1074" w:rsidRPr="009029B0" w:rsidRDefault="00BB1074" w:rsidP="009029B0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Don't you want me </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> baby? </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Don't you want me </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> oh </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> oh </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>oh</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>oh</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009029B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009029B0" w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="009029B0" w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Am]</w:t>
+      </w:r>
+      <w:r w:rsidR="009029B0" w:rsidRPr="0005042E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AF"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F138E4A" w14:textId="77777777" w:rsidR="00A42E3F" w:rsidRDefault="00A42E3F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7B07FAFD" w14:textId="77777777" w:rsidR="004F61C4" w:rsidRDefault="004F61C4" w:rsidP="004F61C4">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7C34B870" wp14:editId="0D949CB2">
+            <wp:extent cx="457200" cy="609600"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="1433071119" name="Picture 1433071119" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\A.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\A.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
@@ -3303,54 +3683,54 @@
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="32694604" wp14:editId="0BAFC2BA">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="194C23D2" wp14:editId="1906E9E3">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="42" name="Picture 42"/>
+            <wp:docPr id="1081077056" name="Picture 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
@@ -3358,703 +3738,770 @@
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="70CE00AE" wp14:editId="29FD0C5F">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="39475E97" wp14:editId="02049862">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="43" name="Picture 43"/>
+            <wp:docPr id="1519905512" name="Picture 1519905512"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 2"/>
+                    <pic:cNvPr id="0" name="Picture 1"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6BD06769" wp14:editId="351C0B40">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="05568CB2" wp14:editId="646038C5">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="44" name="Picture 44" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\C.png"/>
+            <wp:docPr id="1023372833" name="Picture 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 3" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\C.png"/>
+                    <pic:cNvPr id="0" name="Picture 1"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0FE86381" wp14:editId="613E09C1">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5A6EBF90" wp14:editId="65B7D858">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="45" name="Picture 45" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\Dm.png"/>
+            <wp:docPr id="218023703" name="Picture 218023703" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\C.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 5" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\Dm.png"/>
+                    <pic:cNvPr id="0" name="Picture 3" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\C.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId9">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="24090C4E" wp14:editId="0A29C1FD">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="58F38A6C" wp14:editId="12124500">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="46" name="Picture 46" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\Em.png"/>
+            <wp:docPr id="2107237806" name="Picture 2107237806" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\Dm.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 6" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\Em.png"/>
+                    <pic:cNvPr id="0" name="Picture 5" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\Dm.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId10">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7F03BC7B" wp14:editId="4D62B604">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="61EDDCD3" wp14:editId="7D3D83F5">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="47" name="Picture 47" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\E7.png"/>
+            <wp:docPr id="1738815394" name="Picture 1738815394" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\Em.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 9" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\E7.png"/>
+                    <pic:cNvPr id="0" name="Picture 6" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\Em.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId11">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5EED90B1" wp14:editId="5AD4BCF4">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3BFC5121" wp14:editId="59C13408">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="48" name="Picture 48" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\F.png"/>
+            <wp:docPr id="1182608588" name="Picture 1182608588" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\E7.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 7" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\F.png"/>
+                    <pic:cNvPr id="0" name="Picture 9" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\E7.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2E61B0A3" wp14:editId="74C22871">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="63F5F6F6" wp14:editId="6E103652">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="49" name="Picture 49" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\G.png"/>
+            <wp:docPr id="197864827" name="Picture 197864827" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\F.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 8" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\G.png"/>
+                    <pic:cNvPr id="0" name="Picture 7" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\F.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId13">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="57965EFA" wp14:editId="3EC67443">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7F00EAC3" wp14:editId="613B2829">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="50" name="Picture 50"/>
+            <wp:docPr id="816626346" name="Picture 816626346" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\G.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 3"/>
+                    <pic:cNvPr id="0" name="Picture 8" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\G.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId14">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="35808755" wp14:editId="1ED4AAF0">
+            <wp:extent cx="457200" cy="609600"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="1676756517" name="Picture 1676756517"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 3"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId15">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="457200" cy="609600"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
     </w:p>
     <w:p w14:paraId="66EACD0D" w14:textId="77777777" w:rsidR="00B043CF" w:rsidRDefault="00B043CF" w:rsidP="00110521">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="58C96255" w14:textId="212F291C" w:rsidR="00B043CF" w:rsidRPr="004E65B6" w:rsidRDefault="00B756A2" w:rsidP="00110521">
+    <w:p w14:paraId="58C96255" w14:textId="212F291C" w:rsidR="00B043CF" w:rsidRPr="004E65B6" w:rsidRDefault="00B043CF" w:rsidP="00110521">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId15" w:history="1">
-        <w:r w:rsidR="00B043CF" w:rsidRPr="00055195">
+      <w:hyperlink r:id="rId16" w:history="1">
+        <w:r w:rsidRPr="00055195">
           <w:rPr>
             <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Lucida Console"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>www.bytownukulele.ca</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr w:rsidR="00B043CF" w:rsidRPr="004E65B6" w:rsidSect="00D4034F">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="450" w:right="180" w:bottom="284" w:left="900" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
-    <w:family w:val="roman"/>
-    <w:notTrueType/>
+    <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="00000000" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="61002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Console">
     <w:panose1 w:val="020B0609040504020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="8000028F" w:usb1="00001800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000001F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="150"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00BB1074"/>
+    <w:rsid w:val="00016F01"/>
+    <w:rsid w:val="000212B6"/>
     <w:rsid w:val="000961DF"/>
     <w:rsid w:val="000A348C"/>
     <w:rsid w:val="000D00ED"/>
     <w:rsid w:val="00110521"/>
     <w:rsid w:val="00132109"/>
+    <w:rsid w:val="00132ABF"/>
     <w:rsid w:val="00161445"/>
     <w:rsid w:val="0017786C"/>
     <w:rsid w:val="001E2271"/>
+    <w:rsid w:val="00214EE1"/>
     <w:rsid w:val="00252E97"/>
     <w:rsid w:val="002B56B4"/>
     <w:rsid w:val="003442C9"/>
     <w:rsid w:val="00414418"/>
     <w:rsid w:val="0047277F"/>
     <w:rsid w:val="00490D27"/>
     <w:rsid w:val="004E65B6"/>
+    <w:rsid w:val="004F61C4"/>
     <w:rsid w:val="00531581"/>
     <w:rsid w:val="00550EFA"/>
     <w:rsid w:val="006230AD"/>
     <w:rsid w:val="006325CA"/>
     <w:rsid w:val="007320F1"/>
     <w:rsid w:val="007E4748"/>
     <w:rsid w:val="0082492D"/>
     <w:rsid w:val="00866CDE"/>
+    <w:rsid w:val="009029B0"/>
+    <w:rsid w:val="009676B8"/>
     <w:rsid w:val="00972E99"/>
     <w:rsid w:val="00A42E3F"/>
     <w:rsid w:val="00A569E6"/>
     <w:rsid w:val="00A902E9"/>
     <w:rsid w:val="00A92235"/>
     <w:rsid w:val="00A9741C"/>
     <w:rsid w:val="00AB09B4"/>
     <w:rsid w:val="00AD3A18"/>
     <w:rsid w:val="00B043CF"/>
     <w:rsid w:val="00B16743"/>
+    <w:rsid w:val="00B65BBB"/>
+    <w:rsid w:val="00B745E0"/>
     <w:rsid w:val="00B756A2"/>
     <w:rsid w:val="00BB1074"/>
+    <w:rsid w:val="00BC40C0"/>
     <w:rsid w:val="00C5218C"/>
     <w:rsid w:val="00CA07D7"/>
     <w:rsid w:val="00D4034F"/>
     <w:rsid w:val="00D66B4B"/>
     <w:rsid w:val="00D84579"/>
     <w:rsid w:val="00DB1F9F"/>
     <w:rsid w:val="00E04FCE"/>
+    <w:rsid w:val="00E46B02"/>
     <w:rsid w:val="00F81E40"/>
+    <w:rsid w:val="00F9416A"/>
     <w:rsid w:val="00F96D25"/>
     <w:rsid w:val="00FB061D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="64E9C254"/>
   <w14:defaultImageDpi w14:val="300"/>
   <w15:docId w15:val="{099B820E-158D-470B-9E21-695CE2EE3EDC}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -4499,57 +4946,57 @@
     <w:unhideWhenUsed/>
     <w:rsid w:val="007320F1"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="007320F1"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bytownukulele.ca" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bytownukulele.ca" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///D:\BUG%20Regular%20Jam%20Playlists\2021\TEMPLATE%20FOR%20SONGSHEET.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -4854,76 +5301,76 @@
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{75A02CBF-9B6D-4C04-98ED-B5E96D8DF686}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>TEMPLATE FOR SONGSHEET</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
   <Words>361</Words>
-  <Characters>2063</Characters>
+  <Characters>2060</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>17</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Headings</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr>Title</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2420</CharactersWithSpaces>
+  <CharactersWithSpaces>2417</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Sue Rogers</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>