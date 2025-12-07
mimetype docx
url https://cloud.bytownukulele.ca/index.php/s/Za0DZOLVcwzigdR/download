--- v0 (2025-10-31)
+++ v1 (2025-12-07)
@@ -2444,264 +2444,264 @@
         <w:t xml:space="preserve"> I was a-</w:t>
       </w:r>
       <w:r w:rsidRPr="0069683D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
       <w:r w:rsidR="00724F9F" w:rsidRPr="009800D6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>lone (hah)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="204F93E0" w14:textId="55203554" w:rsidR="00724F9F" w:rsidRDefault="0099501E" w:rsidP="009800D6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-          <w:highlight w:val="cyan"/>
+      <w:r w:rsidRPr="00371910">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>O</w:t>
       </w:r>
-      <w:r w:rsidR="0069518B">
-[...3 lines deleted...]
-          <w:highlight w:val="cyan"/>
+      <w:r w:rsidR="0069518B" w:rsidRPr="00371910">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>h</w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-          <w:highlight w:val="cyan"/>
+      <w:r w:rsidRPr="00371910">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="00724F9F" w:rsidRPr="00987ABF">
-[...3 lines deleted...]
-          <w:highlight w:val="cyan"/>
+      <w:r w:rsidR="00724F9F" w:rsidRPr="00371910">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
-      <w:r w:rsidR="0069518B">
-[...3 lines deleted...]
-          <w:highlight w:val="cyan"/>
+      <w:r w:rsidR="0069518B" w:rsidRPr="00371910">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>oo</w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-          <w:highlight w:val="cyan"/>
+      <w:r w:rsidRPr="00371910">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="00724F9F" w:rsidRPr="00987ABF">
-[...3 lines deleted...]
-          <w:highlight w:val="cyan"/>
+      <w:r w:rsidR="00724F9F" w:rsidRPr="00371910">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>w</w:t>
       </w:r>
-      <w:r w:rsidR="009800D6" w:rsidRPr="00987ABF">
-[...3 lines deleted...]
-          <w:highlight w:val="cyan"/>
+      <w:r w:rsidR="009800D6" w:rsidRPr="00371910">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
-      <w:r w:rsidR="00987ABF">
-[...3 lines deleted...]
-          <w:highlight w:val="cyan"/>
+      <w:r w:rsidR="00987ABF" w:rsidRPr="00371910">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="0069683D" w:rsidRPr="0069683D">
-[...4 lines deleted...]
-          <w:highlight w:val="cyan"/>
+      <w:r w:rsidR="0069683D" w:rsidRPr="00371910">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>[D]</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="005773AD" w:rsidRPr="005773AD">
-[...2 lines deleted...]
-          <w:highlight w:val="cyan"/>
+      <w:r w:rsidR="005773AD" w:rsidRPr="00371910">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
-      <w:r w:rsidR="0069518B">
-[...3 lines deleted...]
-          <w:highlight w:val="cyan"/>
+      <w:r w:rsidR="0069518B" w:rsidRPr="00371910">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>z</w:t>
       </w:r>
-      <w:r w:rsidR="00724F9F" w:rsidRPr="00987ABF">
-[...3 lines deleted...]
-          <w:highlight w:val="cyan"/>
+      <w:r w:rsidR="00724F9F" w:rsidRPr="00371910">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>in</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00724F9F" w:rsidRPr="00987ABF">
-[...3 lines deleted...]
-          <w:highlight w:val="cyan"/>
+      <w:r w:rsidR="00724F9F" w:rsidRPr="00371910">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00724F9F" w:rsidRPr="000025EC">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">(hah) </w:t>
       </w:r>
-      <w:r w:rsidR="0069518B">
-[...3 lines deleted...]
-          <w:highlight w:val="cyan"/>
+      <w:r w:rsidR="0069518B" w:rsidRPr="00371910">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>ap-kill</w:t>
       </w:r>
-      <w:r w:rsidR="00A56106">
-[...3 lines deleted...]
-          <w:highlight w:val="cyan"/>
+      <w:r w:rsidR="00A56106" w:rsidRPr="00371910">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="009800D6" w:rsidRPr="00987ABF">
-[...3 lines deleted...]
-          <w:highlight w:val="cyan"/>
+      <w:r w:rsidR="009800D6" w:rsidRPr="00371910">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-          <w:highlight w:val="cyan"/>
+      <w:r w:rsidRPr="00371910">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
-      <w:r w:rsidR="00987ABF">
-[...3 lines deleted...]
-          <w:highlight w:val="cyan"/>
+      <w:r w:rsidR="00987ABF" w:rsidRPr="00371910">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="0069683D" w:rsidRPr="0069683D">
-[...4 lines deleted...]
-          <w:highlight w:val="cyan"/>
+      <w:r w:rsidR="0069683D" w:rsidRPr="00371910">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>[Em]</w:t>
       </w:r>
-      <w:r w:rsidR="008944D7" w:rsidRPr="008944D7">
-[...2 lines deleted...]
-          <w:highlight w:val="cyan"/>
+      <w:r w:rsidR="008944D7" w:rsidRPr="00371910">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>g</w:t>
       </w:r>
-      <w:r w:rsidR="0069518B">
-[...3 lines deleted...]
-          <w:highlight w:val="cyan"/>
+      <w:r w:rsidR="0069518B" w:rsidRPr="00371910">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>ay</w:t>
       </w:r>
-      <w:r w:rsidR="007D5541">
-[...3 lines deleted...]
-          <w:highlight w:val="cyan"/>
+      <w:r w:rsidR="007D5541" w:rsidRPr="00371910">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="0069518B">
-[...3 lines deleted...]
-          <w:highlight w:val="cyan"/>
+      <w:r w:rsidR="0069518B" w:rsidRPr="00371910">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>ay</w:t>
       </w:r>
-      <w:r w:rsidR="008944D7">
-[...3 lines deleted...]
-          <w:highlight w:val="cyan"/>
+      <w:r w:rsidR="008944D7" w:rsidRPr="00371910">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="0069518B">
-[...3 lines deleted...]
-          <w:highlight w:val="cyan"/>
+      <w:r w:rsidR="0069518B" w:rsidRPr="00371910">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>ay</w:t>
       </w:r>
       <w:r w:rsidR="000025EC">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00724F9F" w:rsidRPr="000025EC">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>(ah</w:t>
       </w:r>
       <w:r w:rsidR="007D5541" w:rsidRPr="000025EC">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>, ah, ah</w:t>
       </w:r>
       <w:r w:rsidR="00724F9F" w:rsidRPr="000025EC">
@@ -3397,87 +3397,87 @@
           <w:bCs/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="009800D6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>aid</w:t>
       </w:r>
       <w:r w:rsidR="00987ABF">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="009800D6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0099501E" w:rsidRPr="00A56106">
-[...3 lines deleted...]
-          <w:highlight w:val="cyan"/>
+      <w:r w:rsidR="0099501E" w:rsidRPr="00371910">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>coo-do</w:t>
       </w:r>
-      <w:r w:rsidR="005773AD">
-[...3 lines deleted...]
-          <w:highlight w:val="cyan"/>
+      <w:r w:rsidR="005773AD" w:rsidRPr="00371910">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
-      <w:r w:rsidR="0099501E" w:rsidRPr="00A56106">
-[...3 lines deleted...]
-          <w:highlight w:val="cyan"/>
+      <w:r w:rsidR="0099501E" w:rsidRPr="00371910">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>-s</w:t>
       </w:r>
-      <w:r w:rsidR="005773AD">
-[...3 lines deleted...]
-          <w:highlight w:val="cyan"/>
+      <w:r w:rsidR="005773AD" w:rsidRPr="00371910">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidR="0099501E" w:rsidRPr="00A56106">
-[...3 lines deleted...]
-          <w:highlight w:val="cyan"/>
+      <w:r w:rsidR="0099501E" w:rsidRPr="00371910">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="009800D6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004D392A" w:rsidRPr="009800D6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidRPr="009800D6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">n </w:t>
       </w:r>
       <w:r w:rsidR="004D392A" w:rsidRPr="009800D6">
@@ -4602,193 +4602,193 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C53206" w:rsidRPr="009800D6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>v</w:t>
       </w:r>
       <w:r w:rsidRPr="009800D6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>oices</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17A504B8" w14:textId="2C508664" w:rsidR="009800D6" w:rsidRDefault="009800D6" w:rsidP="009800D6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009800D6">
-[...3 lines deleted...]
-          <w:highlight w:val="cyan"/>
+      <w:r w:rsidRPr="00371910">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>Y</w:t>
       </w:r>
-      <w:r w:rsidR="00254C5D">
-[...3 lines deleted...]
-          <w:highlight w:val="cyan"/>
+      <w:r w:rsidR="00254C5D" w:rsidRPr="00371910">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>oung-</w:t>
       </w:r>
-      <w:r w:rsidRPr="009800D6">
-[...3 lines deleted...]
-          <w:highlight w:val="cyan"/>
+      <w:r w:rsidRPr="00371910">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>won</w:t>
       </w:r>
-      <w:r w:rsidR="00254C5D">
-[...3 lines deleted...]
-          <w:highlight w:val="cyan"/>
+      <w:r w:rsidR="00254C5D" w:rsidRPr="00371910">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="005773AD">
-[...3 lines deleted...]
-          <w:highlight w:val="cyan"/>
+      <w:r w:rsidR="005773AD" w:rsidRPr="00371910">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>he</w:t>
       </w:r>
-      <w:r w:rsidRPr="009800D6">
-[...11 lines deleted...]
-          <w:highlight w:val="cyan"/>
+      <w:r w:rsidRPr="00371910">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00254C5D" w:rsidRPr="00371910">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>kay-</w:t>
       </w:r>
-      <w:r w:rsidR="005773AD">
-[...3 lines deleted...]
-          <w:highlight w:val="cyan"/>
+      <w:r w:rsidR="005773AD" w:rsidRPr="00371910">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
-      <w:r w:rsidRPr="009800D6">
-[...3 lines deleted...]
-          <w:highlight w:val="cyan"/>
+      <w:r w:rsidRPr="00371910">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>il</w:t>
       </w:r>
-      <w:r w:rsidR="0099501E">
-[...3 lines deleted...]
-          <w:highlight w:val="cyan"/>
+      <w:r w:rsidR="0099501E" w:rsidRPr="00371910">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>l</w:t>
       </w:r>
-      <w:r w:rsidRPr="009800D6">
-[...11 lines deleted...]
-          <w:highlight w:val="cyan"/>
+      <w:r w:rsidRPr="00371910">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0099501E" w:rsidRPr="00371910">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="005773AD">
-[...3 lines deleted...]
-          <w:highlight w:val="cyan"/>
+      <w:r w:rsidR="005773AD" w:rsidRPr="00371910">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>ue</w:t>
       </w:r>
-      <w:r w:rsidR="008944D7">
-[...3 lines deleted...]
-          <w:highlight w:val="cyan"/>
+      <w:r w:rsidR="008944D7" w:rsidRPr="00371910">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="008944D7" w:rsidRPr="0069683D">
-[...4 lines deleted...]
-          <w:highlight w:val="cyan"/>
+      <w:r w:rsidR="008944D7" w:rsidRPr="00371910">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
-      <w:r w:rsidR="005773AD">
-[...3 lines deleted...]
-          <w:highlight w:val="cyan"/>
+      <w:r w:rsidR="005773AD" w:rsidRPr="00371910">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>om</w:t>
       </w:r>
-      <w:r w:rsidR="0099501E" w:rsidRPr="0099501E">
-[...3 lines deleted...]
-          <w:highlight w:val="cyan"/>
+      <w:r w:rsidR="0099501E" w:rsidRPr="00371910">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="0099501E" w:rsidRPr="0099501E">
-[...3 lines deleted...]
-          <w:highlight w:val="cyan"/>
+      <w:r w:rsidR="0099501E" w:rsidRPr="00371910">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>nin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="477D3C32" w14:textId="4AD3EDBC" w:rsidR="00724F9F" w:rsidRPr="009800D6" w:rsidRDefault="0069683D" w:rsidP="009800D6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0069683D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[D]</w:t>
       </w:r>
       <w:r w:rsidR="00D46263">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
@@ -6961,169 +6961,81 @@
         </w:rPr>
         <w:t>[D]</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009800D6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>voices</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BF90FDD" w14:textId="77777777" w:rsidR="005773AD" w:rsidRDefault="005773AD" w:rsidP="005773AD">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009800D6">
-[...92 lines deleted...]
-          <w:highlight w:val="cyan"/>
+      <w:r w:rsidRPr="00371910">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Young-won-he kay-till sue-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00371910">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
-      <w:r>
-[...13 lines deleted...]
-        <w:t>-</w:t>
+      <w:r w:rsidRPr="00371910">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>om-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="0099501E">
-[...3 lines deleted...]
-          <w:highlight w:val="cyan"/>
+      <w:r w:rsidRPr="00371910">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>nin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="181B8A74" w14:textId="51A58D12" w:rsidR="007B0663" w:rsidRPr="009800D6" w:rsidRDefault="0069683D" w:rsidP="007B0663">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0069683D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[D]</w:t>
       </w:r>
       <w:r w:rsidR="007B0663">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
@@ -7989,150 +7901,150 @@
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Open Sans"/>
           <w:color w:val="212121"/>
         </w:rPr>
         <w:t>lowin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00724F9F" w:rsidRPr="009800D6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Open Sans"/>
           <w:color w:val="212121"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4077A0F4" w14:textId="52DEECBD" w:rsidR="009800D6" w:rsidRPr="00F25637" w:rsidRDefault="005A335F" w:rsidP="009800D6">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Open Sans"/>
           <w:color w:val="212121"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F25637">
-[...3 lines deleted...]
-          <w:highlight w:val="cyan"/>
+      <w:r w:rsidRPr="00371910">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Open Sans"/>
+          <w:color w:val="212121"/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>Pie-</w:t>
       </w:r>
-      <w:r w:rsidR="00F25637" w:rsidRPr="00F25637">
-[...4 lines deleted...]
-          <w:highlight w:val="cyan"/>
+      <w:r w:rsidR="00F25637" w:rsidRPr="00371910">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Open Sans"/>
+          <w:b/>
+          <w:color w:val="212121"/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>[Em]</w:t>
       </w:r>
-      <w:r w:rsidR="005773AD">
-[...3 lines deleted...]
-          <w:highlight w:val="cyan"/>
+      <w:r w:rsidR="005773AD" w:rsidRPr="00371910">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Open Sans"/>
+          <w:color w:val="212121"/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>gay</w:t>
       </w:r>
-      <w:r w:rsidR="007B0663" w:rsidRPr="00F25637">
-[...11 lines deleted...]
-          <w:highlight w:val="cyan"/>
+      <w:r w:rsidR="007B0663" w:rsidRPr="00371910">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Open Sans"/>
+          <w:color w:val="212121"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00371910">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Open Sans"/>
+          <w:color w:val="212121"/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>pee-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00F25637">
-[...3 lines deleted...]
-          <w:highlight w:val="cyan"/>
+      <w:r w:rsidRPr="00371910">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Open Sans"/>
+          <w:color w:val="212121"/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>na</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00F25637">
-[...3 lines deleted...]
-          <w:highlight w:val="cyan"/>
+      <w:r w:rsidRPr="00371910">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Open Sans"/>
+          <w:color w:val="212121"/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00F25637">
-[...3 lines deleted...]
-          <w:highlight w:val="cyan"/>
+      <w:r w:rsidRPr="00371910">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Open Sans"/>
+          <w:color w:val="212121"/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
-      <w:r w:rsidR="005773AD">
-[...3 lines deleted...]
-          <w:highlight w:val="cyan"/>
+      <w:r w:rsidR="005773AD" w:rsidRPr="00371910">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Open Sans"/>
+          <w:color w:val="212121"/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>in</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00724F9F" w:rsidRPr="00F25637">
-[...3 lines deleted...]
-          <w:highlight w:val="cyan"/>
+      <w:r w:rsidR="00724F9F" w:rsidRPr="00371910">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Open Sans"/>
+          <w:color w:val="212121"/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="005773AD">
-[...3 lines deleted...]
-          <w:highlight w:val="cyan"/>
+      <w:r w:rsidR="005773AD" w:rsidRPr="00371910">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Open Sans"/>
+          <w:color w:val="212121"/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>oo</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="005773AD">
-[...3 lines deleted...]
-          <w:highlight w:val="cyan"/>
+      <w:r w:rsidR="005773AD" w:rsidRPr="00371910">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Open Sans"/>
+          <w:color w:val="212121"/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>-dean</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="66A8C88C" w14:textId="08CBE2B5" w:rsidR="009800D6" w:rsidRPr="009800D6" w:rsidRDefault="00724F9F" w:rsidP="009800D6">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Open Sans"/>
           <w:color w:val="212121"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009800D6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Open Sans"/>
           <w:color w:val="212121"/>
         </w:rPr>
         <w:t xml:space="preserve">You </w:t>
       </w:r>
       <w:r w:rsidR="009800D6" w:rsidRPr="009800D6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Open Sans"/>
           <w:color w:val="212121"/>
@@ -10546,94 +10458,97 @@
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00724F9F"/>
     <w:rsid w:val="000025EC"/>
     <w:rsid w:val="000076D2"/>
     <w:rsid w:val="000961DF"/>
     <w:rsid w:val="000A348C"/>
     <w:rsid w:val="000D00ED"/>
     <w:rsid w:val="000F7214"/>
     <w:rsid w:val="00110521"/>
     <w:rsid w:val="00132109"/>
     <w:rsid w:val="001470E6"/>
     <w:rsid w:val="00161445"/>
     <w:rsid w:val="0017786C"/>
     <w:rsid w:val="001A030B"/>
     <w:rsid w:val="001C26FA"/>
     <w:rsid w:val="001E2271"/>
     <w:rsid w:val="001E247C"/>
     <w:rsid w:val="00252E97"/>
     <w:rsid w:val="00254C53"/>
     <w:rsid w:val="00254C5D"/>
     <w:rsid w:val="002A4FCE"/>
     <w:rsid w:val="002B56B4"/>
     <w:rsid w:val="003324A4"/>
     <w:rsid w:val="003442C9"/>
+    <w:rsid w:val="00371910"/>
     <w:rsid w:val="003C0E0E"/>
     <w:rsid w:val="00414418"/>
     <w:rsid w:val="0047277F"/>
     <w:rsid w:val="00490D27"/>
     <w:rsid w:val="004D392A"/>
     <w:rsid w:val="004E65B6"/>
     <w:rsid w:val="00531581"/>
     <w:rsid w:val="00550EFA"/>
     <w:rsid w:val="005543FD"/>
     <w:rsid w:val="005773AD"/>
     <w:rsid w:val="005A335F"/>
     <w:rsid w:val="006230AD"/>
     <w:rsid w:val="006325CA"/>
     <w:rsid w:val="00637820"/>
     <w:rsid w:val="006730CA"/>
     <w:rsid w:val="0069518B"/>
     <w:rsid w:val="0069683D"/>
     <w:rsid w:val="00716A8B"/>
     <w:rsid w:val="00724F9F"/>
     <w:rsid w:val="007320F1"/>
     <w:rsid w:val="007B0663"/>
     <w:rsid w:val="007C3BC7"/>
     <w:rsid w:val="007D5541"/>
     <w:rsid w:val="007E4748"/>
     <w:rsid w:val="0082492D"/>
     <w:rsid w:val="00866CDE"/>
     <w:rsid w:val="008944D7"/>
     <w:rsid w:val="008973EA"/>
     <w:rsid w:val="00924B54"/>
     <w:rsid w:val="00964EB9"/>
     <w:rsid w:val="00972E99"/>
     <w:rsid w:val="009800D6"/>
     <w:rsid w:val="00987ABF"/>
     <w:rsid w:val="0099501E"/>
     <w:rsid w:val="00A029D3"/>
     <w:rsid w:val="00A42E3F"/>
     <w:rsid w:val="00A56106"/>
     <w:rsid w:val="00A569E6"/>
     <w:rsid w:val="00A902E9"/>
     <w:rsid w:val="00A92235"/>
     <w:rsid w:val="00A931B2"/>
     <w:rsid w:val="00A9741C"/>
     <w:rsid w:val="00AB09B4"/>
+    <w:rsid w:val="00AC7243"/>
     <w:rsid w:val="00AD3A18"/>
+    <w:rsid w:val="00AF1EAD"/>
     <w:rsid w:val="00B01527"/>
     <w:rsid w:val="00B043CF"/>
     <w:rsid w:val="00B16743"/>
     <w:rsid w:val="00BB114B"/>
     <w:rsid w:val="00C03184"/>
     <w:rsid w:val="00C12D3B"/>
     <w:rsid w:val="00C33AFB"/>
     <w:rsid w:val="00C5218C"/>
     <w:rsid w:val="00C53206"/>
     <w:rsid w:val="00C63AAB"/>
     <w:rsid w:val="00CA07D7"/>
     <w:rsid w:val="00D113AB"/>
     <w:rsid w:val="00D4034F"/>
     <w:rsid w:val="00D46263"/>
     <w:rsid w:val="00D66B4B"/>
     <w:rsid w:val="00D72B4C"/>
     <w:rsid w:val="00D84579"/>
     <w:rsid w:val="00DA5682"/>
     <w:rsid w:val="00DB1D35"/>
     <w:rsid w:val="00DB1F9F"/>
     <w:rsid w:val="00E04FCE"/>
     <w:rsid w:val="00E22FFC"/>
     <w:rsid w:val="00E4311E"/>
     <w:rsid w:val="00F05296"/>
     <w:rsid w:val="00F25637"/>