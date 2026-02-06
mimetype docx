--- v0 (2026-01-17)
+++ v1 (2026-02-06)
@@ -9,317 +9,311 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="7D73E618" w14:textId="320C56D0" w:rsidR="0082492D" w:rsidRPr="00A902E9" w:rsidRDefault="00462013" w:rsidP="00DB1F9F">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Love Is Like A Butterfly</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="624F3501" w14:textId="4135C49E" w:rsidR="00972E99" w:rsidRPr="00A902E9" w:rsidRDefault="00462013">
-[...18 lines deleted...]
-    <w:p w14:paraId="13B1652C" w14:textId="77777777" w:rsidR="00972E99" w:rsidRPr="00C36DD8" w:rsidRDefault="00972E99">
+    <w:p w14:paraId="04801F9B" w14:textId="77777777" w:rsidR="000E1390" w:rsidRPr="00A902E9" w:rsidRDefault="000E1390" w:rsidP="000E1390">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>Dolly Parton 1974</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="424921A6" w14:textId="77777777" w:rsidR="000E1390" w:rsidRPr="00C36DD8" w:rsidRDefault="000E1390" w:rsidP="000E1390">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1782FB7D" w14:textId="173A9DCE" w:rsidR="007320F1" w:rsidRDefault="00A569E6">
+    <w:p w14:paraId="0A9CBAD2" w14:textId="77777777" w:rsidR="000E1390" w:rsidRDefault="000E1390" w:rsidP="000E1390">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="62CAE1BC" wp14:editId="65624880">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="39725AC7" wp14:editId="731150F1">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="22" name="Picture 22" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\Bb.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\Bb.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="00110521">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="651607D6" wp14:editId="1D35D21E">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7A5B26C8" wp14:editId="15EBC2F7">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="3" name="Picture 3" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\C.png"/>
+            <wp:docPr id="412725200" name="Picture 412725200" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\C.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\C.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="00533557">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4E0EC4C8" wp14:editId="279FFFAE">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="10A33E66" wp14:editId="619D792A">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="2113682903" name="Picture 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="00110521">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="61376A08" wp14:editId="3EC4A4C1">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="713E1D3E" wp14:editId="76F4BD52">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="7" name="Picture 7" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\F.png"/>
+            <wp:docPr id="673566434" name="Picture 673566434" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\F.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 7" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\F.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="00110521">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5D761184" wp14:editId="158AE293">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="260FDEEA" wp14:editId="49E76EAE">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="8" name="Picture 8" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\G.png"/>
+            <wp:docPr id="2083122163" name="Picture 2083122163" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\G.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 8" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\G.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId9">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
@@ -327,1549 +321,1402 @@
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0C22F148" wp14:editId="338EFC66">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4E8DE17A" wp14:editId="340FDE1D">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="23" name="Picture 23" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\G7.png"/>
+            <wp:docPr id="1686604158" name="Picture 1686604158" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\G7.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\G7.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId10">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16F6AE39" w14:textId="77777777" w:rsidR="007320F1" w:rsidRPr="00C36DD8" w:rsidRDefault="007320F1">
+    <w:p w14:paraId="39B7B1C7" w14:textId="77777777" w:rsidR="000E1390" w:rsidRPr="00C36DD8" w:rsidRDefault="000E1390" w:rsidP="000E1390">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="33026D88" w14:textId="0F76924B" w:rsidR="00320063" w:rsidRDefault="00972E99">
+    <w:p w14:paraId="572BEE91" w14:textId="77777777" w:rsidR="000E1390" w:rsidRDefault="000E1390" w:rsidP="000E1390">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A902E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
-        <w:t>INTRO:</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">  </w:t>
+        <w:t>INTRO:  / 1 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A902E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
-      <w:r w:rsidR="00252E97" w:rsidRPr="00A902E9">
-[...6 lines deleted...]
-      <w:r w:rsidR="00320063">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1 2 /</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A902E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A902E9" w:rsidRPr="00A902E9">
-[...21 lines deleted...]
-    <w:p w14:paraId="0C010C74" w14:textId="77777777" w:rsidR="00320063" w:rsidRPr="00C36DD8" w:rsidRDefault="00320063">
+    </w:p>
+    <w:p w14:paraId="4B6C1142" w14:textId="77777777" w:rsidR="000E1390" w:rsidRPr="00C36DD8" w:rsidRDefault="000E1390" w:rsidP="000E1390">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="108682F2" w14:textId="1E996325" w:rsidR="00972E99" w:rsidRDefault="00533557">
+    <w:p w14:paraId="0BDEEFFD" w14:textId="77777777" w:rsidR="000E1390" w:rsidRDefault="000E1390" w:rsidP="000E1390">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00533557">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>[F][G7]</w:t>
       </w:r>
-      <w:r w:rsidR="00320063">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> / </w:t>
       </w:r>
       <w:r w:rsidRPr="00533557">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>[C]</w:t>
       </w:r>
-      <w:r w:rsidR="00A902E9" w:rsidRPr="00A902E9">
+      <w:r w:rsidRPr="00A902E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> / </w:t>
       </w:r>
       <w:r w:rsidRPr="00533557">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>[Bb][F]</w:t>
       </w:r>
-      <w:r w:rsidR="00A902E9" w:rsidRPr="00A902E9">
+      <w:r w:rsidRPr="00A902E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> /</w:t>
       </w:r>
-      <w:r w:rsidR="00462013">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00533557">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>[C]</w:t>
       </w:r>
-      <w:r w:rsidR="00462013">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533557">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> /</w:t>
       </w:r>
-      <w:r w:rsidR="00320063">
-[...21 lines deleted...]
-    <w:p w14:paraId="7EB58AF9" w14:textId="77777777" w:rsidR="00462013" w:rsidRPr="00C8167C" w:rsidRDefault="00462013" w:rsidP="00462013">
+    </w:p>
+    <w:p w14:paraId="02A97CAE" w14:textId="77777777" w:rsidR="000E1390" w:rsidRPr="00C8167C" w:rsidRDefault="000E1390" w:rsidP="000E1390">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4840688A" w14:textId="4FE093D6" w:rsidR="00462013" w:rsidRPr="00462013" w:rsidRDefault="00462013" w:rsidP="00462013">
+    <w:p w14:paraId="3B20C26E" w14:textId="77777777" w:rsidR="000E1390" w:rsidRPr="00462013" w:rsidRDefault="000E1390" w:rsidP="000E1390">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00462013">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>CHORUS:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B47C8E8" w14:textId="52604CCD" w:rsidR="00462013" w:rsidRPr="00462013" w:rsidRDefault="00533557" w:rsidP="00462013">
-[...14 lines deleted...]
-      <w:r w:rsidR="00462013" w:rsidRPr="00462013">
+    <w:p w14:paraId="72CFB7AC" w14:textId="77777777" w:rsidR="000E1390" w:rsidRPr="00462013" w:rsidRDefault="000E1390" w:rsidP="000E1390">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00533557">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00462013">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> Love is like a butterfly</w:t>
       </w:r>
-      <w:r w:rsidR="002F0ABB">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00462013" w:rsidRPr="00462013">
+      <w:r w:rsidRPr="00462013">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> as </w:t>
       </w:r>
       <w:r w:rsidRPr="00533557">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[F]</w:t>
       </w:r>
-      <w:r w:rsidR="00462013" w:rsidRPr="00462013">
+      <w:r w:rsidRPr="00462013">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> soft and </w:t>
       </w:r>
       <w:r w:rsidRPr="00533557">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[G7]</w:t>
       </w:r>
-      <w:r w:rsidR="00320063">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00462013" w:rsidRPr="00462013">
+      <w:r w:rsidRPr="00462013">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">gentle </w:t>
       </w:r>
       <w:r w:rsidRPr="00533557">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[C]</w:t>
       </w:r>
-      <w:r w:rsidR="00462013" w:rsidRPr="00462013">
+      <w:r w:rsidRPr="00462013">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> as a sigh </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BF321DB" w14:textId="7C649FE8" w:rsidR="00462013" w:rsidRPr="00462013" w:rsidRDefault="00462013" w:rsidP="00462013">
+    <w:p w14:paraId="25C63DCB" w14:textId="77777777" w:rsidR="000E1390" w:rsidRPr="00462013" w:rsidRDefault="000E1390" w:rsidP="000E1390">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00462013">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
-      <w:r w:rsidR="00533557" w:rsidRPr="00533557">
+      <w:r w:rsidRPr="00533557">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[F]</w:t>
       </w:r>
       <w:r w:rsidRPr="00462013">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> multi</w:t>
       </w:r>
-      <w:r w:rsidR="00A8707C">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="00992182" w:rsidRPr="00992182">
+      <w:r w:rsidRPr="00992182">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00462013">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>coloured</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00462013">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00533557" w:rsidRPr="00533557">
+      <w:r w:rsidRPr="00533557">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[C]</w:t>
       </w:r>
       <w:r w:rsidRPr="00462013">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> moods of love are </w:t>
       </w:r>
-      <w:r w:rsidR="00533557" w:rsidRPr="00533557">
+      <w:r w:rsidRPr="00533557">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[Bb]</w:t>
       </w:r>
       <w:r w:rsidRPr="00462013">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> like its </w:t>
       </w:r>
-      <w:r w:rsidR="00533557" w:rsidRPr="00533557">
+      <w:r w:rsidRPr="00533557">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[F]</w:t>
       </w:r>
       <w:r w:rsidRPr="00462013">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> satin </w:t>
       </w:r>
-      <w:r w:rsidR="00533557" w:rsidRPr="00533557">
+      <w:r w:rsidRPr="00533557">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[C]</w:t>
       </w:r>
       <w:r w:rsidRPr="00462013">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> wings </w:t>
       </w:r>
-      <w:r w:rsidR="00533557" w:rsidRPr="00533557">
-[...8 lines deleted...]
-    <w:p w14:paraId="2966A387" w14:textId="2E1C598D" w:rsidR="00462013" w:rsidRPr="00462013" w:rsidRDefault="00462013" w:rsidP="00462013">
+      <w:r w:rsidRPr="00533557">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="413D5569" w14:textId="77777777" w:rsidR="000E1390" w:rsidRPr="00462013" w:rsidRDefault="000E1390" w:rsidP="000E1390">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00462013">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Love </w:t>
       </w:r>
-      <w:r w:rsidR="00533557" w:rsidRPr="00533557">
+      <w:r w:rsidRPr="00533557">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[C]</w:t>
       </w:r>
       <w:r w:rsidRPr="00462013">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> makes you</w:t>
       </w:r>
-      <w:r w:rsidR="00874B40">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidRPr="00462013">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> heart feel strange inside </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="619C4B22" w14:textId="6CC9AE7A" w:rsidR="00462013" w:rsidRPr="00462013" w:rsidRDefault="00462013" w:rsidP="00462013">
+    <w:p w14:paraId="69026D9E" w14:textId="77777777" w:rsidR="000E1390" w:rsidRPr="00462013" w:rsidRDefault="000E1390" w:rsidP="000E1390">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00462013">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">It </w:t>
       </w:r>
-      <w:r w:rsidR="00533557" w:rsidRPr="00533557">
+      <w:r w:rsidRPr="00533557">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[F]</w:t>
       </w:r>
       <w:r w:rsidRPr="00462013">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> flutters </w:t>
       </w:r>
-      <w:r w:rsidR="00533557" w:rsidRPr="00533557">
+      <w:r w:rsidRPr="00533557">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[G7]</w:t>
       </w:r>
-      <w:r w:rsidR="00320063">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00462013">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">like soft </w:t>
       </w:r>
-      <w:r w:rsidR="00533557" w:rsidRPr="00533557">
+      <w:r w:rsidRPr="00533557">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[C]</w:t>
       </w:r>
       <w:r w:rsidRPr="00462013">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> wings in flight </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43FB3011" w14:textId="7C4F15DC" w:rsidR="00462013" w:rsidRPr="00462013" w:rsidRDefault="00533557" w:rsidP="00462013">
+    <w:p w14:paraId="1D342363" w14:textId="77777777" w:rsidR="000E1390" w:rsidRPr="00462013" w:rsidRDefault="000E1390" w:rsidP="000E1390">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00533557">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[F]</w:t>
       </w:r>
-      <w:r w:rsidR="00462013" w:rsidRPr="00462013">
+      <w:r w:rsidRPr="00462013">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> Love is </w:t>
       </w:r>
-      <w:r w:rsidR="00992182" w:rsidRPr="00992182">
+      <w:r w:rsidRPr="00992182">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
-      <w:r w:rsidR="00992182">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00462013" w:rsidRPr="00462013">
+      <w:r w:rsidRPr="00462013">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">like a </w:t>
       </w:r>
       <w:r w:rsidRPr="00533557">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[C]</w:t>
       </w:r>
-      <w:r w:rsidR="00462013" w:rsidRPr="00462013">
+      <w:r w:rsidRPr="00462013">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> butterfly</w:t>
       </w:r>
-      <w:r w:rsidR="00C8167C">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00462013" w:rsidRPr="00462013">
+      <w:r w:rsidRPr="00462013">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> a </w:t>
       </w:r>
       <w:r w:rsidRPr="00533557">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[Bb]</w:t>
       </w:r>
-      <w:r w:rsidR="00462013" w:rsidRPr="00462013">
+      <w:r w:rsidRPr="00462013">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> rare and </w:t>
       </w:r>
       <w:r w:rsidRPr="00533557">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[F]</w:t>
       </w:r>
-      <w:r w:rsidR="00462013" w:rsidRPr="00462013">
+      <w:r w:rsidRPr="00462013">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> gentle </w:t>
       </w:r>
       <w:r w:rsidRPr="00533557">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[C]</w:t>
       </w:r>
-      <w:r w:rsidR="00462013" w:rsidRPr="00462013">
+      <w:r w:rsidRPr="00462013">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> thing</w:t>
       </w:r>
-      <w:r w:rsidR="00320063">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00533557">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[C]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B6B49BA" w14:textId="77777777" w:rsidR="00462013" w:rsidRPr="00053513" w:rsidRDefault="00462013" w:rsidP="00462013">
+    <w:p w14:paraId="743E5066" w14:textId="77777777" w:rsidR="000E1390" w:rsidRPr="00053513" w:rsidRDefault="000E1390" w:rsidP="000E1390">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5BCE24FC" w14:textId="1AC7BD42" w:rsidR="00462013" w:rsidRPr="00462013" w:rsidRDefault="00462013" w:rsidP="00462013">
+    <w:p w14:paraId="159F452E" w14:textId="77777777" w:rsidR="000E1390" w:rsidRPr="00462013" w:rsidRDefault="000E1390" w:rsidP="000E1390">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00462013">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">I </w:t>
       </w:r>
-      <w:r w:rsidR="00533557" w:rsidRPr="00533557">
-[...7 lines deleted...]
-      <w:r w:rsidR="00320063" w:rsidRPr="00462013">
+      <w:r w:rsidRPr="00533557">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00462013">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> feel it when you're with me </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A2DAD63" w14:textId="77777777" w:rsidR="000E1390" w:rsidRPr="00462013" w:rsidRDefault="000E1390" w:rsidP="000E1390">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00462013">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">It </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533557">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00462013">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> happens </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533557">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00462013">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">feel it when you're with me </w:t>
-[...16 lines deleted...]
-      <w:r w:rsidR="00533557" w:rsidRPr="00533557">
+        <w:t xml:space="preserve">when you </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533557">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00462013">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kiss me </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="656160DD" w14:textId="77777777" w:rsidR="000E1390" w:rsidRPr="00462013" w:rsidRDefault="000E1390" w:rsidP="000E1390">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00462013">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">That </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533557">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[F]</w:t>
       </w:r>
       <w:r w:rsidRPr="00462013">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> happens </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00533557" w:rsidRPr="00533557">
+        <w:t xml:space="preserve"> rare and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533557">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
-      <w:r w:rsidR="00320063">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00462013">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">when you </w:t>
-[...31 lines deleted...]
-      <w:r w:rsidR="00533557" w:rsidRPr="00533557">
+        <w:t xml:space="preserve">gentle </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533557">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00462013">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> feeling </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533557">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[D]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00462013">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> that I feel in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533557">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[G7]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00462013">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>side</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533557">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[G7]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00462013">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63CDFD70" w14:textId="77777777" w:rsidR="000E1390" w:rsidRPr="00462013" w:rsidRDefault="000E1390" w:rsidP="000E1390">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00462013">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Your </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533557">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00462013">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> touch is soft and gentle </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="708094E4" w14:textId="77777777" w:rsidR="000E1390" w:rsidRPr="00462013" w:rsidRDefault="000E1390" w:rsidP="000E1390">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00462013">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Your </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533557">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[F]</w:t>
       </w:r>
       <w:r w:rsidRPr="00462013">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> rare and </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00992182" w:rsidRPr="00533557">
+        <w:t xml:space="preserve"> kiss is </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533557">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
-      <w:r w:rsidR="00992182">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00462013">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">gentle </w:t>
-[...31 lines deleted...]
-      <w:r w:rsidR="00320063">
+        <w:t xml:space="preserve">warm and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533557">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00462013">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tender </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FDCDB8D" w14:textId="77777777" w:rsidR="000E1390" w:rsidRPr="00462013" w:rsidRDefault="000E1390" w:rsidP="000E1390">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00462013">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>When</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="00533557" w:rsidRPr="00533557">
+      <w:r w:rsidRPr="00533557">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00462013">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">ever </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533557">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00462013">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">I am </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533557">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00462013">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> with you</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00462013">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">I </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533557">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[G7]</w:t>
       </w:r>
       <w:r w:rsidRPr="00462013">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
-        <w:t>side</w:t>
-[...142 lines deleted...]
-      <w:r w:rsidR="00970D9C">
+        <w:t xml:space="preserve"> think of butter</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="00533557" w:rsidRPr="00533557">
-[...87 lines deleted...]
-      <w:r w:rsidR="00533557" w:rsidRPr="00533557">
+      <w:r w:rsidRPr="00533557">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[C]</w:t>
       </w:r>
       <w:r w:rsidRPr="00462013">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">flies </w:t>
       </w:r>
-      <w:r w:rsidR="00533557" w:rsidRPr="00533557">
-[...8 lines deleted...]
-    <w:p w14:paraId="09A41B45" w14:textId="77777777" w:rsidR="00462013" w:rsidRPr="00053513" w:rsidRDefault="00462013" w:rsidP="00462013">
+      <w:r w:rsidRPr="00533557">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26DF7948" w14:textId="77777777" w:rsidR="000E1390" w:rsidRPr="00053513" w:rsidRDefault="000E1390" w:rsidP="000E1390">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5929EADB" w14:textId="78C667FE" w:rsidR="00970D9C" w:rsidRPr="00462013" w:rsidRDefault="00970D9C" w:rsidP="00970D9C">
+    <w:p w14:paraId="663C7674" w14:textId="77777777" w:rsidR="000E1390" w:rsidRPr="005A3A70" w:rsidRDefault="000E1390" w:rsidP="000E1390">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00462013">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>CHORUS:</w:t>
       </w:r>
-      <w:r w:rsidR="00424284">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00424284" w:rsidRPr="00BF535E">
-[...24 lines deleted...]
-    <w:p w14:paraId="67811ABA" w14:textId="77777777" w:rsidR="00424284" w:rsidRPr="003369FB" w:rsidRDefault="00424284" w:rsidP="00970D9C">
+      <w:r w:rsidRPr="005A3A70">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>&lt; Red and black couplets sung together &gt;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38991BEE" w14:textId="77777777" w:rsidR="000E1390" w:rsidRPr="005A3A70" w:rsidRDefault="000E1390" w:rsidP="000E1390">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:sz w:val="6"/>
           <w:szCs w:val="6"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="373345EF" w14:textId="6A8D0D87" w:rsidR="006C7D28" w:rsidRPr="00BF535E" w:rsidRDefault="00533557" w:rsidP="00970D9C">
-[...43 lines deleted...]
-          <w:highlight w:val="yellow"/>
+    <w:p w14:paraId="64D1407E" w14:textId="77777777" w:rsidR="000E1390" w:rsidRPr="005A3A70" w:rsidRDefault="000E1390" w:rsidP="000E1390">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A3A70">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A3A70">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Love is like a butterfly, as </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A3A70">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
         </w:rPr>
         <w:t>[F]</w:t>
       </w:r>
-      <w:r w:rsidR="00970D9C" w:rsidRPr="00BF535E">
-[...3 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidRPr="005A3A70">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> soft and </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BF535E">
-[...3 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidRPr="005A3A70">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
         </w:rPr>
         <w:t>[G7]</w:t>
       </w:r>
-      <w:r w:rsidR="00970D9C" w:rsidRPr="00BF535E">
-[...3 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidRPr="005A3A70">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> gentle </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BF535E">
-[...11 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidRPr="005A3A70">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A3A70">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> as a sigh</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D1BEAD6" w14:textId="496390E6" w:rsidR="006C7D28" w:rsidRPr="006C7D28" w:rsidRDefault="00533557" w:rsidP="006C7D28">
-[...18 lines deleted...]
-          <w:highlight w:val="yellow"/>
+    <w:p w14:paraId="4AA4031B" w14:textId="77777777" w:rsidR="000E1390" w:rsidRPr="006C7D28" w:rsidRDefault="000E1390" w:rsidP="000E1390">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A3A70">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">[C] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A3A70">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Love… is…   like…a…     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A3A70">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">[F] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A3A70">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>but-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A3A70">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="006C7D28" w:rsidRPr="00BF535E">
+      <w:r w:rsidRPr="005A3A70">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[G7]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A3A70">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="EE0000"/>
-          <w:highlight w:val="yellow"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="007D675E" w:rsidRPr="00BF535E">
+        </w:rPr>
+        <w:t xml:space="preserve">ter-     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A3A70">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A3A70">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="EE0000"/>
-          <w:highlight w:val="yellow"/>
-[...102 lines deleted...]
-          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>fly</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3823BAD0" w14:textId="230CEA96" w:rsidR="00970D9C" w:rsidRPr="00C36DD8" w:rsidRDefault="00970D9C" w:rsidP="00970D9C">
+    <w:p w14:paraId="1117FAC7" w14:textId="77777777" w:rsidR="000E1390" w:rsidRPr="00C36DD8" w:rsidRDefault="000E1390" w:rsidP="000E1390">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5A313B77" w14:textId="77777777" w:rsidR="00992182" w:rsidRPr="00462013" w:rsidRDefault="00992182" w:rsidP="00992182">
+    <w:p w14:paraId="5FFC6135" w14:textId="77777777" w:rsidR="000E1390" w:rsidRPr="00462013" w:rsidRDefault="000E1390" w:rsidP="000E1390">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00462013">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidRPr="00533557">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[F]</w:t>
       </w:r>
       <w:r w:rsidRPr="00462013">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
@@ -1953,95 +1800,95 @@
       </w:r>
       <w:r w:rsidRPr="00533557">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[C]</w:t>
       </w:r>
       <w:r w:rsidRPr="00462013">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> wings </w:t>
       </w:r>
       <w:r w:rsidRPr="00533557">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[C]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DC33393" w14:textId="77777777" w:rsidR="00992182" w:rsidRPr="00462013" w:rsidRDefault="00992182" w:rsidP="00992182">
+    <w:p w14:paraId="702A21F1" w14:textId="77777777" w:rsidR="000E1390" w:rsidRPr="00462013" w:rsidRDefault="000E1390" w:rsidP="000E1390">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00462013">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Love </w:t>
       </w:r>
       <w:r w:rsidRPr="00533557">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[C]</w:t>
       </w:r>
       <w:r w:rsidRPr="00462013">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> makes you</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidRPr="00462013">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> heart feel strange inside </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="349E6518" w14:textId="77777777" w:rsidR="00992182" w:rsidRPr="00462013" w:rsidRDefault="00992182" w:rsidP="00992182">
+    <w:p w14:paraId="1B6505C7" w14:textId="77777777" w:rsidR="000E1390" w:rsidRPr="00462013" w:rsidRDefault="000E1390" w:rsidP="000E1390">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00462013">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">It </w:t>
       </w:r>
       <w:r w:rsidRPr="00533557">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[F]</w:t>
       </w:r>
       <w:r w:rsidRPr="00462013">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
@@ -2064,51 +1911,51 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00462013">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">like soft </w:t>
       </w:r>
       <w:r w:rsidRPr="00533557">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[C]</w:t>
       </w:r>
       <w:r w:rsidRPr="00462013">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> wings in flight </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B9929A1" w14:textId="77777777" w:rsidR="00992182" w:rsidRPr="00462013" w:rsidRDefault="00992182" w:rsidP="00992182">
+    <w:p w14:paraId="0D9B5413" w14:textId="77777777" w:rsidR="000E1390" w:rsidRPr="00462013" w:rsidRDefault="000E1390" w:rsidP="000E1390">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00533557">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[F]</w:t>
       </w:r>
       <w:r w:rsidRPr="00462013">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> Love is </w:t>
       </w:r>
       <w:r w:rsidRPr="00992182">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
@@ -2197,784 +2044,748 @@
         <w:t>[C]</w:t>
       </w:r>
       <w:r w:rsidRPr="00462013">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> thing</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00533557">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[C]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BD02629" w14:textId="77777777" w:rsidR="00462013" w:rsidRPr="00053513" w:rsidRDefault="00462013" w:rsidP="00462013">
+    <w:p w14:paraId="1AF519E6" w14:textId="77777777" w:rsidR="000E1390" w:rsidRPr="00053513" w:rsidRDefault="000E1390" w:rsidP="000E1390">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2051D347" w14:textId="616AE6C3" w:rsidR="00462013" w:rsidRPr="00462013" w:rsidRDefault="00462013" w:rsidP="00462013">
+    <w:p w14:paraId="47EF3A7C" w14:textId="77777777" w:rsidR="000E1390" w:rsidRPr="00462013" w:rsidRDefault="000E1390" w:rsidP="000E1390">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00462013">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Your </w:t>
       </w:r>
-      <w:r w:rsidR="00533557" w:rsidRPr="00533557">
-[...7 lines deleted...]
-      <w:r w:rsidR="00970D9C" w:rsidRPr="00462013">
+      <w:r w:rsidRPr="00533557">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00462013">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> laughter brings me sunshine </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FA38E26" w14:textId="77777777" w:rsidR="000E1390" w:rsidRPr="00462013" w:rsidRDefault="000E1390" w:rsidP="000E1390">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00533557">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00462013">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Every</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00462013">
-[...13 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidRPr="00533557">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00462013">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">day is </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533557">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00462013">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> springtime </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00911F40" w14:textId="77777777" w:rsidR="000E1390" w:rsidRPr="00462013" w:rsidRDefault="000E1390" w:rsidP="000E1390">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00462013">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">And </w:t>
+      </w:r>
       <w:r w:rsidRPr="00533557">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[F]</w:t>
       </w:r>
-      <w:r w:rsidR="00462013" w:rsidRPr="00462013">
-[...6 lines deleted...]
-      <w:r w:rsidR="00970D9C">
+      <w:r w:rsidRPr="00462013">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> I am </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533557">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidRPr="00462013">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">only </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533557">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00462013">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> happy</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00462013">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> when </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533557">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[D]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00462013">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> you are by my </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533557">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[G7]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00462013">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> side </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533557">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[G7]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A688CC0" w14:textId="77777777" w:rsidR="000E1390" w:rsidRPr="00462013" w:rsidRDefault="000E1390" w:rsidP="000E1390">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00462013">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">How </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533557">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00462013">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> precious is this love we share </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77EC8BEC" w14:textId="77777777" w:rsidR="000E1390" w:rsidRPr="00462013" w:rsidRDefault="000E1390" w:rsidP="000E1390">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00462013">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">How </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533557">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00462013">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> very </w:t>
+      </w:r>
       <w:r w:rsidRPr="00533557">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
-      <w:r w:rsidR="00970D9C">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00462013" w:rsidRPr="00462013">
-[...36 lines deleted...]
-      <w:r w:rsidR="00533557" w:rsidRPr="00533557">
+      <w:r w:rsidRPr="00462013">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">precious </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533557">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00462013">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sweet and rare </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48C0D0CC" w14:textId="77777777" w:rsidR="000E1390" w:rsidRPr="00462013" w:rsidRDefault="000E1390" w:rsidP="000E1390">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00462013">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>To</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533557">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[F]</w:t>
       </w:r>
-      <w:r w:rsidRPr="00462013">
-[...6 lines deleted...]
-      <w:r w:rsidR="00992182" w:rsidRPr="00533557">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00462013">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>gether</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00462013">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533557">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
-      <w:r w:rsidR="00992182">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00462013">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">only </w:t>
-[...16 lines deleted...]
-      <w:r w:rsidR="002F0ABB">
+        <w:t>we be</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533557">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00462013">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>long like</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00462013">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> when </w:t>
-[...13 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00462013">
-[...6 lines deleted...]
-      <w:r w:rsidR="00533557" w:rsidRPr="00533557">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00462013">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>daffo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533557">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[G7]</w:t>
       </w:r>
-      <w:r w:rsidRPr="00462013">
-[...67 lines deleted...]
-      <w:r w:rsidR="00970D9C" w:rsidRPr="00462013">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00462013">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>dils</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00462013">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and butter</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533557">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00462013">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>flies</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00462013">
-[...14 lines deleted...]
-      <w:r w:rsidR="00970D9C">
+      <w:r w:rsidRPr="00533557">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00462013">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00462013">
-[...210 lines deleted...]
-    <w:p w14:paraId="3FF151F3" w14:textId="77777777" w:rsidR="00462013" w:rsidRPr="00053513" w:rsidRDefault="00462013" w:rsidP="00462013">
+    </w:p>
+    <w:p w14:paraId="281709E3" w14:textId="77777777" w:rsidR="000E1390" w:rsidRPr="00053513" w:rsidRDefault="000E1390" w:rsidP="000E1390">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6A8F2CAF" w14:textId="77777777" w:rsidR="00970D9C" w:rsidRPr="00462013" w:rsidRDefault="00970D9C" w:rsidP="00970D9C">
+    <w:p w14:paraId="16E312E6" w14:textId="77777777" w:rsidR="000E1390" w:rsidRPr="00462013" w:rsidRDefault="000E1390" w:rsidP="000E1390">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00462013">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>CHORUS:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10A01B86" w14:textId="77777777" w:rsidR="00C36DD8" w:rsidRPr="00462013" w:rsidRDefault="00C36DD8" w:rsidP="00C36DD8">
-[...35 lines deleted...]
-      <w:r w:rsidRPr="00533557">
+    <w:p w14:paraId="2058B555" w14:textId="77777777" w:rsidR="000E1390" w:rsidRPr="005A3A70" w:rsidRDefault="000E1390" w:rsidP="000E1390">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A3A70">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A3A70">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Love is like a butterfly, as </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A3A70">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[F]</w:t>
       </w:r>
-      <w:r w:rsidRPr="00462013">
+      <w:r w:rsidRPr="005A3A70">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> soft and </w:t>
       </w:r>
-      <w:r w:rsidRPr="00533557">
+      <w:r w:rsidRPr="005A3A70">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[G7]</w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="005A3A70">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> gentle </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A3A70">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A3A70">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> as a sigh </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06314511" w14:textId="77777777" w:rsidR="000E1390" w:rsidRDefault="000E1390" w:rsidP="000E1390">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A3A70">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">[C] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A3A70">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Love… is…   like…a…     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A3A70">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">[F] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A3A70">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>but-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A3A70">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00462013">
-[...23 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="005A3A70">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[G7]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A3A70">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="EE0000"/>
         </w:rPr>
-      </w:pPr>
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00BF535E">
+        <w:t xml:space="preserve">ter-     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A3A70">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A3A70">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="EE0000"/>
-          <w:highlight w:val="yellow"/>
-[...50 lines deleted...]
-          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>fly</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3381E39D" w14:textId="77777777" w:rsidR="00C36DD8" w:rsidRPr="00C36DD8" w:rsidRDefault="00C36DD8" w:rsidP="00C36DD8">
+    <w:p w14:paraId="2B333FB8" w14:textId="77777777" w:rsidR="000E1390" w:rsidRPr="00C36DD8" w:rsidRDefault="000E1390" w:rsidP="000E1390">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="694C9428" w14:textId="7705E535" w:rsidR="00C36DD8" w:rsidRPr="00462013" w:rsidRDefault="00C36DD8" w:rsidP="00C36DD8">
+    <w:p w14:paraId="68204591" w14:textId="77777777" w:rsidR="000E1390" w:rsidRPr="00462013" w:rsidRDefault="000E1390" w:rsidP="000E1390">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00462013">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidRPr="00533557">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[F]</w:t>
       </w:r>
       <w:r w:rsidRPr="00462013">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
@@ -3058,95 +2869,95 @@
       </w:r>
       <w:r w:rsidRPr="00533557">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[C]</w:t>
       </w:r>
       <w:r w:rsidRPr="00462013">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> wings </w:t>
       </w:r>
       <w:r w:rsidRPr="00533557">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[C]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39DCB060" w14:textId="77777777" w:rsidR="00C36DD8" w:rsidRPr="00462013" w:rsidRDefault="00C36DD8" w:rsidP="00C36DD8">
+    <w:p w14:paraId="3919AFB5" w14:textId="77777777" w:rsidR="000E1390" w:rsidRPr="00462013" w:rsidRDefault="000E1390" w:rsidP="000E1390">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00462013">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Love </w:t>
       </w:r>
       <w:r w:rsidRPr="00533557">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[C]</w:t>
       </w:r>
       <w:r w:rsidRPr="00462013">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> makes you</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidRPr="00462013">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> heart feel strange inside </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="626737A7" w14:textId="77777777" w:rsidR="00C36DD8" w:rsidRPr="00462013" w:rsidRDefault="00C36DD8" w:rsidP="00C36DD8">
+    <w:p w14:paraId="2976790A" w14:textId="77777777" w:rsidR="000E1390" w:rsidRPr="00462013" w:rsidRDefault="000E1390" w:rsidP="000E1390">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00462013">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">It </w:t>
       </w:r>
       <w:r w:rsidRPr="00533557">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[F]</w:t>
       </w:r>
       <w:r w:rsidRPr="00462013">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
@@ -3169,51 +2980,51 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00462013">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">like soft </w:t>
       </w:r>
       <w:r w:rsidRPr="00533557">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[C]</w:t>
       </w:r>
       <w:r w:rsidRPr="00462013">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> wings in flight </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CCEE746" w14:textId="77777777" w:rsidR="00C36DD8" w:rsidRPr="00462013" w:rsidRDefault="00C36DD8" w:rsidP="00C36DD8">
+    <w:p w14:paraId="410E36A5" w14:textId="77777777" w:rsidR="000E1390" w:rsidRPr="00462013" w:rsidRDefault="000E1390" w:rsidP="000E1390">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00533557">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[F]</w:t>
       </w:r>
       <w:r w:rsidRPr="00462013">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> Love is </w:t>
       </w:r>
       <w:r w:rsidRPr="00992182">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
@@ -3302,485 +3113,327 @@
         <w:t>[C]</w:t>
       </w:r>
       <w:r w:rsidRPr="00462013">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> thing</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00533557">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[C]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5082CF6E" w14:textId="0E524B35" w:rsidR="002F0ABB" w:rsidRDefault="00C8167C" w:rsidP="00110521">
+    <w:p w14:paraId="595332C1" w14:textId="77777777" w:rsidR="000E1390" w:rsidRDefault="000E1390" w:rsidP="000E1390">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00533557">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[F]</w:t>
       </w:r>
       <w:r w:rsidRPr="00462013">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> Love is </w:t>
       </w:r>
-      <w:r w:rsidR="00992182" w:rsidRPr="00992182">
+      <w:r w:rsidRPr="00992182">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
-      <w:r w:rsidR="00992182">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00462013">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">like a </w:t>
       </w:r>
       <w:r w:rsidRPr="00533557">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[C]</w:t>
       </w:r>
       <w:r w:rsidRPr="00462013">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> butterfly</w:t>
       </w:r>
-      <w:r w:rsidR="00DE5E3C">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00462013">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> a </w:t>
       </w:r>
-      <w:r w:rsidR="008B42BD" w:rsidRPr="00C8167C">
+      <w:r w:rsidRPr="00C8167C">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
-      <w:r w:rsidR="008B42BD">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="008B42BD" w:rsidRPr="00533557">
+      <w:r w:rsidRPr="00533557">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[Bb]</w:t>
       </w:r>
-      <w:r w:rsidR="008B42BD" w:rsidRPr="00462013">
+      <w:r w:rsidRPr="00462013">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> rare and </w:t>
       </w:r>
-      <w:r w:rsidR="008B42BD" w:rsidRPr="00C8167C">
+      <w:r w:rsidRPr="00C8167C">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
-      <w:r w:rsidR="008B42BD">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="008B42BD" w:rsidRPr="00533557">
+      <w:r w:rsidRPr="00533557">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[F]</w:t>
       </w:r>
-      <w:r w:rsidR="008B42BD" w:rsidRPr="00462013">
+      <w:r w:rsidRPr="00462013">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> gentle </w:t>
       </w:r>
-      <w:r w:rsidR="008B42BD" w:rsidRPr="00C8167C">
+      <w:r w:rsidRPr="00C8167C">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21DF2433" w14:textId="77777777" w:rsidR="008B42BD" w:rsidRPr="00C36DD8" w:rsidRDefault="008B42BD" w:rsidP="00110521">
+    <w:p w14:paraId="67CEF5A5" w14:textId="77777777" w:rsidR="000E1390" w:rsidRPr="00C36DD8" w:rsidRDefault="000E1390" w:rsidP="000E1390">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7659E371" w14:textId="5731AB22" w:rsidR="00B043CF" w:rsidRPr="00BF535E" w:rsidRDefault="00C8167C" w:rsidP="00110521">
+    <w:p w14:paraId="09B2AB7D" w14:textId="77777777" w:rsidR="000E1390" w:rsidRPr="005A3A70" w:rsidRDefault="000E1390" w:rsidP="000E1390">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Courier New"/>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:highlight w:val="yellow"/>
-[...31 lines deleted...]
-          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A3A70">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A3A70">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> thing     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A3A70">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A3A70">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BF535E">
-[...20 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidRPr="005A3A70">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[C]          / [C]                 / [C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A3A70">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AF"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26698725" w14:textId="77777777" w:rsidR="000E1390" w:rsidRDefault="000E1390" w:rsidP="000E1390">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A3A70">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">[C] </w:t>
       </w:r>
-      <w:r w:rsidR="00053513" w:rsidRPr="00BF535E">
-[...22 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidRPr="005A3A70">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Love is </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A3A70">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">/ </w:t>
       </w:r>
-      <w:r w:rsidR="00053513" w:rsidRPr="00BF535E">
-[...35 lines deleted...]
-      <w:r w:rsidR="00BB114B" w:rsidRPr="00BF535E">
+      <w:r w:rsidRPr="005A3A70">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">[C] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A3A70">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">like a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A3A70">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>/ [C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A3A70">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> butterfly </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A3A70">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>/ [C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A3A70">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Courier New"/>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:highlight w:val="yellow"/>
-[...151 lines deleted...]
-          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:sym w:font="Symbol" w:char="F0AF"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="369416E1" w14:textId="77777777" w:rsidR="00C36DD8" w:rsidRPr="00C36DD8" w:rsidRDefault="00C36DD8" w:rsidP="00110521">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0DDC8EE1" w14:textId="37FEC58A" w:rsidR="00B043CF" w:rsidRPr="00533557" w:rsidRDefault="00A029D3" w:rsidP="00A029D3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Lucida Console"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidRPr="00055195">
@@ -3884,112 +3537,116 @@
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00462013"/>
     <w:rsid w:val="000076D2"/>
     <w:rsid w:val="00053513"/>
     <w:rsid w:val="000711FF"/>
     <w:rsid w:val="000961DF"/>
     <w:rsid w:val="000A348C"/>
     <w:rsid w:val="000D00ED"/>
+    <w:rsid w:val="000E10E0"/>
+    <w:rsid w:val="000E1390"/>
     <w:rsid w:val="000F7214"/>
     <w:rsid w:val="00110521"/>
     <w:rsid w:val="00132109"/>
     <w:rsid w:val="00161445"/>
     <w:rsid w:val="00162CAA"/>
     <w:rsid w:val="0017786C"/>
     <w:rsid w:val="001A030B"/>
     <w:rsid w:val="001C26FA"/>
     <w:rsid w:val="001E2271"/>
     <w:rsid w:val="00252E97"/>
     <w:rsid w:val="002B56B4"/>
     <w:rsid w:val="002C22CC"/>
     <w:rsid w:val="002F0ABB"/>
     <w:rsid w:val="00320063"/>
     <w:rsid w:val="003369FB"/>
     <w:rsid w:val="003442C9"/>
     <w:rsid w:val="00414418"/>
     <w:rsid w:val="00424284"/>
     <w:rsid w:val="00462013"/>
     <w:rsid w:val="0047277F"/>
     <w:rsid w:val="00480DC5"/>
     <w:rsid w:val="00490D27"/>
     <w:rsid w:val="004E65B6"/>
     <w:rsid w:val="00531581"/>
     <w:rsid w:val="00533557"/>
     <w:rsid w:val="00550EFA"/>
     <w:rsid w:val="005543FD"/>
     <w:rsid w:val="0059640A"/>
     <w:rsid w:val="006230AD"/>
     <w:rsid w:val="006325CA"/>
+    <w:rsid w:val="006B08FD"/>
     <w:rsid w:val="006C7D28"/>
     <w:rsid w:val="007320F1"/>
     <w:rsid w:val="00776E77"/>
     <w:rsid w:val="007D675E"/>
     <w:rsid w:val="007E4748"/>
     <w:rsid w:val="0082492D"/>
     <w:rsid w:val="00866CDE"/>
     <w:rsid w:val="00874B40"/>
     <w:rsid w:val="008963ED"/>
     <w:rsid w:val="008B42BD"/>
     <w:rsid w:val="00924B54"/>
     <w:rsid w:val="00970D9C"/>
     <w:rsid w:val="00972E99"/>
     <w:rsid w:val="00992182"/>
     <w:rsid w:val="00A029D3"/>
     <w:rsid w:val="00A42E3F"/>
     <w:rsid w:val="00A569E6"/>
     <w:rsid w:val="00A86A2E"/>
     <w:rsid w:val="00A8707C"/>
     <w:rsid w:val="00A902E9"/>
     <w:rsid w:val="00A92235"/>
     <w:rsid w:val="00A9741C"/>
     <w:rsid w:val="00AB09B4"/>
     <w:rsid w:val="00AD3A18"/>
     <w:rsid w:val="00B043CF"/>
     <w:rsid w:val="00B16743"/>
     <w:rsid w:val="00BB114B"/>
     <w:rsid w:val="00BF535E"/>
     <w:rsid w:val="00C221DA"/>
     <w:rsid w:val="00C36DD8"/>
     <w:rsid w:val="00C5218C"/>
     <w:rsid w:val="00C8167C"/>
+    <w:rsid w:val="00C85F32"/>
     <w:rsid w:val="00CA07D7"/>
     <w:rsid w:val="00CC7B83"/>
     <w:rsid w:val="00D113AB"/>
     <w:rsid w:val="00D4034F"/>
     <w:rsid w:val="00D66B4B"/>
     <w:rsid w:val="00D84579"/>
     <w:rsid w:val="00DB1F9F"/>
     <w:rsid w:val="00DE5E3C"/>
     <w:rsid w:val="00E04FCE"/>
     <w:rsid w:val="00EA19CC"/>
     <w:rsid w:val="00F450FA"/>
     <w:rsid w:val="00F81E40"/>
     <w:rsid w:val="00F96D25"/>
     <w:rsid w:val="00FB061D"/>
     <w:rsid w:val="00FC6CD8"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -4846,70 +4503,70 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{75A02CBF-9B6D-4C04-98ED-B5E96D8DF686}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>TEMPLATE FOR SONGSHEET</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>322</Words>
-  <Characters>1839</Characters>
+  <Words>324</Words>
+  <Characters>1850</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>15</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2157</CharactersWithSpaces>
+  <CharactersWithSpaces>2170</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>HP User</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>