--- v0 (2025-10-06)
+++ v1 (2025-11-27)
@@ -1,5716 +1,5564 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00632D3D" w:rsidRPr="00632D3D" w:rsidRDefault="00632D3D" w:rsidP="00632D3D">
+    <w:p w14:paraId="39E7F266" w14:textId="77777777" w:rsidR="00632D3D" w:rsidRPr="00632D3D" w:rsidRDefault="00632D3D" w:rsidP="00632D3D">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r w:rsidRPr="00632D3D">
-        <w:t xml:space="preserve">By The Glow Of </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> Kerosene Light</w:t>
+        <w:t>By The Glow Of The Kerosene Light</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00632D3D" w:rsidRDefault="009D43DE" w:rsidP="00632D3D">
+    <w:p w14:paraId="783D9D6D" w14:textId="77777777" w:rsidR="00EB0C1F" w:rsidRPr="00EB0C1F" w:rsidRDefault="00EB0C1F" w:rsidP="00EB0C1F">
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="-806"/>
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Wince Coles (as recorded by Buddy </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-[...5 lines deleted...]
-        <w:t>Wince</w:t>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>Wasisname</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...103 lines deleted...]
-        <w:t xml:space="preserve"> 1993)</w:t>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and the Other Fellers 1993)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00632D3D" w:rsidRPr="00552BB5" w:rsidRDefault="00632D3D" w:rsidP="00632D3D">
+    <w:p w14:paraId="6ECD5B5A" w14:textId="77777777" w:rsidR="00EB0C1F" w:rsidRPr="00EB0C1F" w:rsidRDefault="00EB0C1F" w:rsidP="00EB0C1F">
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="-806"/>
-[...4 lines deleted...]
-          <w:szCs w:val="16"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00632D3D" w:rsidRDefault="00632D3D" w:rsidP="00632D3D">
+    <w:p w14:paraId="5736762B" w14:textId="77777777" w:rsidR="00EB0C1F" w:rsidRPr="00EB0C1F" w:rsidRDefault="00EB0C1F" w:rsidP="00EB0C1F">
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="-810"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="39EB483D" wp14:editId="123F2FAB">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="44" name="Picture 44" descr="C:\Users\msrog\AppData\Local\Microsoft\Windows\INetCache\Content.Word\Bb.png"/>
+            <wp:docPr id="2124360459" name="Picture 2124360459" descr="C:\Users\msrog\AppData\Local\Microsoft\Windows\INetCache\Content.Word\Bb.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 73" descr="C:\Users\msrog\AppData\Local\Microsoft\Windows\INetCache\Content.Word\Bb.png"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId5">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="457200" cy="609600"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1D146EFE" wp14:editId="33F2BEC5">
+            <wp:extent cx="457200" cy="609600"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="1121119971" name="Picture 1121119971" descr="C:\Users\msrog\AppData\Local\Microsoft\Windows\INetCache\Content.Word\C.PNG"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 72" descr="C:\Users\msrog\AppData\Local\Microsoft\Windows\INetCache\Content.Word\C.PNG"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="028D63C3" wp14:editId="0538DB4D">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="43" name="Picture 43" descr="C:\Users\msrog\AppData\Local\Microsoft\Windows\INetCache\Content.Word\C.PNG"/>
+            <wp:docPr id="1780513855" name="Picture 1780513855" descr="C:\Users\msrog\AppData\Local\Microsoft\Windows\INetCache\Content.Word\Dm.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 72" descr="C:\Users\msrog\AppData\Local\Microsoft\Windows\INetCache\Content.Word\C.PNG"/>
+                    <pic:cNvPr id="0" name="Picture 71" descr="C:\Users\msrog\AppData\Local\Microsoft\Windows\INetCache\Content.Word\Dm.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7141D9EF" wp14:editId="0652A92B">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="42" name="Picture 42" descr="C:\Users\msrog\AppData\Local\Microsoft\Windows\INetCache\Content.Word\Dm.png"/>
+            <wp:docPr id="647508199" name="Picture 647508199" descr="C:\Users\msrog\AppData\Local\Microsoft\Windows\INetCache\Content.Word\F.PNG"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 71" descr="C:\Users\msrog\AppData\Local\Microsoft\Windows\INetCache\Content.Word\Dm.png"/>
+                    <pic:cNvPr id="0" name="Picture 70" descr="C:\Users\msrog\AppData\Local\Microsoft\Windows\INetCache\Content.Word\F.PNG"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="5F602DCE" w14:textId="77777777" w:rsidR="00EB0C1F" w:rsidRPr="00EB0C1F" w:rsidRDefault="00EB0C1F" w:rsidP="00EB0C1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="07CA1E0B" w14:textId="77777777" w:rsidR="00EB0C1F" w:rsidRPr="00EB0C1F" w:rsidRDefault="00EB0C1F" w:rsidP="00EB0C1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Toc7632586"/>
+      <w:bookmarkStart w:id="1" w:name="_Toc7632896"/>
+      <w:bookmarkStart w:id="2" w:name="_Toc7794076"/>
+      <w:bookmarkStart w:id="3" w:name="_Toc7799072"/>
+      <w:bookmarkStart w:id="4" w:name="_Toc7854318"/>
+      <w:bookmarkStart w:id="5" w:name="_Toc11509416"/>
+      <w:bookmarkStart w:id="6" w:name="_Toc12042271"/>
+      <w:bookmarkStart w:id="7" w:name="_Toc12042781"/>
+      <w:bookmarkStart w:id="8" w:name="_Toc12043044"/>
+      <w:bookmarkStart w:id="9" w:name="_Toc12119111"/>
+      <w:bookmarkStart w:id="10" w:name="_Toc12136507"/>
+      <w:bookmarkStart w:id="11" w:name="_Toc14349594"/>
+      <w:bookmarkStart w:id="12" w:name="_Toc14442643"/>
+      <w:bookmarkStart w:id="13" w:name="_Toc14442985"/>
+      <w:bookmarkStart w:id="14" w:name="_Toc14519195"/>
+      <w:bookmarkStart w:id="15" w:name="_Toc15482453"/>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>INTRO:  / 1 2 3 / 1 2 3 /</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkEnd w:id="3"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:bookmarkEnd w:id="8"/>
+      <w:bookmarkEnd w:id="9"/>
+      <w:bookmarkEnd w:id="10"/>
+      <w:bookmarkEnd w:id="11"/>
+      <w:bookmarkEnd w:id="12"/>
+      <w:bookmarkEnd w:id="13"/>
+      <w:bookmarkEnd w:id="14"/>
+      <w:bookmarkEnd w:id="15"/>
+    </w:p>
+    <w:p w14:paraId="6FEF362E" w14:textId="77777777" w:rsidR="00EB0C1F" w:rsidRPr="00EB0C1F" w:rsidRDefault="00EB0C1F" w:rsidP="00EB0C1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="46FE66AA" w14:textId="77777777" w:rsidR="00EB0C1F" w:rsidRPr="00EB0C1F" w:rsidRDefault="00EB0C1F" w:rsidP="00EB0C1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="16" w:name="_Toc7632587"/>
+      <w:bookmarkStart w:id="17" w:name="_Toc7632897"/>
+      <w:bookmarkStart w:id="18" w:name="_Toc7794077"/>
+      <w:bookmarkStart w:id="19" w:name="_Toc7799073"/>
+      <w:bookmarkStart w:id="20" w:name="_Toc7854319"/>
+      <w:bookmarkStart w:id="21" w:name="_Toc11509417"/>
+      <w:bookmarkStart w:id="22" w:name="_Toc12042272"/>
+      <w:bookmarkStart w:id="23" w:name="_Toc12042782"/>
+      <w:bookmarkStart w:id="24" w:name="_Toc12043045"/>
+      <w:bookmarkStart w:id="25" w:name="_Toc12119112"/>
+      <w:bookmarkStart w:id="26" w:name="_Toc12136508"/>
+      <w:bookmarkStart w:id="27" w:name="_Toc14349595"/>
+      <w:bookmarkStart w:id="28" w:name="_Toc14442644"/>
+      <w:bookmarkStart w:id="29" w:name="_Toc14442986"/>
+      <w:bookmarkStart w:id="30" w:name="_Toc14519196"/>
+      <w:bookmarkStart w:id="31" w:name="_Toc15482454"/>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[F] / [C] / [F] / [Bb] /</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="16"/>
+      <w:bookmarkEnd w:id="17"/>
+      <w:bookmarkEnd w:id="18"/>
+      <w:bookmarkEnd w:id="19"/>
+      <w:bookmarkEnd w:id="20"/>
+      <w:bookmarkEnd w:id="21"/>
+      <w:bookmarkEnd w:id="22"/>
+      <w:bookmarkEnd w:id="23"/>
+      <w:bookmarkEnd w:id="24"/>
+      <w:bookmarkEnd w:id="25"/>
+      <w:bookmarkEnd w:id="26"/>
+      <w:bookmarkEnd w:id="27"/>
+      <w:bookmarkEnd w:id="28"/>
+      <w:bookmarkEnd w:id="29"/>
+      <w:bookmarkEnd w:id="30"/>
+      <w:bookmarkEnd w:id="31"/>
+    </w:p>
+    <w:p w14:paraId="28B56D96" w14:textId="77777777" w:rsidR="00EB0C1F" w:rsidRPr="00EB0C1F" w:rsidRDefault="00EB0C1F" w:rsidP="00EB0C1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="32" w:name="_Toc7632588"/>
+      <w:bookmarkStart w:id="33" w:name="_Toc7632898"/>
+      <w:bookmarkStart w:id="34" w:name="_Toc7794078"/>
+      <w:bookmarkStart w:id="35" w:name="_Toc7799074"/>
+      <w:bookmarkStart w:id="36" w:name="_Toc7854320"/>
+      <w:bookmarkStart w:id="37" w:name="_Toc11509418"/>
+      <w:bookmarkStart w:id="38" w:name="_Toc12042273"/>
+      <w:bookmarkStart w:id="39" w:name="_Toc12042783"/>
+      <w:bookmarkStart w:id="40" w:name="_Toc12043046"/>
+      <w:bookmarkStart w:id="41" w:name="_Toc12119113"/>
+      <w:bookmarkStart w:id="42" w:name="_Toc12136509"/>
+      <w:bookmarkStart w:id="43" w:name="_Toc14349596"/>
+      <w:bookmarkStart w:id="44" w:name="_Toc14442645"/>
+      <w:bookmarkStart w:id="45" w:name="_Toc14442987"/>
+      <w:bookmarkStart w:id="46" w:name="_Toc14519197"/>
+      <w:bookmarkStart w:id="47" w:name="_Toc15482455"/>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[F] / [C] / [Dm] / [Dm] /</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="32"/>
+      <w:bookmarkEnd w:id="33"/>
+      <w:bookmarkEnd w:id="34"/>
+      <w:bookmarkEnd w:id="35"/>
+      <w:bookmarkEnd w:id="36"/>
+      <w:bookmarkEnd w:id="37"/>
+      <w:bookmarkEnd w:id="38"/>
+      <w:bookmarkEnd w:id="39"/>
+      <w:bookmarkEnd w:id="40"/>
+      <w:bookmarkEnd w:id="41"/>
+      <w:bookmarkEnd w:id="42"/>
+      <w:bookmarkEnd w:id="43"/>
+      <w:bookmarkEnd w:id="44"/>
+      <w:bookmarkEnd w:id="45"/>
+      <w:bookmarkEnd w:id="46"/>
+      <w:bookmarkEnd w:id="47"/>
+    </w:p>
+    <w:p w14:paraId="5339E790" w14:textId="77777777" w:rsidR="00EB0C1F" w:rsidRPr="00EB0C1F" w:rsidRDefault="00EB0C1F" w:rsidP="00EB0C1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="48" w:name="_Toc7632589"/>
+      <w:bookmarkStart w:id="49" w:name="_Toc7632899"/>
+      <w:bookmarkStart w:id="50" w:name="_Toc7794079"/>
+      <w:bookmarkStart w:id="51" w:name="_Toc7799075"/>
+      <w:bookmarkStart w:id="52" w:name="_Toc7854321"/>
+      <w:bookmarkStart w:id="53" w:name="_Toc11509419"/>
+      <w:bookmarkStart w:id="54" w:name="_Toc12042274"/>
+      <w:bookmarkStart w:id="55" w:name="_Toc12042784"/>
+      <w:bookmarkStart w:id="56" w:name="_Toc12043047"/>
+      <w:bookmarkStart w:id="57" w:name="_Toc12119114"/>
+      <w:bookmarkStart w:id="58" w:name="_Toc12136510"/>
+      <w:bookmarkStart w:id="59" w:name="_Toc14349597"/>
+      <w:bookmarkStart w:id="60" w:name="_Toc14442646"/>
+      <w:bookmarkStart w:id="61" w:name="_Toc14442988"/>
+      <w:bookmarkStart w:id="62" w:name="_Toc14519198"/>
+      <w:bookmarkStart w:id="63" w:name="_Toc15482456"/>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[F] / [C] / [F] / [F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AF"/>
+      </w:r>
+      <w:bookmarkEnd w:id="48"/>
+      <w:bookmarkEnd w:id="49"/>
+      <w:bookmarkEnd w:id="50"/>
+      <w:bookmarkEnd w:id="51"/>
+      <w:bookmarkEnd w:id="52"/>
+      <w:bookmarkEnd w:id="53"/>
+      <w:bookmarkEnd w:id="54"/>
+      <w:bookmarkEnd w:id="55"/>
+      <w:bookmarkEnd w:id="56"/>
+      <w:bookmarkEnd w:id="57"/>
+      <w:bookmarkEnd w:id="58"/>
+      <w:bookmarkEnd w:id="59"/>
+      <w:bookmarkEnd w:id="60"/>
+      <w:bookmarkEnd w:id="61"/>
+      <w:bookmarkEnd w:id="62"/>
+      <w:bookmarkEnd w:id="63"/>
+    </w:p>
+    <w:p w14:paraId="6F755182" w14:textId="77777777" w:rsidR="00EB0C1F" w:rsidRPr="00EB0C1F" w:rsidRDefault="00EB0C1F" w:rsidP="00EB0C1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="02C4CC09" w14:textId="77777777" w:rsidR="00EB0C1F" w:rsidRPr="00EB0C1F" w:rsidRDefault="00EB0C1F" w:rsidP="00EB0C1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="64" w:name="_Toc7632590"/>
+      <w:bookmarkStart w:id="65" w:name="_Toc7632900"/>
+      <w:bookmarkStart w:id="66" w:name="_Toc7794080"/>
+      <w:bookmarkStart w:id="67" w:name="_Toc7799076"/>
+      <w:bookmarkStart w:id="68" w:name="_Toc7854322"/>
+      <w:bookmarkStart w:id="69" w:name="_Toc11509420"/>
+      <w:bookmarkStart w:id="70" w:name="_Toc12042275"/>
+      <w:bookmarkStart w:id="71" w:name="_Toc12042785"/>
+      <w:bookmarkStart w:id="72" w:name="_Toc12043048"/>
+      <w:bookmarkStart w:id="73" w:name="_Toc12119115"/>
+      <w:bookmarkStart w:id="74" w:name="_Toc12136511"/>
+      <w:bookmarkStart w:id="75" w:name="_Toc14349598"/>
+      <w:bookmarkStart w:id="76" w:name="_Toc14442647"/>
+      <w:bookmarkStart w:id="77" w:name="_Toc14442989"/>
+      <w:bookmarkStart w:id="78" w:name="_Toc14519199"/>
+      <w:bookmarkStart w:id="79" w:name="_Toc15482457"/>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>I re-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">member the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> time when my </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> grandpa and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[Bb]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> I</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="64"/>
+      <w:bookmarkEnd w:id="65"/>
+      <w:bookmarkEnd w:id="66"/>
+      <w:bookmarkEnd w:id="67"/>
+      <w:bookmarkEnd w:id="68"/>
+      <w:bookmarkEnd w:id="69"/>
+      <w:bookmarkEnd w:id="70"/>
+      <w:bookmarkEnd w:id="71"/>
+      <w:bookmarkEnd w:id="72"/>
+      <w:bookmarkEnd w:id="73"/>
+      <w:bookmarkEnd w:id="74"/>
+      <w:bookmarkEnd w:id="75"/>
+      <w:bookmarkEnd w:id="76"/>
+      <w:bookmarkEnd w:id="77"/>
+      <w:bookmarkEnd w:id="78"/>
+      <w:bookmarkEnd w:id="79"/>
+    </w:p>
+    <w:p w14:paraId="52D426A5" w14:textId="77777777" w:rsidR="00EB0C1F" w:rsidRPr="00EB0C1F" w:rsidRDefault="00EB0C1F" w:rsidP="00EB0C1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="80" w:name="_Toc7632591"/>
+      <w:bookmarkStart w:id="81" w:name="_Toc7632901"/>
+      <w:bookmarkStart w:id="82" w:name="_Toc7794081"/>
+      <w:bookmarkStart w:id="83" w:name="_Toc7799077"/>
+      <w:bookmarkStart w:id="84" w:name="_Toc7854323"/>
+      <w:bookmarkStart w:id="85" w:name="_Toc11509421"/>
+      <w:bookmarkStart w:id="86" w:name="_Toc12042276"/>
+      <w:bookmarkStart w:id="87" w:name="_Toc12042786"/>
+      <w:bookmarkStart w:id="88" w:name="_Toc12043049"/>
+      <w:bookmarkStart w:id="89" w:name="_Toc12119116"/>
+      <w:bookmarkStart w:id="90" w:name="_Toc12136512"/>
+      <w:bookmarkStart w:id="91" w:name="_Toc14349599"/>
+      <w:bookmarkStart w:id="92" w:name="_Toc14442648"/>
+      <w:bookmarkStart w:id="93" w:name="_Toc14442990"/>
+      <w:bookmarkStart w:id="94" w:name="_Toc14519200"/>
+      <w:bookmarkStart w:id="95" w:name="_Toc15482458"/>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Would </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sit by the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> fire at </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[Dm]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> night </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[Dm]</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="80"/>
+      <w:bookmarkEnd w:id="81"/>
+      <w:bookmarkEnd w:id="82"/>
+      <w:bookmarkEnd w:id="83"/>
+      <w:bookmarkEnd w:id="84"/>
+      <w:bookmarkEnd w:id="85"/>
+      <w:bookmarkEnd w:id="86"/>
+      <w:bookmarkEnd w:id="87"/>
+      <w:bookmarkEnd w:id="88"/>
+      <w:bookmarkEnd w:id="89"/>
+      <w:bookmarkEnd w:id="90"/>
+      <w:bookmarkEnd w:id="91"/>
+      <w:bookmarkEnd w:id="92"/>
+      <w:bookmarkEnd w:id="93"/>
+      <w:bookmarkEnd w:id="94"/>
+      <w:bookmarkEnd w:id="95"/>
+    </w:p>
+    <w:p w14:paraId="2FDB7CAF" w14:textId="77777777" w:rsidR="00EB0C1F" w:rsidRPr="00EB0C1F" w:rsidRDefault="00EB0C1F" w:rsidP="00EB0C1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="96" w:name="_Toc7632592"/>
+      <w:bookmarkStart w:id="97" w:name="_Toc7632902"/>
+      <w:bookmarkStart w:id="98" w:name="_Toc7794082"/>
+      <w:bookmarkStart w:id="99" w:name="_Toc7799078"/>
+      <w:bookmarkStart w:id="100" w:name="_Toc7854324"/>
+      <w:bookmarkStart w:id="101" w:name="_Toc11509422"/>
+      <w:bookmarkStart w:id="102" w:name="_Toc12042277"/>
+      <w:bookmarkStart w:id="103" w:name="_Toc12042787"/>
+      <w:bookmarkStart w:id="104" w:name="_Toc12043050"/>
+      <w:bookmarkStart w:id="105" w:name="_Toc12119117"/>
+      <w:bookmarkStart w:id="106" w:name="_Toc12136513"/>
+      <w:bookmarkStart w:id="107" w:name="_Toc14349600"/>
+      <w:bookmarkStart w:id="108" w:name="_Toc14442649"/>
+      <w:bookmarkStart w:id="109" w:name="_Toc14442991"/>
+      <w:bookmarkStart w:id="110" w:name="_Toc14519201"/>
+      <w:bookmarkStart w:id="111" w:name="_Toc15482459"/>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">And I’d </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> listen to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> stories, of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> how he once </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[Bb]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> lived</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="96"/>
+      <w:bookmarkEnd w:id="97"/>
+      <w:bookmarkEnd w:id="98"/>
+      <w:bookmarkEnd w:id="99"/>
+      <w:bookmarkEnd w:id="100"/>
+      <w:bookmarkEnd w:id="101"/>
+      <w:bookmarkEnd w:id="102"/>
+      <w:bookmarkEnd w:id="103"/>
+      <w:bookmarkEnd w:id="104"/>
+      <w:bookmarkEnd w:id="105"/>
+      <w:bookmarkEnd w:id="106"/>
+      <w:bookmarkEnd w:id="107"/>
+      <w:bookmarkEnd w:id="108"/>
+      <w:bookmarkEnd w:id="109"/>
+      <w:bookmarkEnd w:id="110"/>
+      <w:bookmarkEnd w:id="111"/>
+    </w:p>
+    <w:p w14:paraId="124B0FE8" w14:textId="77777777" w:rsidR="00EB0C1F" w:rsidRPr="00EB0C1F" w:rsidRDefault="00EB0C1F" w:rsidP="00EB0C1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="112" w:name="_Toc7632593"/>
+      <w:bookmarkStart w:id="113" w:name="_Toc7632903"/>
+      <w:bookmarkStart w:id="114" w:name="_Toc7794083"/>
+      <w:bookmarkStart w:id="115" w:name="_Toc7799079"/>
+      <w:bookmarkStart w:id="116" w:name="_Toc7854325"/>
+      <w:bookmarkStart w:id="117" w:name="_Toc11509423"/>
+      <w:bookmarkStart w:id="118" w:name="_Toc12042278"/>
+      <w:bookmarkStart w:id="119" w:name="_Toc12042788"/>
+      <w:bookmarkStart w:id="120" w:name="_Toc12043051"/>
+      <w:bookmarkStart w:id="121" w:name="_Toc12119118"/>
+      <w:bookmarkStart w:id="122" w:name="_Toc12136514"/>
+      <w:bookmarkStart w:id="123" w:name="_Toc14349601"/>
+      <w:bookmarkStart w:id="124" w:name="_Toc14442650"/>
+      <w:bookmarkStart w:id="125" w:name="_Toc14442992"/>
+      <w:bookmarkStart w:id="126" w:name="_Toc14519202"/>
+      <w:bookmarkStart w:id="127" w:name="_Toc15482460"/>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">By the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> glow of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kerosene </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[Dm]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> light</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [Dm]</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="112"/>
+      <w:bookmarkEnd w:id="113"/>
+      <w:bookmarkEnd w:id="114"/>
+      <w:bookmarkEnd w:id="115"/>
+      <w:bookmarkEnd w:id="116"/>
+      <w:bookmarkEnd w:id="117"/>
+      <w:bookmarkEnd w:id="118"/>
+      <w:bookmarkEnd w:id="119"/>
+      <w:bookmarkEnd w:id="120"/>
+      <w:bookmarkEnd w:id="121"/>
+      <w:bookmarkEnd w:id="122"/>
+      <w:bookmarkEnd w:id="123"/>
+      <w:bookmarkEnd w:id="124"/>
+      <w:bookmarkEnd w:id="125"/>
+      <w:bookmarkEnd w:id="126"/>
+      <w:bookmarkEnd w:id="127"/>
+    </w:p>
+    <w:p w14:paraId="64ADF1F3" w14:textId="77777777" w:rsidR="00EB0C1F" w:rsidRPr="00EB0C1F" w:rsidRDefault="00EB0C1F" w:rsidP="00EB0C1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="128" w:name="_Toc7632594"/>
+      <w:bookmarkStart w:id="129" w:name="_Toc7632904"/>
+      <w:bookmarkStart w:id="130" w:name="_Toc7794084"/>
+      <w:bookmarkStart w:id="131" w:name="_Toc7799080"/>
+      <w:bookmarkStart w:id="132" w:name="_Toc7854326"/>
+      <w:bookmarkStart w:id="133" w:name="_Toc11509424"/>
+      <w:bookmarkStart w:id="134" w:name="_Toc12042279"/>
+      <w:bookmarkStart w:id="135" w:name="_Toc12042789"/>
+      <w:bookmarkStart w:id="136" w:name="_Toc12043052"/>
+      <w:bookmarkStart w:id="137" w:name="_Toc12119119"/>
+      <w:bookmarkStart w:id="138" w:name="_Toc12136515"/>
+      <w:bookmarkStart w:id="139" w:name="_Toc14349602"/>
+      <w:bookmarkStart w:id="140" w:name="_Toc14442651"/>
+      <w:bookmarkStart w:id="141" w:name="_Toc14442993"/>
+      <w:bookmarkStart w:id="142" w:name="_Toc14519203"/>
+      <w:bookmarkStart w:id="143" w:name="_Toc15482461"/>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">By the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> glow of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kerosene </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> light </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AF"/>
+      </w:r>
+      <w:bookmarkEnd w:id="128"/>
+      <w:bookmarkEnd w:id="129"/>
+      <w:bookmarkEnd w:id="130"/>
+      <w:bookmarkEnd w:id="131"/>
+      <w:bookmarkEnd w:id="132"/>
+      <w:bookmarkEnd w:id="133"/>
+      <w:bookmarkEnd w:id="134"/>
+      <w:bookmarkEnd w:id="135"/>
+      <w:bookmarkEnd w:id="136"/>
+      <w:bookmarkEnd w:id="137"/>
+      <w:bookmarkEnd w:id="138"/>
+      <w:bookmarkEnd w:id="139"/>
+      <w:bookmarkEnd w:id="140"/>
+      <w:bookmarkEnd w:id="141"/>
+      <w:bookmarkEnd w:id="142"/>
+      <w:bookmarkEnd w:id="143"/>
+    </w:p>
+    <w:p w14:paraId="0027D9BD" w14:textId="77777777" w:rsidR="00EB0C1F" w:rsidRPr="00EB0C1F" w:rsidRDefault="00EB0C1F" w:rsidP="00EB0C1F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2160"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-806"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="13D8CEB3" w14:textId="77777777" w:rsidR="00EB0C1F" w:rsidRPr="00EB0C1F" w:rsidRDefault="00EB0C1F" w:rsidP="00EB0C1F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2160"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-806"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">He </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> said Mom and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Dad sent </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> me off to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[Bb]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> school</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F7E74DA" w14:textId="77777777" w:rsidR="00EB0C1F" w:rsidRPr="00EB0C1F" w:rsidRDefault="00EB0C1F" w:rsidP="00EB0C1F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2160"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-806"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Where I </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> learned how to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> read and to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[Dm]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> write </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[Dm]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3155D6DF" w14:textId="77777777" w:rsidR="00EB0C1F" w:rsidRPr="00EB0C1F" w:rsidRDefault="00EB0C1F" w:rsidP="00EB0C1F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2160"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-806"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">And they’d </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> listen for </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> hours, as I </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> read from my </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[Bb]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> books</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="452108D8" w14:textId="77777777" w:rsidR="00EB0C1F" w:rsidRPr="00EB0C1F" w:rsidRDefault="00EB0C1F" w:rsidP="00EB0C1F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2160"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-806"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">By the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> glow of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kerosene </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[Dm]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> light </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[Dm]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F5D2C86" w14:textId="77777777" w:rsidR="00EB0C1F" w:rsidRPr="00EB0C1F" w:rsidRDefault="00EB0C1F" w:rsidP="00EB0C1F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2160"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-806"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">By the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> glow of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kerosene </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> light </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AF"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5481D34A" w14:textId="77777777" w:rsidR="00EB0C1F" w:rsidRPr="00EB0C1F" w:rsidRDefault="00EB0C1F" w:rsidP="00EB0C1F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2160"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-810"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1393AA15" w14:textId="77777777" w:rsidR="00EB0C1F" w:rsidRPr="00EB0C1F" w:rsidRDefault="00EB0C1F" w:rsidP="00EB0C1F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2160"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-810"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>INSTRUMENTAL:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22F0A632" w14:textId="77777777" w:rsidR="00EB0C1F" w:rsidRPr="00EB0C1F" w:rsidRDefault="00EB0C1F" w:rsidP="00EB0C1F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2160"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-806"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">And they’d </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">listen for </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">hours, as I </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">read from my </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[Bb]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>books</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05249958" w14:textId="77777777" w:rsidR="00EB0C1F" w:rsidRPr="00EB0C1F" w:rsidRDefault="00EB0C1F" w:rsidP="00EB0C1F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2160"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-806"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">By the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">glow of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">kerosene </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[Dm]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">light </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[Dm]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="681B7BE4" w14:textId="77777777" w:rsidR="00EB0C1F" w:rsidRPr="00EB0C1F" w:rsidRDefault="00EB0C1F" w:rsidP="00EB0C1F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2160"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-806"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">By the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">glow of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">kerosene </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">light </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AF"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="016CB924" w14:textId="77777777" w:rsidR="00EB0C1F" w:rsidRPr="00EB0C1F" w:rsidRDefault="00EB0C1F" w:rsidP="00EB0C1F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2160"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-810"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="43074F5A" w14:textId="77777777" w:rsidR="00EB0C1F" w:rsidRPr="00EB0C1F" w:rsidRDefault="00EB0C1F" w:rsidP="00EB0C1F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2160"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-810"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Your </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> grandma and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> I, we were </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> wed at six-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[Bb]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>teen</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A7C0F29" w14:textId="77777777" w:rsidR="00EB0C1F" w:rsidRPr="00EB0C1F" w:rsidRDefault="00EB0C1F" w:rsidP="00EB0C1F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2160"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-810"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lord </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> she was a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> beautiful </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[Dm]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sight </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[Dm]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="545E4034" w14:textId="77777777" w:rsidR="00EB0C1F" w:rsidRPr="00EB0C1F" w:rsidRDefault="00EB0C1F" w:rsidP="00EB0C1F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2160"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-810"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">And as </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> proudly I </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> placed, the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ring on her </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[Bb]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> hand</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3ED20074" w14:textId="77777777" w:rsidR="00EB0C1F" w:rsidRPr="00EB0C1F" w:rsidRDefault="00EB0C1F" w:rsidP="00EB0C1F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2160"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-810"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">By the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> glow of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kerosene </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[Dm]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> light </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[Dm]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19683BC2" w14:textId="77777777" w:rsidR="00EB0C1F" w:rsidRPr="00EB0C1F" w:rsidRDefault="00EB0C1F" w:rsidP="00EB0C1F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2160"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-810"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">By the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> glow of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kerosene </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> light </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AF"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EC93E3E" w14:textId="77777777" w:rsidR="00EB0C1F" w:rsidRPr="00EB0C1F" w:rsidRDefault="00EB0C1F" w:rsidP="00EB0C1F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2160"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-810"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1965B647" w14:textId="77777777" w:rsidR="00EB0C1F" w:rsidRPr="00EB0C1F" w:rsidRDefault="00EB0C1F" w:rsidP="00EB0C1F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2160"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-810"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>A-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">bout one year </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> later, your </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> daddy was </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[Bb]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> born</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E0E8EE4" w14:textId="77777777" w:rsidR="00EB0C1F" w:rsidRPr="00EB0C1F" w:rsidRDefault="00EB0C1F" w:rsidP="00EB0C1F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2160"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-810"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">And your </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> grandma held </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> my hand so </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[Dm]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tight </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[Dm]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F8CBD82" w14:textId="77777777" w:rsidR="00EB0C1F" w:rsidRPr="00EB0C1F" w:rsidRDefault="00EB0C1F" w:rsidP="00EB0C1F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2160"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-810"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Oh! I </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> can’t tell the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[C] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">joy, as she </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> brought forth new </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[Bb]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> life</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="154F07A9" w14:textId="77777777" w:rsidR="00EB0C1F" w:rsidRPr="00EB0C1F" w:rsidRDefault="00EB0C1F" w:rsidP="00EB0C1F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2160"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-810"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">By the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> glow of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kerosene </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[Dm]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> light </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[Dm]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13E5934C" w14:textId="77777777" w:rsidR="00EB0C1F" w:rsidRPr="00EB0C1F" w:rsidRDefault="00EB0C1F" w:rsidP="00EB0C1F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2160"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-810"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">By the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> glow of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kerosene </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> light </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AF"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69508739" w14:textId="77777777" w:rsidR="00EB0C1F" w:rsidRPr="00EB0C1F" w:rsidRDefault="00EB0C1F" w:rsidP="00EB0C1F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2160"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-810"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="516093E3" w14:textId="77777777" w:rsidR="00EB0C1F" w:rsidRPr="00EB0C1F" w:rsidRDefault="00EB0C1F" w:rsidP="00EB0C1F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2160"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-810"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>INSTRUMENTAL:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="011640D0" w14:textId="77777777" w:rsidR="00EB0C1F" w:rsidRPr="00EB0C1F" w:rsidRDefault="00EB0C1F" w:rsidP="00EB0C1F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2160"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-806"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Oh! I </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">can’t tell the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[C] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">joy, as she </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">brought forth new </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[Bb]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>life</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DC11AC4" w14:textId="77777777" w:rsidR="00EB0C1F" w:rsidRPr="00EB0C1F" w:rsidRDefault="00EB0C1F" w:rsidP="00EB0C1F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2160"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-806"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">By the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">glow of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">kerosene </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[Dm]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">light </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[Dm]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="042CBBAE" w14:textId="77777777" w:rsidR="00EB0C1F" w:rsidRPr="00EB0C1F" w:rsidRDefault="00EB0C1F" w:rsidP="00EB0C1F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2160"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-806"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">By the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">glow of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">kerosene </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">light </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AF"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4328C56C" w14:textId="77777777" w:rsidR="00EB0C1F" w:rsidRPr="00EB0C1F" w:rsidRDefault="00EB0C1F" w:rsidP="00EB0C1F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2160"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-810"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0E2A9774" w14:textId="77777777" w:rsidR="00EB0C1F" w:rsidRPr="00EB0C1F" w:rsidRDefault="00EB0C1F" w:rsidP="00EB0C1F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2160"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-810"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">But </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> having her </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[C] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">child, it did </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> weaken her </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[Bb]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> soul</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1301011B" w14:textId="77777777" w:rsidR="00EB0C1F" w:rsidRPr="00EB0C1F" w:rsidRDefault="00EB0C1F" w:rsidP="00EB0C1F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2160"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-810"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">She </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> just wasn’t </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> up to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[Dm]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> fight </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[Dm]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2894129F" w14:textId="77777777" w:rsidR="00EB0C1F" w:rsidRPr="00EB0C1F" w:rsidRDefault="00EB0C1F" w:rsidP="00EB0C1F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2160"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-810"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">But </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> she looked so </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> peaceful, as she </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> went to her </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[Bb]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> rest</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="539B1EE0" w14:textId="77777777" w:rsidR="00EB0C1F" w:rsidRPr="00EB0C1F" w:rsidRDefault="00EB0C1F" w:rsidP="00EB0C1F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2160"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-810"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">By the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> glow of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kerosene </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[Dm]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> light </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[Dm]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00FC4B4D" w14:textId="7064D28A" w:rsidR="00EB0C1F" w:rsidRPr="00EB0C1F" w:rsidRDefault="00EB0C1F" w:rsidP="00EB0C1F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2160"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-810"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">By the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> glow of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kerosene </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> light </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AF"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69E166DE" w14:textId="77777777" w:rsidR="00EB0C1F" w:rsidRPr="00EB0C1F" w:rsidRDefault="00EB0C1F" w:rsidP="00EB0C1F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2160"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-810"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="07343EB3" w14:textId="77777777" w:rsidR="00EB0C1F" w:rsidRPr="00EB0C1F" w:rsidRDefault="00EB0C1F" w:rsidP="00EB0C1F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2160"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-810"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Then, as </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> now, the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> times they were </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[Bb]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> hard</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A56151E" w14:textId="77777777" w:rsidR="00EB0C1F" w:rsidRPr="00EB0C1F" w:rsidRDefault="00EB0C1F" w:rsidP="00EB0C1F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2160"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-810"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">To </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>suc</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>ceed</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> you would </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> try all your </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[Dm]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> might </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[Dm]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="537513A9" w14:textId="77777777" w:rsidR="00EB0C1F" w:rsidRPr="00EB0C1F" w:rsidRDefault="00EB0C1F" w:rsidP="00EB0C1F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2160"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-810"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">And </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sometimes love </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> bloomed, but </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sometimes dreams </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[Bb]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> died</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D802CA9" w14:textId="77777777" w:rsidR="00EB0C1F" w:rsidRPr="00EB0C1F" w:rsidRDefault="00EB0C1F" w:rsidP="00EB0C1F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2160"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-810"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">By the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> glow of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kerosene </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[Dm]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> light </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[Dm]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="493E294F" w14:textId="77777777" w:rsidR="00EB0C1F" w:rsidRPr="00EB0C1F" w:rsidRDefault="00EB0C1F" w:rsidP="00EB0C1F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2160"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-810"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">By the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> glow of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kerosene </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[Dm]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> light </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[Bb]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70C39456" w14:textId="77777777" w:rsidR="00EB0C1F" w:rsidRPr="00EB0C1F" w:rsidRDefault="00EB0C1F" w:rsidP="00EB0C1F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2160"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-810"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">By the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> glow of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kerosene </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AF"/>
+      </w:r>
+      <w:r w:rsidRPr="00EB0C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> light</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A1EA2E0" w14:textId="77777777" w:rsidR="00EB0C1F" w:rsidRPr="00EB0C1F" w:rsidRDefault="00EB0C1F" w:rsidP="00EB0C1F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2160"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-810"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="245B3A20" w14:textId="77777777" w:rsidR="00EB0C1F" w:rsidRDefault="00EB0C1F" w:rsidP="00EB0C1F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2160"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-811"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:noProof/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="en-CA" w:eastAsia="en-CA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2C308AD9" wp14:editId="5D4B7176">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="41" name="Picture 41" descr="C:\Users\msrog\AppData\Local\Microsoft\Windows\INetCache\Content.Word\F.PNG"/>
+            <wp:docPr id="318029435" name="Picture 4"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 70" descr="C:\Users\msrog\AppData\Local\Microsoft\Windows\INetCache\Content.Word\F.PNG"/>
+                    <pic:cNvPr id="0" name="Picture 1"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9">
+                    <a:blip r:embed="rId5">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:lang w:val="en-CA" w:eastAsia="en-CA"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="324C9269" wp14:editId="3E99981E">
+            <wp:extent cx="457200" cy="609600"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="1562848371" name="Picture 3"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 2"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId6">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="457200" cy="609600"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:lang w:val="en-CA" w:eastAsia="en-CA"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="256D85CD" wp14:editId="75B2C736">
+            <wp:extent cx="457200" cy="609600"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="715089259" name="Picture 2"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 3"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId7">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="457200" cy="609600"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6691563B" wp14:editId="70A5F9C3">
+            <wp:extent cx="457200" cy="609600"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="918039404" name="Picture 1"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 4"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId8">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="457200" cy="609600"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00632D3D" w:rsidRPr="00552BB5" w:rsidRDefault="00632D3D" w:rsidP="00632D3D">
+    <w:p w14:paraId="7B2D2975" w14:textId="77777777" w:rsidR="00EB0C1F" w:rsidRDefault="00EB0C1F" w:rsidP="00EB0C1F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2160"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="-806"/>
-[...4 lines deleted...]
-          <w:szCs w:val="16"/>
+        <w:ind w:right="-811"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00535368" w:rsidRPr="00535368" w:rsidRDefault="00535368" w:rsidP="00535368">
+    <w:p w14:paraId="08083A42" w14:textId="41E96320" w:rsidR="00B043CF" w:rsidRPr="00EB0C1F" w:rsidRDefault="00EB0C1F" w:rsidP="00EB0C1F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2160"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...8 lines deleted...]
-          <w:lang w:val="en-US"/>
+        <w:ind w:right="-810"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Toc7632586"/>
-[...4558 lines deleted...]
-        <w:r w:rsidR="00B043CF" w:rsidRPr="00055195">
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidRPr="00055195">
           <w:rPr>
             <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Lucida Console"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>www.bytownukulele.ca</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:sectPr w:rsidR="00B043CF" w:rsidRPr="00AA7812" w:rsidSect="00DB1F9F">
+    <w:sectPr w:rsidR="00B043CF" w:rsidRPr="00EB0C1F" w:rsidSect="00DB1F9F">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="450" w:right="720" w:bottom="284" w:left="900" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
-    <w:altName w:val="Meiryo"/>
+    <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
-    <w:family w:val="roman"/>
-    <w:notTrueType/>
+    <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="00000000" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Minngs">
-    <w:altName w:val="Arial Unicode MS"/>
+    <w:altName w:val="Yu Gothic"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000000" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
-    <w:notTrueType/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="00000001" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="61002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Console">
     <w:panose1 w:val="020B0609040504020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="8000028F" w:usb1="00001800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000001F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00291A89"/>
     <w:rsid w:val="000961DF"/>
     <w:rsid w:val="000D00ED"/>
     <w:rsid w:val="00110521"/>
     <w:rsid w:val="00132109"/>
     <w:rsid w:val="00161445"/>
     <w:rsid w:val="0017786C"/>
+    <w:rsid w:val="001B27CB"/>
     <w:rsid w:val="001E2271"/>
     <w:rsid w:val="00201DEA"/>
     <w:rsid w:val="00252E97"/>
     <w:rsid w:val="00291A89"/>
     <w:rsid w:val="002B56B4"/>
     <w:rsid w:val="003442C9"/>
     <w:rsid w:val="00414418"/>
     <w:rsid w:val="00490D27"/>
     <w:rsid w:val="00530B01"/>
     <w:rsid w:val="00531581"/>
     <w:rsid w:val="00535368"/>
     <w:rsid w:val="00550EFA"/>
     <w:rsid w:val="00552BB5"/>
     <w:rsid w:val="006230AD"/>
     <w:rsid w:val="006325CA"/>
     <w:rsid w:val="00632D3D"/>
     <w:rsid w:val="007320F1"/>
     <w:rsid w:val="0074318D"/>
     <w:rsid w:val="007E4748"/>
     <w:rsid w:val="0082492D"/>
     <w:rsid w:val="008250D0"/>
     <w:rsid w:val="00866CDE"/>
     <w:rsid w:val="00972E99"/>
     <w:rsid w:val="009D43DE"/>
     <w:rsid w:val="00A42E3F"/>
     <w:rsid w:val="00A87C0D"/>
     <w:rsid w:val="00A902E9"/>
     <w:rsid w:val="00A92235"/>
     <w:rsid w:val="00AA7812"/>
     <w:rsid w:val="00AB09B4"/>
     <w:rsid w:val="00B043CF"/>
     <w:rsid w:val="00B16743"/>
     <w:rsid w:val="00B66DF3"/>
     <w:rsid w:val="00BA2469"/>
     <w:rsid w:val="00C2743B"/>
     <w:rsid w:val="00C5218C"/>
     <w:rsid w:val="00CA07D7"/>
     <w:rsid w:val="00D66B4B"/>
     <w:rsid w:val="00D841AD"/>
     <w:rsid w:val="00DB1F9F"/>
     <w:rsid w:val="00E04FCE"/>
     <w:rsid w:val="00E76CB6"/>
+    <w:rsid w:val="00EB0C1F"/>
     <w:rsid w:val="00F81E40"/>
     <w:rsid w:val="00F96D25"/>
     <w:rsid w:val="00FB061D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
+  <w14:docId w14:val="0915C6ED"/>
   <w14:defaultImageDpi w14:val="300"/>
+  <w15:docId w15:val="{1A3AC9D4-7FCB-4B19-9208-E207AB7D99A3}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...442 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00D841AD"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="MS Minngs" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00DB1F9F"/>
     <w:pPr>
@@ -5821,98 +5669,98 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00D841AD"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00D841AD"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="MS Minngs" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="fr-FR"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="537932374">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1617059407">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1666201155">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bytownukulele.ca" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bytownukulele.ca" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Ourfiles\Bytown%20Ukulele%20Group\BUG%20Regular%20Jam%20Playlists\2018\12%202018\Songsheet%20Template.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -6216,66 +6064,66 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2C3F60A3-27AD-44BB-BFF3-91F693910C21}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Songsheet Template</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>362</Words>
-  <Characters>2065</Characters>
+  <Words>361</Words>
+  <Characters>2063</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>17</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Hewlett-Packard</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2423</CharactersWithSpaces>
+  <CharactersWithSpaces>2420</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>MARK ROGERS</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>