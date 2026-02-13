--- v0 (2026-01-07)
+++ v1 (2026-02-13)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="11A08193" w14:textId="4D8A3E7A" w:rsidR="0082492D" w:rsidRPr="00A902E9" w:rsidRDefault="00E16643" w:rsidP="00DB1F9F">
+    <w:p w14:paraId="11A08193" w14:textId="686792A7" w:rsidR="0082492D" w:rsidRPr="00A902E9" w:rsidRDefault="00E16643" w:rsidP="00DB1F9F">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Such</w:t>
       </w:r>
       <w:r w:rsidR="006713E3">
         <w:t xml:space="preserve"> Great Heights</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="55979362" w14:textId="79021101" w:rsidR="00972E99" w:rsidRPr="00A902E9" w:rsidRDefault="00834472">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>Ben Gibbard, Jimmy Tamborello 200</w:t>
       </w:r>
       <w:r w:rsidR="00D17252">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
@@ -71,120 +71,120 @@
         <w:t>&amp;</w:t>
       </w:r>
       <w:r w:rsidR="006713E3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> Wine</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2003)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="32FDEC2C" w14:textId="77777777" w:rsidR="00972E99" w:rsidRPr="009B14E5" w:rsidRDefault="00972E99">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="525A1818" w14:textId="38FF3460" w:rsidR="007320F1" w:rsidRDefault="005D28C9">
+    <w:p w14:paraId="525A1818" w14:textId="6052CEE2" w:rsidR="007320F1" w:rsidRDefault="00565FE7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-          <w:b/>
+          <w:bCs/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="09A72418" wp14:editId="6C205A0C">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="63D792A9" wp14:editId="60224013">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="1451288562" name="Picture 1"/>
+            <wp:docPr id="1920019780" name="Picture 2"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 1"/>
+                    <pic:cNvPr id="0" name="Picture 2"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidR="00110521">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5DFADF8F" wp14:editId="5230D37C">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5DFADF8F" wp14:editId="4056E317">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="10" name="Picture 10" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\D.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 10" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\D.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
@@ -391,90 +391,111 @@
     <w:p w14:paraId="5C3E558E" w14:textId="77777777" w:rsidR="002A2BC8" w:rsidRPr="009B14E5" w:rsidRDefault="002A2BC8" w:rsidP="006713E3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="66C4229E" w14:textId="45ED0FF2" w:rsidR="002A2BC8" w:rsidRDefault="002A2BC8" w:rsidP="006713E3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>[G] / [G] / [D] / [D] /</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60722594" w14:textId="594AB8B2" w:rsidR="002A2BC8" w:rsidRDefault="002A2BC8" w:rsidP="006713E3">
+    <w:p w14:paraId="60722594" w14:textId="3FE7406A" w:rsidR="002A2BC8" w:rsidRDefault="00565FE7" w:rsidP="006713E3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
-        <w:t>[C5] / [C5] / [G]</w:t>
+        <w:t>[Cadd9]</w:t>
+      </w:r>
+      <w:r w:rsidR="002A2BC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[Cadd9]</w:t>
+      </w:r>
+      <w:r w:rsidR="002A2BC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / [G]</w:t>
       </w:r>
       <w:r w:rsidR="005142DF">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> / </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="002A2BC8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>[D] /</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7EA05060" w14:textId="69562697" w:rsidR="006713E3" w:rsidRPr="009B14E5" w:rsidRDefault="006713E3" w:rsidP="002A2BC8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6738691C" w14:textId="595C64FB" w:rsidR="006713E3" w:rsidRPr="006713E3" w:rsidRDefault="006713E3" w:rsidP="006713E3">
+    <w:p w14:paraId="6738691C" w14:textId="02AB7A6C" w:rsidR="006713E3" w:rsidRPr="006713E3" w:rsidRDefault="006713E3" w:rsidP="006713E3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006713E3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
       <w:r w:rsidRPr="006713E3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> I....am</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
@@ -487,159 +508,173 @@
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
       <w:r w:rsidRPr="006713E3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> thinking it's a </w:t>
       </w:r>
       <w:r w:rsidRPr="006713E3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[D]</w:t>
       </w:r>
       <w:r w:rsidRPr="006713E3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> sign </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="7A254949" w14:textId="1D31F943" w:rsidR="006713E3" w:rsidRPr="006713E3" w:rsidRDefault="006713E3" w:rsidP="006713E3">
+        <w:t xml:space="preserve"> sign</w:t>
+      </w:r>
+      <w:r w:rsidR="0009755A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>…</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006713E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A254949" w14:textId="2EFDA5F3" w:rsidR="006713E3" w:rsidRPr="006713E3" w:rsidRDefault="006713E3" w:rsidP="006713E3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006713E3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">That the </w:t>
       </w:r>
       <w:r w:rsidRPr="006713E3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[D]</w:t>
       </w:r>
       <w:r w:rsidRPr="006713E3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> freckles in our </w:t>
       </w:r>
-      <w:r w:rsidR="005D28C9">
-[...5 lines deleted...]
-        <w:t>[C5]</w:t>
+      <w:r w:rsidR="00565FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[Cadd9]</w:t>
       </w:r>
       <w:r w:rsidRPr="006713E3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> eyes are mirror</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005D28C9">
-[...5 lines deleted...]
-        <w:t>[C5]</w:t>
+      <w:r w:rsidR="00565FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[Cadd9]</w:t>
       </w:r>
       <w:r w:rsidRPr="006713E3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> images and </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="037967DD" w14:textId="5AA37455" w:rsidR="006713E3" w:rsidRPr="006713E3" w:rsidRDefault="006713E3" w:rsidP="006713E3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006713E3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
       <w:r w:rsidRPr="006713E3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> When we kiss they're </w:t>
       </w:r>
       <w:r w:rsidRPr="006713E3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[D]</w:t>
       </w:r>
       <w:r w:rsidRPr="006713E3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> perfectly aligned and </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="639243F4" w14:textId="25727987" w:rsidR="006713E3" w:rsidRPr="006713E3" w:rsidRDefault="006713E3" w:rsidP="006713E3">
+    <w:p w14:paraId="639243F4" w14:textId="020F1B0F" w:rsidR="006713E3" w:rsidRPr="006713E3" w:rsidRDefault="006713E3" w:rsidP="006713E3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006713E3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
       <w:r w:rsidRPr="006713E3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> I....</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
@@ -668,104 +703,118 @@
           <w:bCs/>
         </w:rPr>
         <w:t>specu</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="006713E3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[D]</w:t>
       </w:r>
       <w:r w:rsidRPr="006713E3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">late </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="7D45CA18" w14:textId="7131D898" w:rsidR="006713E3" w:rsidRPr="006713E3" w:rsidRDefault="006713E3" w:rsidP="006713E3">
+        <w:t>late</w:t>
+      </w:r>
+      <w:r w:rsidR="0009755A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>…</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006713E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D45CA18" w14:textId="2E3FCA2A" w:rsidR="006713E3" w:rsidRPr="006713E3" w:rsidRDefault="006713E3" w:rsidP="006713E3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006713E3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">That </w:t>
       </w:r>
       <w:r w:rsidRPr="006713E3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[D]</w:t>
       </w:r>
       <w:r w:rsidRPr="006713E3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> God himself did </w:t>
       </w:r>
-      <w:r w:rsidR="005D28C9">
-[...5 lines deleted...]
-        <w:t>[C5]</w:t>
+      <w:r w:rsidR="00565FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[Cadd9]</w:t>
       </w:r>
       <w:r w:rsidRPr="006713E3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> make us into </w:t>
       </w:r>
-      <w:r w:rsidR="005D28C9">
-[...5 lines deleted...]
-        <w:t>[C5]</w:t>
+      <w:r w:rsidR="00565FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[Cadd9]</w:t>
       </w:r>
       <w:r w:rsidRPr="006713E3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> corresponding </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7966EE7B" w14:textId="17ED5369" w:rsidR="006713E3" w:rsidRPr="006713E3" w:rsidRDefault="006713E3" w:rsidP="006713E3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006713E3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
       <w:r w:rsidRPr="006713E3">
@@ -778,171 +827,185 @@
       <w:r w:rsidRPr="006713E3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[D]</w:t>
       </w:r>
       <w:r w:rsidRPr="006713E3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> pieces from the clay and </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1DC4E42E" w14:textId="77777777" w:rsidR="006713E3" w:rsidRPr="006C1711" w:rsidRDefault="006713E3" w:rsidP="006713E3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7CD7D6F2" w14:textId="761BB190" w:rsidR="006713E3" w:rsidRPr="006713E3" w:rsidRDefault="006713E3" w:rsidP="006713E3">
+    <w:p w14:paraId="7CD7D6F2" w14:textId="0F3B4977" w:rsidR="006713E3" w:rsidRPr="006713E3" w:rsidRDefault="006713E3" w:rsidP="006713E3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006713E3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
       <w:r w:rsidRPr="006713E3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> True....it </w:t>
       </w:r>
       <w:r w:rsidRPr="006713E3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
       <w:r w:rsidRPr="006713E3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> may seem like a </w:t>
       </w:r>
       <w:r w:rsidRPr="006713E3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[D]</w:t>
       </w:r>
       <w:r w:rsidRPr="006713E3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> stretch </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="5FC63B00" w14:textId="4E94183B" w:rsidR="006713E3" w:rsidRDefault="006713E3" w:rsidP="006713E3">
+        <w:t xml:space="preserve"> stretch</w:t>
+      </w:r>
+      <w:r w:rsidR="0009755A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>…</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006713E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FC63B00" w14:textId="1714DD52" w:rsidR="006713E3" w:rsidRDefault="006713E3" w:rsidP="006713E3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006713E3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">But it's </w:t>
       </w:r>
       <w:r w:rsidRPr="006713E3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[D]</w:t>
       </w:r>
       <w:r w:rsidRPr="006713E3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> thoughts like this that </w:t>
       </w:r>
-      <w:r w:rsidR="005D28C9">
-[...5 lines deleted...]
-        <w:t>[C5]</w:t>
+      <w:r w:rsidR="00565FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[Cadd9]</w:t>
       </w:r>
       <w:r w:rsidRPr="006713E3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> catch my troubled </w:t>
       </w:r>
-      <w:r w:rsidR="005D28C9">
-[...5 lines deleted...]
-        <w:t>[C5]</w:t>
+      <w:r w:rsidR="00565FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[Cadd9]</w:t>
       </w:r>
       <w:r w:rsidRPr="006713E3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> head</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> when</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5489CA63" w14:textId="28134631" w:rsidR="006713E3" w:rsidRPr="006713E3" w:rsidRDefault="006713E3" w:rsidP="006713E3">
+    <w:p w14:paraId="5489CA63" w14:textId="2EFC8CBD" w:rsidR="006713E3" w:rsidRPr="006713E3" w:rsidRDefault="006713E3" w:rsidP="006713E3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>Y</w:t>
       </w:r>
       <w:r w:rsidRPr="006713E3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>ou're a</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
@@ -954,51 +1017,65 @@
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
       <w:r w:rsidRPr="006713E3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">way when I am </w:t>
       </w:r>
       <w:r w:rsidRPr="006713E3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[D]</w:t>
       </w:r>
       <w:r w:rsidRPr="006713E3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> missing you to death </w:t>
+        <w:t xml:space="preserve"> missing you to death</w:t>
+      </w:r>
+      <w:r w:rsidR="0009755A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>…</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006713E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45261028" w14:textId="37A8489C" w:rsidR="006713E3" w:rsidRPr="006713E3" w:rsidRDefault="006713E3" w:rsidP="006713E3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006713E3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
       <w:r w:rsidRPr="006713E3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> When....you were </w:t>
       </w:r>
       <w:r w:rsidRPr="006713E3">
@@ -1010,101 +1087,101 @@
         <w:t>[G]</w:t>
       </w:r>
       <w:r w:rsidRPr="006713E3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> out there on the </w:t>
       </w:r>
       <w:r w:rsidRPr="006713E3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[D]</w:t>
       </w:r>
       <w:r w:rsidRPr="006713E3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> road </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17F7D3BA" w14:textId="44E30630" w:rsidR="006713E3" w:rsidRDefault="006713E3" w:rsidP="006713E3">
+    <w:p w14:paraId="17F7D3BA" w14:textId="4465D34C" w:rsidR="006713E3" w:rsidRDefault="006713E3" w:rsidP="006713E3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006713E3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">For </w:t>
       </w:r>
       <w:r w:rsidRPr="006713E3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[D]</w:t>
       </w:r>
       <w:r w:rsidRPr="006713E3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> several weeks of </w:t>
       </w:r>
-      <w:r w:rsidR="005D28C9">
-[...5 lines deleted...]
-        <w:t>[C5]</w:t>
+      <w:r w:rsidR="00565FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[Cadd9]</w:t>
       </w:r>
       <w:r w:rsidRPr="006713E3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> shows and when you </w:t>
       </w:r>
-      <w:r w:rsidR="005D28C9">
-[...5 lines deleted...]
-        <w:t>[C5]</w:t>
+      <w:r w:rsidR="00565FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[Cadd9]</w:t>
       </w:r>
       <w:r w:rsidRPr="006713E3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> scan</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> the</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="10828406" w14:textId="0160E4CA" w:rsidR="006713E3" w:rsidRPr="006713E3" w:rsidRDefault="006713E3" w:rsidP="006713E3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1252,102 +1329,110 @@
         <w:t xml:space="preserve"> great heights</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006713E3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[D]</w:t>
       </w:r>
       <w:r w:rsidRPr="006713E3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="448037C2" w14:textId="0F9B3247" w:rsidR="006713E3" w:rsidRPr="006713E3" w:rsidRDefault="006713E3" w:rsidP="006713E3">
+    <w:p w14:paraId="448037C2" w14:textId="2DD6FEE1" w:rsidR="006713E3" w:rsidRPr="006713E3" w:rsidRDefault="006713E3" w:rsidP="006713E3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006713E3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>Come do</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="005D28C9">
-[...5 lines deleted...]
-        <w:t>[C5]</w:t>
+      <w:r w:rsidR="00565FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[Cadd9]</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006713E3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>wn</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006713E3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> now </w:t>
       </w:r>
-      <w:r w:rsidR="002A2BC8">
-[...5 lines deleted...]
-        <w:t>[C5]</w:t>
+      <w:r w:rsidR="00565FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[Cadd9]</w:t>
+      </w:r>
+      <w:r w:rsidR="00D17FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006713E3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>they'll s</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="006713E3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
       <w:r w:rsidRPr="006713E3">
         <w:rPr>
@@ -1425,102 +1510,102 @@
       </w:r>
       <w:r w:rsidRPr="006713E3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[D]</w:t>
       </w:r>
       <w:r w:rsidRPr="006713E3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> away </w:t>
       </w:r>
       <w:r w:rsidRPr="006713E3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[D]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F4281D6" w14:textId="18FF850E" w:rsidR="006713E3" w:rsidRPr="006713E3" w:rsidRDefault="006713E3" w:rsidP="006713E3">
+    <w:p w14:paraId="2F4281D6" w14:textId="0C696D04" w:rsidR="006713E3" w:rsidRPr="006713E3" w:rsidRDefault="006713E3" w:rsidP="006713E3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006713E3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>Come do</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="005D28C9">
-[...5 lines deleted...]
-        <w:t>[C5]</w:t>
+      <w:r w:rsidR="00565FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[Cadd9]</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006713E3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>wn</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006713E3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> now </w:t>
       </w:r>
-      <w:r w:rsidR="005D28C9">
-[...5 lines deleted...]
-        <w:t>[C5]</w:t>
+      <w:r w:rsidR="00565FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[Cadd9]</w:t>
       </w:r>
       <w:r w:rsidR="00CD384A" w:rsidRPr="006713E3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006713E3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">but we'll </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006713E3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>st</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="0040208D">
@@ -1555,51 +1640,51 @@
       <w:r w:rsidRPr="006713E3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[D]</w:t>
       </w:r>
       <w:r w:rsidR="0040208D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>ay</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3CAFCD12" w14:textId="77777777" w:rsidR="0040208D" w:rsidRPr="006C1711" w:rsidRDefault="0040208D" w:rsidP="006713E3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="257BC2E3" w14:textId="617CB04B" w:rsidR="006713E3" w:rsidRPr="006713E3" w:rsidRDefault="006713E3" w:rsidP="006713E3">
+    <w:p w14:paraId="257BC2E3" w14:textId="2D3E9966" w:rsidR="006713E3" w:rsidRPr="006713E3" w:rsidRDefault="006713E3" w:rsidP="006713E3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006713E3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
       <w:r w:rsidRPr="006713E3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> I've....</w:t>
       </w:r>
       <w:r w:rsidR="0040208D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
@@ -1619,125 +1704,139 @@
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006713E3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">tried my best to </w:t>
       </w:r>
       <w:r w:rsidRPr="006713E3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[D]</w:t>
       </w:r>
       <w:r w:rsidRPr="006713E3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> leave </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="17F057A2" w14:textId="5A48BA66" w:rsidR="006713E3" w:rsidRPr="006713E3" w:rsidRDefault="006713E3" w:rsidP="006713E3">
+        <w:t xml:space="preserve"> leave</w:t>
+      </w:r>
+      <w:r w:rsidR="0009755A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>…</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006713E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17F057A2" w14:textId="5D054F50" w:rsidR="006713E3" w:rsidRPr="006713E3" w:rsidRDefault="006713E3" w:rsidP="006713E3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006713E3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">This </w:t>
       </w:r>
       <w:r w:rsidR="0040208D" w:rsidRPr="006713E3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[D]</w:t>
       </w:r>
       <w:r w:rsidR="0040208D" w:rsidRPr="006713E3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006713E3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>all on your ma</w:t>
       </w:r>
       <w:r w:rsidR="0040208D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="005D28C9">
-[...5 lines deleted...]
-        <w:t>[C5]</w:t>
+      <w:r w:rsidR="00565FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[Cadd9]</w:t>
       </w:r>
       <w:r w:rsidRPr="006713E3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>chine but the per</w:t>
       </w:r>
       <w:r w:rsidR="0040208D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="005D28C9">
-[...5 lines deleted...]
-        <w:t>[C5]</w:t>
+      <w:r w:rsidR="00565FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[Cadd9]</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006713E3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>sistent</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006713E3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> beeping </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A5E9B2B" w14:textId="2A915395" w:rsidR="006713E3" w:rsidRPr="006713E3" w:rsidRDefault="006713E3" w:rsidP="006713E3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
@@ -1757,51 +1856,51 @@
         <w:t xml:space="preserve"> Sounded thin u</w:t>
       </w:r>
       <w:r w:rsidR="0040208D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>p-</w:t>
       </w:r>
       <w:r w:rsidRPr="006713E3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[D]</w:t>
       </w:r>
       <w:r w:rsidRPr="006713E3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">on listening </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A73BF1A" w14:textId="42BA397B" w:rsidR="006713E3" w:rsidRPr="006713E3" w:rsidRDefault="002A2BC8" w:rsidP="006713E3">
+    <w:p w14:paraId="1A73BF1A" w14:textId="6F1BC3C5" w:rsidR="006713E3" w:rsidRPr="006713E3" w:rsidRDefault="002A2BC8" w:rsidP="006713E3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A2BC8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>And</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006713E3" w:rsidRPr="006713E3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
@@ -1850,111 +1949,125 @@
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006713E3" w:rsidRPr="006713E3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">frankly will not </w:t>
       </w:r>
       <w:r w:rsidR="006713E3" w:rsidRPr="006713E3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[D]</w:t>
       </w:r>
       <w:r w:rsidR="006713E3" w:rsidRPr="006713E3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> fly </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="6577134C" w14:textId="322D3DFE" w:rsidR="006713E3" w:rsidRPr="006713E3" w:rsidRDefault="006713E3" w:rsidP="006713E3">
+        <w:t xml:space="preserve"> fly</w:t>
+      </w:r>
+      <w:r w:rsidR="0009755A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>…</w:t>
+      </w:r>
+      <w:r w:rsidR="006713E3" w:rsidRPr="006713E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6577134C" w14:textId="0B0A62B3" w:rsidR="006713E3" w:rsidRPr="006713E3" w:rsidRDefault="006713E3" w:rsidP="006713E3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006713E3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">You will </w:t>
       </w:r>
       <w:r w:rsidR="0040208D" w:rsidRPr="006713E3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[D]</w:t>
       </w:r>
       <w:r w:rsidR="0040208D" w:rsidRPr="006713E3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006713E3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">hear the shrillest </w:t>
       </w:r>
-      <w:r w:rsidR="005D28C9">
-[...5 lines deleted...]
-        <w:t>[C5]</w:t>
+      <w:r w:rsidR="00565FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[Cadd9]</w:t>
       </w:r>
       <w:r w:rsidRPr="006713E3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> highs and lowest </w:t>
       </w:r>
-      <w:r w:rsidR="005D28C9">
-[...5 lines deleted...]
-        <w:t>[C5]</w:t>
+      <w:r w:rsidR="00565FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[Cadd9]</w:t>
       </w:r>
       <w:r w:rsidR="0040208D" w:rsidRPr="006713E3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006713E3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>lows with</w:t>
       </w:r>
       <w:r w:rsidR="0040208D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006713E3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
@@ -2117,102 +2230,110 @@
         <w:t xml:space="preserve"> great heights</w:t>
       </w:r>
       <w:r w:rsidR="0040208D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0040208D" w:rsidRPr="006713E3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[D]</w:t>
       </w:r>
       <w:r w:rsidR="0040208D" w:rsidRPr="006713E3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3960CF53" w14:textId="681DDD6E" w:rsidR="0040208D" w:rsidRPr="006713E3" w:rsidRDefault="0040208D" w:rsidP="0040208D">
+    <w:p w14:paraId="3960CF53" w14:textId="46E40834" w:rsidR="0040208D" w:rsidRPr="006713E3" w:rsidRDefault="0040208D" w:rsidP="0040208D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006713E3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>Come do</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="005D28C9">
-[...5 lines deleted...]
-        <w:t>[C5]</w:t>
+      <w:r w:rsidR="00565FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[Cadd9]</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006713E3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>wn</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006713E3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> now </w:t>
       </w:r>
+      <w:r w:rsidR="00565FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[Cadd9]</w:t>
+      </w:r>
       <w:r w:rsidR="002A2BC8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">[C5] </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006713E3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>they'll s</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="006713E3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
       <w:r w:rsidRPr="006713E3">
         <w:rPr>
@@ -2290,102 +2411,102 @@
       </w:r>
       <w:r w:rsidRPr="006713E3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[D]</w:t>
       </w:r>
       <w:r w:rsidRPr="006713E3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> away </w:t>
       </w:r>
       <w:r w:rsidRPr="006713E3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[D]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CAEBB32" w14:textId="17328A5B" w:rsidR="0040208D" w:rsidRPr="006713E3" w:rsidRDefault="0040208D" w:rsidP="0040208D">
+    <w:p w14:paraId="2CAEBB32" w14:textId="62877EFE" w:rsidR="0040208D" w:rsidRPr="006713E3" w:rsidRDefault="0040208D" w:rsidP="0040208D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006713E3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>Come do</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="005D28C9">
-[...5 lines deleted...]
-        <w:t>[C5]</w:t>
+      <w:r w:rsidR="00565FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[Cadd9]</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006713E3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>wn</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006713E3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> now </w:t>
       </w:r>
-      <w:r w:rsidR="005D28C9">
-[...5 lines deleted...]
-        <w:t>[C5]</w:t>
+      <w:r w:rsidR="00565FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[Cadd9]</w:t>
       </w:r>
       <w:r w:rsidR="00CD384A" w:rsidRPr="006713E3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006713E3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">but we'll </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006713E3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>st</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
@@ -2421,89 +2542,89 @@
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[D]</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>ay</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D5F89F7" w14:textId="77777777" w:rsidR="0040208D" w:rsidRPr="006C1711" w:rsidRDefault="0040208D" w:rsidP="006713E3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="396330FF" w14:textId="54BD0232" w:rsidR="005142DF" w:rsidRPr="00474B52" w:rsidRDefault="00174348" w:rsidP="006713E3">
+    <w:p w14:paraId="396330FF" w14:textId="3B4D1395" w:rsidR="005142DF" w:rsidRPr="00474B52" w:rsidRDefault="00174348" w:rsidP="006713E3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00474B52">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="006713E3" w:rsidRPr="00474B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">[G] </w:t>
+      </w:r>
       <w:r w:rsidR="00474B52">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
+        <w:t xml:space="preserve">             </w:t>
+      </w:r>
+      <w:r w:rsidR="00565FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
-      </w:r>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">              </w:t>
       </w:r>
       <w:r w:rsidR="005142DF" w:rsidRPr="00474B52">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">[G] </w:t>
       </w:r>
       <w:r w:rsidR="00474B52">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">             </w:t>
       </w:r>
       <w:r w:rsidR="005142DF" w:rsidRPr="00474B52">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -2637,547 +2758,378 @@
           <w:b/>
           <w:bCs/>
           <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         </w:rPr>
         <w:t xml:space="preserve"> | 1 + 2 + 3 + 4 + |</w:t>
       </w:r>
       <w:r w:rsidR="00474B52" w:rsidRPr="009B14E5">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1 + 2 + 3 + 4 + | 1 + 2 + 3 + 4 + | 1 + 2 + 3 + 4 + |</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07155216" w14:textId="49F45DE9" w:rsidR="00174348" w:rsidRPr="006C1711" w:rsidRDefault="00174348" w:rsidP="006713E3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0E0FA41B" w14:textId="4C119A0E" w:rsidR="000076D2" w:rsidRPr="009B14E5" w:rsidRDefault="009B14E5" w:rsidP="006713E3">
+    <w:p w14:paraId="0E0FA41B" w14:textId="21CE0828" w:rsidR="000076D2" w:rsidRPr="009B14E5" w:rsidRDefault="009B14E5" w:rsidP="006713E3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009B14E5">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00565FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[Cadd9]</w:t>
+      </w:r>
+      <w:r w:rsidR="006713E3" w:rsidRPr="009B14E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B14E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+      <w:r w:rsidR="00C01DDD">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00565FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[Cadd9]</w:t>
+      </w:r>
+      <w:r w:rsidR="005142DF" w:rsidRPr="009B14E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B14E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">          </w:t>
+      </w:r>
+      <w:r w:rsidR="006713E3" w:rsidRPr="009B14E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B14E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Calibri" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">            </w:t>
+      </w:r>
+      <w:r w:rsidR="006713E3" w:rsidRPr="009B14E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="006713E3" w:rsidRPr="009B14E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[D]</w:t>
+      </w:r>
+      <w:r w:rsidR="0040208D" w:rsidRPr="009B14E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Calibri" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005D28C9" w:rsidRPr="009B14E5">
-[...5 lines deleted...]
-        <w:t>[C5]</w:t>
+      <w:r w:rsidRPr="009B14E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Calibri" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006713E3" w:rsidRPr="009B14E5">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009B14E5">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">          </w:t>
+        <w:t xml:space="preserve">        </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">   </w:t>
-[...8 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00565FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006713E3" w:rsidRPr="009B14E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r w:rsidR="0040208D" w:rsidRPr="009B14E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Calibri" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AF"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AC9AC6B" w14:textId="4356FFE8" w:rsidR="009B14E5" w:rsidRPr="00474B52" w:rsidRDefault="009B14E5" w:rsidP="009B14E5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00474B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>A|-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00474B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>---------------|---</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00474B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00474B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>-------</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00474B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>---|</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>-2-------3-2-----|-5-------5-------|</w:t>
+      </w:r>
+      <w:r w:rsidR="006C1711">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>-2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25E87B56" w14:textId="66E7797E" w:rsidR="009B14E5" w:rsidRPr="00474B52" w:rsidRDefault="009B14E5" w:rsidP="009B14E5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00474B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>E|-----------------|---------3-------|</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>-------------3---|-----------------|</w:t>
+      </w:r>
+      <w:r w:rsidR="006C1711">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>--</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62D04C76" w14:textId="48053323" w:rsidR="009B14E5" w:rsidRPr="009B14E5" w:rsidRDefault="009B14E5" w:rsidP="009B14E5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="009B14E5">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...406 lines deleted...]
-          <w:bCs/>
           <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         </w:rPr>
-      </w:pPr>
-[...16 lines deleted...]
-        <w:t>-1</w:t>
+        <w:t xml:space="preserve"> | 1 + 2 + 3 + 4 + | 1 + 2 + 3 + 4 + | 1 + 2 + 3 + 4 + | 1 + 2 + 3 + 4 + |-1</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="50F4B1CC" w14:textId="77777777" w:rsidR="00B043CF" w:rsidRPr="006C1711" w:rsidRDefault="00B043CF" w:rsidP="00110521">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2FDC0883" w14:textId="666D0E02" w:rsidR="00B043CF" w:rsidRPr="006C1711" w:rsidRDefault="00A029D3" w:rsidP="00A029D3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Lucida Console"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidRPr="00055195">
           <w:rPr>
             <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Lucida Console"/>
@@ -3222,51 +3174,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="61002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Console">
     <w:panose1 w:val="020B0609040504020204"/>
     <w:charset w:val="00"/>
@@ -3275,117 +3227,124 @@
     <w:sig w:usb0="8000028F" w:usb1="00001800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000001F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006713E3"/>
     <w:rsid w:val="000076D2"/>
     <w:rsid w:val="000961DF"/>
+    <w:rsid w:val="0009755A"/>
     <w:rsid w:val="000A348C"/>
     <w:rsid w:val="000D00ED"/>
+    <w:rsid w:val="000E10E0"/>
     <w:rsid w:val="000F7214"/>
     <w:rsid w:val="00110521"/>
     <w:rsid w:val="00132109"/>
     <w:rsid w:val="00161445"/>
     <w:rsid w:val="00163837"/>
     <w:rsid w:val="00174348"/>
     <w:rsid w:val="0017786C"/>
     <w:rsid w:val="001A030B"/>
     <w:rsid w:val="001B672F"/>
     <w:rsid w:val="001C26FA"/>
     <w:rsid w:val="001E2271"/>
+    <w:rsid w:val="001F4915"/>
     <w:rsid w:val="00252E97"/>
     <w:rsid w:val="002A2BC8"/>
     <w:rsid w:val="002B56B4"/>
     <w:rsid w:val="003442C9"/>
     <w:rsid w:val="0040208D"/>
     <w:rsid w:val="00414418"/>
     <w:rsid w:val="0047277F"/>
     <w:rsid w:val="00474B52"/>
     <w:rsid w:val="00490D27"/>
     <w:rsid w:val="004E65B6"/>
     <w:rsid w:val="005142DF"/>
     <w:rsid w:val="00526117"/>
     <w:rsid w:val="00531581"/>
     <w:rsid w:val="00550EFA"/>
     <w:rsid w:val="005543FD"/>
+    <w:rsid w:val="00565FE7"/>
     <w:rsid w:val="005D28C9"/>
     <w:rsid w:val="006051C5"/>
     <w:rsid w:val="006230AD"/>
     <w:rsid w:val="006325CA"/>
     <w:rsid w:val="0064040F"/>
     <w:rsid w:val="006713E3"/>
     <w:rsid w:val="006C1711"/>
     <w:rsid w:val="007320F1"/>
     <w:rsid w:val="007E4748"/>
     <w:rsid w:val="0082492D"/>
     <w:rsid w:val="00834472"/>
     <w:rsid w:val="00866CDE"/>
     <w:rsid w:val="00924B54"/>
     <w:rsid w:val="00972E99"/>
     <w:rsid w:val="009B14E5"/>
     <w:rsid w:val="00A029D3"/>
     <w:rsid w:val="00A42E3F"/>
     <w:rsid w:val="00A569E6"/>
     <w:rsid w:val="00A902E9"/>
     <w:rsid w:val="00A92235"/>
     <w:rsid w:val="00A9741C"/>
     <w:rsid w:val="00AB09B4"/>
     <w:rsid w:val="00AD3A18"/>
     <w:rsid w:val="00B043CF"/>
     <w:rsid w:val="00B16743"/>
     <w:rsid w:val="00B30545"/>
     <w:rsid w:val="00BB114B"/>
+    <w:rsid w:val="00C01DDD"/>
     <w:rsid w:val="00C5218C"/>
     <w:rsid w:val="00CA07D7"/>
     <w:rsid w:val="00CD384A"/>
     <w:rsid w:val="00D113AB"/>
     <w:rsid w:val="00D17252"/>
+    <w:rsid w:val="00D17FCF"/>
     <w:rsid w:val="00D4034F"/>
     <w:rsid w:val="00D66B4B"/>
     <w:rsid w:val="00D84579"/>
     <w:rsid w:val="00DB1F9F"/>
     <w:rsid w:val="00E04FCE"/>
     <w:rsid w:val="00E16643"/>
     <w:rsid w:val="00F81E40"/>
+    <w:rsid w:val="00F9416A"/>
     <w:rsid w:val="00F96D25"/>
     <w:rsid w:val="00FB061D"/>
     <w:rsid w:val="00FC6CD8"/>
     <w:rsid w:val="00FF183F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
@@ -4231,70 +4190,70 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{75A02CBF-9B6D-4C04-98ED-B5E96D8DF686}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>TEMPLATE FOR SONGSHEET</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>339</Words>
-  <Characters>1934</Characters>
+  <Words>350</Words>
+  <Characters>1995</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>16</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2269</CharactersWithSpaces>
+  <CharactersWithSpaces>2341</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>HP User</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>