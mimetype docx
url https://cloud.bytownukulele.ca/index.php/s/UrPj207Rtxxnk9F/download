--- v0 (2025-10-10)
+++ v1 (2026-02-11)
@@ -1,694 +1,596 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="111DAA31" w14:textId="00BDD811" w:rsidR="0082492D" w:rsidRPr="00A902E9" w:rsidRDefault="007A12AC" w:rsidP="00DB1F9F">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>You’re No Good</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A16E3FB" w14:textId="33E78B83" w:rsidR="00972E99" w:rsidRPr="00A902E9" w:rsidRDefault="007A12AC">
+    <w:p w14:paraId="072CC482" w14:textId="77777777" w:rsidR="00647499" w:rsidRPr="00A902E9" w:rsidRDefault="00647499" w:rsidP="00647499">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>Clint Ballard Jr. 1963 (cover by Linda Ronstadt 1975)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B34E748" w14:textId="77777777" w:rsidR="00972E99" w:rsidRPr="006230AD" w:rsidRDefault="00972E99">
+    <w:p w14:paraId="5B7B6FAA" w14:textId="77777777" w:rsidR="00647499" w:rsidRPr="006230AD" w:rsidRDefault="00647499" w:rsidP="00647499">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5799797D" w14:textId="52CD7649" w:rsidR="007320F1" w:rsidRDefault="00A569E6">
+    <w:p w14:paraId="2977AEB1" w14:textId="77777777" w:rsidR="00647499" w:rsidRDefault="00647499" w:rsidP="00647499">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1EE01945" wp14:editId="06251712">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4594A82D" wp14:editId="7304A1AF">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="24" name="Picture 24" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\Am.png"/>
+            <wp:docPr id="1986043009" name="Picture 1986043009" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\Am.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 4" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\Am.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="00110521">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5E426A19" wp14:editId="7BA25895">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="13BBA087" wp14:editId="200A0887">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="3" name="Picture 3" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\C.png"/>
+            <wp:docPr id="84155430" name="Picture 84155430" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\C.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\C.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="00110521">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="05A453B5" wp14:editId="4B26A701">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3BF5E056" wp14:editId="62AC0D0B">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="10" name="Picture 10" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\D.png"/>
+            <wp:docPr id="484943304" name="Picture 484943304" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\D.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 10" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\D.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="00110521">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="58B9B4E2" wp14:editId="483921AB">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7D7D5BF9" wp14:editId="4D3E5EC2">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="9" name="Picture 9" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\E7.png"/>
+            <wp:docPr id="1393726396" name="Picture 1393726396" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\E7.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 9" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\E7.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="00110521">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7ACC154C" wp14:editId="0259F48E">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6CC629B1" wp14:editId="093A56C0">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="7" name="Picture 7" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\F.png"/>
+            <wp:docPr id="342031985" name="Picture 342031985" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\F.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 7" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\F.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId9">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="00110521">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5007AD72" wp14:editId="5195E1A8">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1E1EC983" wp14:editId="1E255E30">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="8" name="Picture 8" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\G.png"/>
+            <wp:docPr id="1497460767" name="Picture 1497460767" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\G.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 8" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\G.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId10">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35D6A36D" w14:textId="77777777" w:rsidR="007320F1" w:rsidRPr="000961DF" w:rsidRDefault="007320F1">
-[...7 lines deleted...]
-    <w:p w14:paraId="32E29593" w14:textId="77777777" w:rsidR="007A12AC" w:rsidRDefault="007A12AC" w:rsidP="007A12AC">
+    <w:p w14:paraId="6F757F49" w14:textId="77777777" w:rsidR="00647499" w:rsidRPr="000961DF" w:rsidRDefault="00647499" w:rsidP="00647499">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="09A0FC33" w14:textId="77777777" w:rsidR="00647499" w:rsidRDefault="00647499" w:rsidP="00647499">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">INTRO: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> / 1 2 / 1 2 /</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3990F68E" w14:textId="77777777" w:rsidR="007A12AC" w:rsidRPr="00055346" w:rsidRDefault="007A12AC" w:rsidP="007A12AC">
+    <w:p w14:paraId="7FF7DA8F" w14:textId="77777777" w:rsidR="00647499" w:rsidRPr="00055346" w:rsidRDefault="00647499" w:rsidP="00647499">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="094F6A60" w14:textId="1221B604" w:rsidR="007A12AC" w:rsidRDefault="007A12AC" w:rsidP="007A12AC">
-[...225 lines deleted...]
-    <w:p w14:paraId="7E5BD72D" w14:textId="77777777" w:rsidR="007A12AC" w:rsidRPr="00055346" w:rsidRDefault="007A12AC" w:rsidP="007A12AC">
+    <w:p w14:paraId="62889C54" w14:textId="77777777" w:rsidR="00647499" w:rsidRDefault="00647499" w:rsidP="00647499">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00880EA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[Am]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00880EA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[D]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00880EA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[Am]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00880EA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[D]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> /</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DE23070" w14:textId="77777777" w:rsidR="00647499" w:rsidRDefault="00647499" w:rsidP="00647499">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00880EA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[Am]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00880EA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[D]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00880EA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[Am]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00880EA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[D]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> /</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5968FE12" w14:textId="77777777" w:rsidR="00647499" w:rsidRPr="00055346" w:rsidRDefault="00647499" w:rsidP="00647499">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="245AD7C1" w14:textId="77777777" w:rsidR="007A12AC" w:rsidRPr="00880EA6" w:rsidRDefault="007A12AC" w:rsidP="007A12AC">
+    <w:p w14:paraId="2BE7DA06" w14:textId="77777777" w:rsidR="00647499" w:rsidRPr="00880EA6" w:rsidRDefault="00647499" w:rsidP="00647499">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>[Am]</w:t>
       </w:r>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> Feeling </w:t>
       </w:r>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>[D]</w:t>
       </w:r>
@@ -709,51 +611,51 @@
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>[Am]</w:t>
       </w:r>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> now that we’re </w:t>
       </w:r>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>[D]</w:t>
       </w:r>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> through</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C13CB13" w14:textId="77777777" w:rsidR="007A12AC" w:rsidRPr="00880EA6" w:rsidRDefault="007A12AC" w:rsidP="007A12AC">
+    <w:p w14:paraId="78A3D7B7" w14:textId="77777777" w:rsidR="00647499" w:rsidRPr="00880EA6" w:rsidRDefault="00647499" w:rsidP="00647499">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>[Am]</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve">Feeling </w:t>
       </w:r>
@@ -795,103 +697,103 @@
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>[Am]</w:t>
       </w:r>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> I’m over </w:t>
       </w:r>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>[D]</w:t>
       </w:r>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> you</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E626814" w14:textId="77777777" w:rsidR="007A12AC" w:rsidRPr="00880EA6" w:rsidRDefault="007A12AC" w:rsidP="007A12AC">
-[...9 lines deleted...]
-        <w:t xml:space="preserve">I’ve </w:t>
+    <w:p w14:paraId="409788E2" w14:textId="77777777" w:rsidR="00647499" w:rsidRPr="00880EA6" w:rsidRDefault="00647499" w:rsidP="00647499">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00880EA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I </w:t>
       </w:r>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>[F]</w:t>
       </w:r>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> learned my </w:t>
       </w:r>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> lesson, it </w:t>
       </w:r>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>[C]</w:t>
       </w:r>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> left a scar</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="103F8862" w14:textId="77777777" w:rsidR="007A12AC" w:rsidRPr="00880EA6" w:rsidRDefault="007A12AC" w:rsidP="007A12AC">
+    <w:p w14:paraId="106B1441" w14:textId="77777777" w:rsidR="00647499" w:rsidRPr="00880EA6" w:rsidRDefault="00647499" w:rsidP="00647499">
       <w:pPr>
         <w:ind w:right="-180"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>[Am]</w:t>
       </w:r>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> Now I </w:t>
       </w:r>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>[D]</w:t>
@@ -900,89 +802,89 @@
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> see how you</w:t>
       </w:r>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>[E7]</w:t>
       </w:r>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> really are</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="705FC528" w14:textId="77777777" w:rsidR="007A12AC" w:rsidRPr="0072038E" w:rsidRDefault="007A12AC" w:rsidP="007A12AC">
+    <w:p w14:paraId="76F4C665" w14:textId="77777777" w:rsidR="00647499" w:rsidRPr="0072038E" w:rsidRDefault="00647499" w:rsidP="00647499">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="251B7A28" w14:textId="77777777" w:rsidR="007A12AC" w:rsidRPr="00880EA6" w:rsidRDefault="007A12AC" w:rsidP="007A12AC">
+    <w:p w14:paraId="276C0728" w14:textId="77777777" w:rsidR="00647499" w:rsidRPr="00880EA6" w:rsidRDefault="00647499" w:rsidP="00647499">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>HORUS</w:t>
       </w:r>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A2A164B" w14:textId="77777777" w:rsidR="007A12AC" w:rsidRPr="00880EA6" w:rsidRDefault="007A12AC" w:rsidP="007A12AC">
+    <w:p w14:paraId="765B43BF" w14:textId="77777777" w:rsidR="00647499" w:rsidRPr="00880EA6" w:rsidRDefault="00647499" w:rsidP="00647499">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve">You’re no </w:t>
       </w:r>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>[Am]</w:t>
       </w:r>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> good, you’re no </w:t>
       </w:r>
       <w:r w:rsidRPr="00880EA6">
@@ -990,51 +892,51 @@
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>[D]</w:t>
       </w:r>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> good, you’re no </w:t>
       </w:r>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>[Am]</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> good</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BA5F2D8" w14:textId="77777777" w:rsidR="007A12AC" w:rsidRPr="00880EA6" w:rsidRDefault="007A12AC" w:rsidP="007A12AC">
+    <w:p w14:paraId="2642FBC3" w14:textId="77777777" w:rsidR="00647499" w:rsidRPr="00880EA6" w:rsidRDefault="00647499" w:rsidP="00647499">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>Baby</w:t>
       </w:r>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>[D]</w:t>
       </w:r>
       <w:r w:rsidRPr="00880EA6">
@@ -1106,51 +1008,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>say it a</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>[D]</w:t>
       </w:r>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>gain</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="186219C5" w14:textId="77777777" w:rsidR="007A12AC" w:rsidRPr="00880EA6" w:rsidRDefault="007A12AC" w:rsidP="007A12AC">
+    <w:p w14:paraId="72C1279A" w14:textId="77777777" w:rsidR="00647499" w:rsidRPr="00880EA6" w:rsidRDefault="00647499" w:rsidP="00647499">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve">You’re no </w:t>
       </w:r>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>[Am]</w:t>
       </w:r>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> good, you’re no </w:t>
       </w:r>
       <w:r w:rsidRPr="00880EA6">
@@ -1158,51 +1060,51 @@
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>[D]</w:t>
       </w:r>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> good, you’re no </w:t>
       </w:r>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>[Am]</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> good</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0683511E" w14:textId="10C77C13" w:rsidR="007A12AC" w:rsidRPr="00880EA6" w:rsidRDefault="007A12AC" w:rsidP="007A12AC">
+    <w:p w14:paraId="77192EE3" w14:textId="77777777" w:rsidR="00647499" w:rsidRPr="00880EA6" w:rsidRDefault="00647499" w:rsidP="00647499">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>Baby</w:t>
       </w:r>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>[D]</w:t>
       </w:r>
       <w:r w:rsidRPr="00880EA6">
@@ -1266,60 +1168,60 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00055346">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00055346">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>[D]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76CBA85D" w14:textId="77777777" w:rsidR="007A12AC" w:rsidRPr="0072038E" w:rsidRDefault="007A12AC" w:rsidP="007A12AC">
+    <w:p w14:paraId="1C28A2B1" w14:textId="77777777" w:rsidR="00647499" w:rsidRPr="0072038E" w:rsidRDefault="00647499" w:rsidP="00647499">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7E06E806" w14:textId="77777777" w:rsidR="007A12AC" w:rsidRPr="00880EA6" w:rsidRDefault="007A12AC" w:rsidP="007A12AC">
+    <w:p w14:paraId="5DF62D40" w14:textId="77777777" w:rsidR="00647499" w:rsidRPr="00880EA6" w:rsidRDefault="00647499" w:rsidP="00647499">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve">I </w:t>
       </w:r>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>[Am]</w:t>
       </w:r>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> broke a </w:t>
       </w:r>
       <w:r w:rsidRPr="00880EA6">
@@ -1359,51 +1261,51 @@
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> gentle and </w:t>
       </w:r>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>[D]</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>true</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A003247" w14:textId="77777777" w:rsidR="007A12AC" w:rsidRPr="00880EA6" w:rsidRDefault="007A12AC" w:rsidP="007A12AC">
+    <w:p w14:paraId="4832DEFE" w14:textId="77777777" w:rsidR="00647499" w:rsidRPr="00880EA6" w:rsidRDefault="00647499" w:rsidP="00647499">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve">Well, I </w:t>
       </w:r>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>[Am]</w:t>
       </w:r>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> broke a </w:t>
       </w:r>
       <w:r w:rsidRPr="00880EA6">
@@ -1424,51 +1326,51 @@
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>[Am]</w:t>
       </w:r>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> someone like </w:t>
       </w:r>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>[D]</w:t>
       </w:r>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> you</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2495B0A0" w14:textId="77777777" w:rsidR="007A12AC" w:rsidRPr="00880EA6" w:rsidRDefault="007A12AC" w:rsidP="007A12AC">
+    <w:p w14:paraId="62A1A1F2" w14:textId="77777777" w:rsidR="00647499" w:rsidRPr="00880EA6" w:rsidRDefault="00647499" w:rsidP="00647499">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve">I’ll </w:t>
       </w:r>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>[F]</w:t>
       </w:r>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> beg his for</w:t>
       </w:r>
       <w:r>
@@ -1490,51 +1392,51 @@
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>giveness</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>[C]</w:t>
       </w:r>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> on bended knee</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DA5B402" w14:textId="77777777" w:rsidR="007A12AC" w:rsidRPr="00880EA6" w:rsidRDefault="007A12AC" w:rsidP="007A12AC">
+    <w:p w14:paraId="6DCE9B6D" w14:textId="77777777" w:rsidR="00647499" w:rsidRPr="00880EA6" w:rsidRDefault="00647499" w:rsidP="00647499">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>[Am]</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve">I wouldn’t </w:t>
       </w:r>
@@ -1543,89 +1445,89 @@
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>[D]</w:t>
       </w:r>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> blame him if he </w:t>
       </w:r>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>[E7]</w:t>
       </w:r>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> said to me</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78F767F2" w14:textId="77777777" w:rsidR="007A12AC" w:rsidRPr="0072038E" w:rsidRDefault="007A12AC" w:rsidP="007A12AC">
+    <w:p w14:paraId="2A2D8E9F" w14:textId="77777777" w:rsidR="00647499" w:rsidRPr="0072038E" w:rsidRDefault="00647499" w:rsidP="00647499">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="465BAA19" w14:textId="77777777" w:rsidR="007A12AC" w:rsidRPr="00880EA6" w:rsidRDefault="007A12AC" w:rsidP="007A12AC">
+    <w:p w14:paraId="30C54480" w14:textId="77777777" w:rsidR="00647499" w:rsidRPr="00880EA6" w:rsidRDefault="00647499" w:rsidP="00647499">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>HORUS</w:t>
       </w:r>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45994C3C" w14:textId="77777777" w:rsidR="007A12AC" w:rsidRPr="00880EA6" w:rsidRDefault="007A12AC" w:rsidP="007A12AC">
+    <w:p w14:paraId="1AE1BB11" w14:textId="77777777" w:rsidR="00647499" w:rsidRPr="00880EA6" w:rsidRDefault="00647499" w:rsidP="00647499">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve">You’re no </w:t>
       </w:r>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>[Am]</w:t>
       </w:r>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> good, you’re no </w:t>
       </w:r>
       <w:r w:rsidRPr="00880EA6">
@@ -1633,51 +1535,51 @@
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>[D]</w:t>
       </w:r>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> good, you’re no </w:t>
       </w:r>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>[Am]</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> good</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="250E7AC2" w14:textId="77777777" w:rsidR="007A12AC" w:rsidRPr="00880EA6" w:rsidRDefault="007A12AC" w:rsidP="007A12AC">
+    <w:p w14:paraId="60D24979" w14:textId="77777777" w:rsidR="00647499" w:rsidRPr="00880EA6" w:rsidRDefault="00647499" w:rsidP="00647499">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>Baby</w:t>
       </w:r>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>[D]</w:t>
       </w:r>
       <w:r w:rsidRPr="00880EA6">
@@ -1749,51 +1651,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>say it a</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>[D]</w:t>
       </w:r>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>gain</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3788199A" w14:textId="77777777" w:rsidR="007A12AC" w:rsidRPr="00880EA6" w:rsidRDefault="007A12AC" w:rsidP="007A12AC">
+    <w:p w14:paraId="7E59A00A" w14:textId="77777777" w:rsidR="00647499" w:rsidRPr="00880EA6" w:rsidRDefault="00647499" w:rsidP="00647499">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve">You’re no </w:t>
       </w:r>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>[Am]</w:t>
       </w:r>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> good, you’re no </w:t>
       </w:r>
       <w:r w:rsidRPr="00880EA6">
@@ -1801,51 +1703,51 @@
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>[D]</w:t>
       </w:r>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> good, you’re no </w:t>
       </w:r>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>[Am]</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> good</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B4AFA77" w14:textId="3E215AEE" w:rsidR="007A12AC" w:rsidRPr="00880EA6" w:rsidRDefault="007A12AC" w:rsidP="007A12AC">
+    <w:p w14:paraId="4F5D8DDA" w14:textId="77777777" w:rsidR="00647499" w:rsidRPr="00880EA6" w:rsidRDefault="00647499" w:rsidP="00647499">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>Baby</w:t>
       </w:r>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>[D]</w:t>
       </w:r>
       <w:r w:rsidRPr="00880EA6">
@@ -1885,388 +1787,262 @@
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>[Am]</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...37 lines deleted...]
-    <w:p w14:paraId="0677990D" w14:textId="77777777" w:rsidR="007A12AC" w:rsidRPr="00696AEA" w:rsidRDefault="007A12AC" w:rsidP="007A12AC">
+        <w:t xml:space="preserve"> / </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00880EA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[D]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> /</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5317C587" w14:textId="77777777" w:rsidR="00647499" w:rsidRPr="00696AEA" w:rsidRDefault="00647499" w:rsidP="00647499">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="353737E7" w14:textId="62DCFF07" w:rsidR="007A12AC" w:rsidRPr="00880EA6" w:rsidRDefault="007A12AC" w:rsidP="007A12AC">
-[...60 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+    <w:p w14:paraId="5201A402" w14:textId="77777777" w:rsidR="00647499" w:rsidRPr="00880EA6" w:rsidRDefault="00647499" w:rsidP="00647499">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00880EA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[Am]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00880EA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[D]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / </w:t>
       </w:r>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>[E7]</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...79 lines deleted...]
-    <w:p w14:paraId="22686AE4" w14:textId="77777777" w:rsidR="007A12AC" w:rsidRPr="0072038E" w:rsidRDefault="007A12AC" w:rsidP="007A12AC">
+        <w:t xml:space="preserve"> / [E7] / [E7] / [E7]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23FDC402" w14:textId="77777777" w:rsidR="00647499" w:rsidRPr="0072038E" w:rsidRDefault="00647499" w:rsidP="00647499">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1AD97BBB" w14:textId="77777777" w:rsidR="007A12AC" w:rsidRPr="00880EA6" w:rsidRDefault="007A12AC" w:rsidP="007A12AC">
+    <w:p w14:paraId="59554E0D" w14:textId="77777777" w:rsidR="00647499" w:rsidRPr="00880EA6" w:rsidRDefault="00647499" w:rsidP="00647499">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>B</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>RIDGE</w:t>
       </w:r>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="246C72AD" w14:textId="77777777" w:rsidR="007A12AC" w:rsidRPr="00880EA6" w:rsidRDefault="007A12AC" w:rsidP="007A12AC">
+    <w:p w14:paraId="38A033F2" w14:textId="77777777" w:rsidR="00647499" w:rsidRPr="00880EA6" w:rsidRDefault="00647499" w:rsidP="00647499">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve">I’m telling </w:t>
       </w:r>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>[Am]</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> you now</w:t>
       </w:r>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>[D]</w:t>
       </w:r>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> baby </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
-        <w:t xml:space="preserve">that </w:t>
+        <w:t xml:space="preserve">and </w:t>
       </w:r>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve">I’m </w:t>
       </w:r>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>[Am]</w:t>
       </w:r>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> g</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve">ing my </w:t>
       </w:r>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>[D]</w:t>
       </w:r>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> way</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F782419" w14:textId="77777777" w:rsidR="007A12AC" w:rsidRPr="00880EA6" w:rsidRDefault="007A12AC" w:rsidP="007A12AC">
+    <w:p w14:paraId="74F5A1FA" w14:textId="77777777" w:rsidR="00647499" w:rsidRPr="00880EA6" w:rsidRDefault="00647499" w:rsidP="00647499">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>For</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>[Am]</w:t>
       </w:r>
       <w:r w:rsidRPr="00880EA6">
@@ -2313,96 +2089,102 @@
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>[Am]</w:t>
       </w:r>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> leaving this </w:t>
       </w:r>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>[D]</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
       <w:r w:rsidRPr="00994DF4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
-        <w:t>way</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="6F0DB755" w14:textId="77777777" w:rsidR="007A12AC" w:rsidRPr="0072038E" w:rsidRDefault="007A12AC" w:rsidP="007A12AC">
+        <w:t>ay</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E53F693" w14:textId="77777777" w:rsidR="00647499" w:rsidRPr="0072038E" w:rsidRDefault="00647499" w:rsidP="00647499">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7C3F3994" w14:textId="77777777" w:rsidR="007A12AC" w:rsidRPr="00880EA6" w:rsidRDefault="007A12AC" w:rsidP="007A12AC">
+    <w:p w14:paraId="46271788" w14:textId="77777777" w:rsidR="00647499" w:rsidRPr="00880EA6" w:rsidRDefault="00647499" w:rsidP="00647499">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>HORUS</w:t>
       </w:r>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2090CCCB" w14:textId="77777777" w:rsidR="007A12AC" w:rsidRPr="00880EA6" w:rsidRDefault="007A12AC" w:rsidP="007A12AC">
+    <w:p w14:paraId="64BE83BC" w14:textId="77777777" w:rsidR="00647499" w:rsidRPr="00880EA6" w:rsidRDefault="00647499" w:rsidP="00647499">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve">You’re no </w:t>
       </w:r>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>[Am]</w:t>
       </w:r>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> good, you’re no </w:t>
       </w:r>
       <w:r w:rsidRPr="00880EA6">
@@ -2410,51 +2192,51 @@
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>[D]</w:t>
       </w:r>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> good, you’re no </w:t>
       </w:r>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>[Am]</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> good</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E0D3C1E" w14:textId="77777777" w:rsidR="007A12AC" w:rsidRPr="00880EA6" w:rsidRDefault="007A12AC" w:rsidP="007A12AC">
+    <w:p w14:paraId="7BD0C080" w14:textId="77777777" w:rsidR="00647499" w:rsidRPr="00880EA6" w:rsidRDefault="00647499" w:rsidP="00647499">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>Baby</w:t>
       </w:r>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>[D]</w:t>
       </w:r>
       <w:r w:rsidRPr="00880EA6">
@@ -2526,51 +2308,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>say it a</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>[D]</w:t>
       </w:r>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>gain</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CC849D5" w14:textId="77777777" w:rsidR="007A12AC" w:rsidRPr="00880EA6" w:rsidRDefault="007A12AC" w:rsidP="007A12AC">
+    <w:p w14:paraId="1275DC59" w14:textId="77777777" w:rsidR="00647499" w:rsidRPr="00880EA6" w:rsidRDefault="00647499" w:rsidP="00647499">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve">You’re no </w:t>
       </w:r>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>[Am]</w:t>
       </w:r>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> good, you’re no </w:t>
       </w:r>
       <w:r w:rsidRPr="00880EA6">
@@ -2578,51 +2360,51 @@
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>[D]</w:t>
       </w:r>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> good, you’re no </w:t>
       </w:r>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>[Am]</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> good</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7AC51876" w14:textId="77777777" w:rsidR="007A12AC" w:rsidRPr="00880EA6" w:rsidRDefault="007A12AC" w:rsidP="007A12AC">
+    <w:p w14:paraId="4E9300E6" w14:textId="77777777" w:rsidR="00647499" w:rsidRPr="00880EA6" w:rsidRDefault="00647499" w:rsidP="00647499">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>Baby</w:t>
       </w:r>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>[D]</w:t>
       </w:r>
       <w:r w:rsidRPr="00880EA6">
@@ -2674,60 +2456,60 @@
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> oh</w:t>
       </w:r>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>[D]</w:t>
       </w:r>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> oh</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76486DE3" w14:textId="77777777" w:rsidR="007A12AC" w:rsidRPr="0072038E" w:rsidRDefault="007A12AC" w:rsidP="007A12AC">
+    <w:p w14:paraId="789644BA" w14:textId="77777777" w:rsidR="00647499" w:rsidRPr="0072038E" w:rsidRDefault="00647499" w:rsidP="00647499">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1C4127E0" w14:textId="77777777" w:rsidR="007A12AC" w:rsidRPr="00880EA6" w:rsidRDefault="007A12AC" w:rsidP="007A12AC">
+    <w:p w14:paraId="37D79738" w14:textId="77777777" w:rsidR="00647499" w:rsidRPr="00880EA6" w:rsidRDefault="00647499" w:rsidP="00647499">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve">You’re no </w:t>
       </w:r>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>[Am]</w:t>
       </w:r>
       <w:r w:rsidRPr="002E1F51">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Courier New"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
@@ -2735,51 +2517,51 @@
         <w:sym w:font="Symbol" w:char="F0AF"/>
       </w:r>
       <w:r w:rsidRPr="007900FE">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>good, you’re no good, you’re no good</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0AA3850F" w14:textId="77777777" w:rsidR="007A12AC" w:rsidRDefault="007A12AC" w:rsidP="007A12AC">
+    <w:p w14:paraId="64D11EBA" w14:textId="77777777" w:rsidR="00647499" w:rsidRDefault="00647499" w:rsidP="00647499">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve">Baby, you’re no </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>go</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>oo</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
@@ -2802,211 +2584,205 @@
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>oo</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="00880EA6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>od</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6766E69A" w14:textId="77777777" w:rsidR="00B043CF" w:rsidRDefault="00B043CF" w:rsidP="00110521">
-[...7 lines deleted...]
-    <w:p w14:paraId="71A998A1" w14:textId="15CCF1EE" w:rsidR="00B043CF" w:rsidRPr="004E65B6" w:rsidRDefault="007A12AC" w:rsidP="00110521">
+    <w:p w14:paraId="133DF2E0" w14:textId="77777777" w:rsidR="00647499" w:rsidRDefault="00647499" w:rsidP="00110521"/>
+    <w:p w14:paraId="71A998A1" w14:textId="58AD8115" w:rsidR="00B043CF" w:rsidRPr="004E65B6" w:rsidRDefault="00B043CF" w:rsidP="00110521">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId11" w:history="1">
-        <w:r w:rsidR="00B043CF" w:rsidRPr="00055195">
+        <w:r w:rsidRPr="00055195">
           <w:rPr>
             <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Lucida Console"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>www.bytownukulele.ca</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr w:rsidR="00B043CF" w:rsidRPr="004E65B6" w:rsidSect="00D4034F">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="450" w:right="180" w:bottom="284" w:left="900" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
-    <w:family w:val="roman"/>
-    <w:notTrueType/>
+    <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="00000000" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="61002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Console">
     <w:panose1 w:val="020B0609040504020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="8000028F" w:usb1="00001800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000001F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007A12AC"/>
     <w:rsid w:val="000961DF"/>
     <w:rsid w:val="000A348C"/>
     <w:rsid w:val="000D00ED"/>
     <w:rsid w:val="00110521"/>
     <w:rsid w:val="00132109"/>
     <w:rsid w:val="00161445"/>
     <w:rsid w:val="0017786C"/>
+    <w:rsid w:val="001D53E7"/>
     <w:rsid w:val="001E2271"/>
     <w:rsid w:val="00252E97"/>
     <w:rsid w:val="002B56B4"/>
     <w:rsid w:val="003442C9"/>
     <w:rsid w:val="00414418"/>
     <w:rsid w:val="0047277F"/>
     <w:rsid w:val="00490D27"/>
     <w:rsid w:val="004E65B6"/>
     <w:rsid w:val="00531581"/>
     <w:rsid w:val="00550EFA"/>
     <w:rsid w:val="006230AD"/>
     <w:rsid w:val="006325CA"/>
+    <w:rsid w:val="00647499"/>
     <w:rsid w:val="007320F1"/>
     <w:rsid w:val="007A12AC"/>
     <w:rsid w:val="007E4748"/>
     <w:rsid w:val="0082492D"/>
     <w:rsid w:val="00866CDE"/>
     <w:rsid w:val="00972E99"/>
     <w:rsid w:val="00A42E3F"/>
     <w:rsid w:val="00A569E6"/>
     <w:rsid w:val="00A902E9"/>
     <w:rsid w:val="00A92235"/>
     <w:rsid w:val="00A9741C"/>
     <w:rsid w:val="00AB09B4"/>
     <w:rsid w:val="00AD3A18"/>
     <w:rsid w:val="00B043CF"/>
     <w:rsid w:val="00B16743"/>
     <w:rsid w:val="00C5218C"/>
     <w:rsid w:val="00CA07D7"/>
     <w:rsid w:val="00D4034F"/>
     <w:rsid w:val="00D66B4B"/>
     <w:rsid w:val="00D84579"/>
     <w:rsid w:val="00DB1F9F"/>
     <w:rsid w:val="00E04FCE"/>
     <w:rsid w:val="00F81E40"/>
     <w:rsid w:val="00F96D25"/>
     <w:rsid w:val="00FB061D"/>
@@ -3020,51 +2796,51 @@
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="26E6549B"/>
   <w14:defaultImageDpi w14:val="300"/>
   <w15:docId w15:val="{B44B0CDA-3A8F-417B-9BE4-56239A058370}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -3187,51 +2963,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:semiHidden="1" w:uiPriority="59" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -3508,51 +3284,51 @@
     <w:unhideWhenUsed/>
     <w:rsid w:val="007320F1"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="007320F1"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bytownukulele.ca" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///D:\BUG%20Regular%20Jam%20Playlists\2021\TEMPLATE%20FOR%20SONGSHEET.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
@@ -3862,77 +3638,77 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{75A02CBF-9B6D-4C04-98ED-B5E96D8DF686}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>TEMPLATE FOR SONGSHEET</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>246</Words>
-  <Characters>1403</Characters>
+  <Words>245</Words>
+  <Characters>1399</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>11</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Headings</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr>Title</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1646</CharactersWithSpaces>
+  <CharactersWithSpaces>1641</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Sue Rogers</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>