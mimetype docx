--- v0 (2025-10-16)
+++ v1 (2026-01-06)
@@ -1,49 +1,49 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="7C5AADBF" w14:textId="73797E77" w:rsidR="0082492D" w:rsidRPr="00A902E9" w:rsidRDefault="005A271A" w:rsidP="00DB1F9F">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Here Comes The Rain Again</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3DC878F7" w14:textId="53394CE5" w:rsidR="00972E99" w:rsidRPr="00A902E9" w:rsidRDefault="0009188C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve">Annie Lennox and David A. Stewart 1984 (recorded by </w:t>
       </w:r>
       <w:r w:rsidR="005A271A">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
@@ -536,61 +536,63 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="60F0D33C" w14:textId="77777777" w:rsidR="003A64D8" w:rsidRPr="00444287" w:rsidRDefault="003A64D8" w:rsidP="003A64D8">
       <w:pPr>
         <w:spacing w:after="60"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00444287">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
         </w:rPr>
         <w:t>E|-----------------|-----------------|-----------------|</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
         </w:rPr>
         <w:t>-----------------|</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11E49A36" w14:textId="77777777" w:rsidR="003A64D8" w:rsidRPr="00444287" w:rsidRDefault="003A64D8" w:rsidP="003A64D8">
-[...9 lines deleted...]
-          <w:b/>
+    <w:p w14:paraId="11E49A36" w14:textId="77777777" w:rsidR="003A64D8" w:rsidRPr="00602867" w:rsidRDefault="003A64D8" w:rsidP="003A64D8">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00602867">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         </w:rPr>
         <w:t xml:space="preserve"> | 1 + 2 + 3 + 4 + | 1 + 2 + 3 + 4 + | 1 + 2 + 3 + 4 + | 1 + 2 + 3 + 4 + |</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09FCD54C" w14:textId="77777777" w:rsidR="003A64D8" w:rsidRPr="005F39B5" w:rsidRDefault="003A64D8" w:rsidP="003A64D8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="438F899E" w14:textId="554D2B85" w:rsidR="003A64D8" w:rsidRPr="00444287" w:rsidRDefault="003A64D8" w:rsidP="00FC77A1">
       <w:pPr>
         <w:spacing w:after="60"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00444287">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
         </w:rPr>
@@ -676,61 +678,63 @@
         </w:rPr>
         <w:t>E|-3---------------|-------</w:t>
       </w:r>
       <w:r w:rsidR="00FC77A1">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="00444287">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
         </w:rPr>
         <w:t>---------|</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
         </w:rPr>
         <w:t>-----------------|-----------------|</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43AF138D" w14:textId="77777777" w:rsidR="003A64D8" w:rsidRDefault="003A64D8" w:rsidP="003A64D8">
-[...9 lines deleted...]
-          <w:b/>
+    <w:p w14:paraId="43AF138D" w14:textId="77777777" w:rsidR="003A64D8" w:rsidRPr="00602867" w:rsidRDefault="003A64D8" w:rsidP="003A64D8">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00602867">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         </w:rPr>
         <w:t xml:space="preserve"> | 1 + 2 + 3 + 4 + | 1 + 2 + 3 + 4 + | 1 + 2 + 3 + 4 + | 1 + 2 + 3 + 4 + |</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E8DEEE0" w14:textId="77777777" w:rsidR="003A64D8" w:rsidRPr="005F39B5" w:rsidRDefault="003A64D8" w:rsidP="003A64D8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1611DB5F" w14:textId="68C57B52" w:rsidR="003A64D8" w:rsidRPr="00444287" w:rsidRDefault="003A64D8" w:rsidP="00FC77A1">
       <w:pPr>
         <w:spacing w:after="60"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
         </w:rPr>
@@ -844,61 +848,63 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="5EB8B896" w14:textId="77777777" w:rsidR="003A64D8" w:rsidRPr="00444287" w:rsidRDefault="003A64D8" w:rsidP="003A64D8">
       <w:pPr>
         <w:spacing w:after="60"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00444287">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
         </w:rPr>
         <w:t>E|-----------------|-----------------|-----------------|</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
         </w:rPr>
         <w:t>-----------------|</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F8E29DB" w14:textId="77777777" w:rsidR="003A64D8" w:rsidRPr="00444287" w:rsidRDefault="003A64D8" w:rsidP="003A64D8">
-[...9 lines deleted...]
-          <w:b/>
+    <w:p w14:paraId="6F8E29DB" w14:textId="77777777" w:rsidR="003A64D8" w:rsidRPr="00602867" w:rsidRDefault="003A64D8" w:rsidP="003A64D8">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00602867">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         </w:rPr>
         <w:t xml:space="preserve"> | 1 + 2 + 3 + 4 + | 1 + 2 + 3 + 4 + | 1 + 2 + 3 + 4 + | 1 + 2 + 3 + 4 + |</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BE8AED2" w14:textId="77777777" w:rsidR="003A64D8" w:rsidRPr="005F39B5" w:rsidRDefault="003A64D8" w:rsidP="003A64D8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6887764B" w14:textId="7B18EDD3" w:rsidR="003A64D8" w:rsidRPr="00444287" w:rsidRDefault="003A64D8" w:rsidP="00FC77A1">
       <w:pPr>
         <w:spacing w:after="60"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00444287">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
         </w:rPr>
@@ -984,61 +990,63 @@
         </w:rPr>
         <w:t>E|-3---------------|-------</w:t>
       </w:r>
       <w:r w:rsidR="00FC77A1">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="00444287">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
         </w:rPr>
         <w:t>---------|</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
         </w:rPr>
         <w:t>-----------------|-----------------|</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="716D1BFC" w14:textId="77777777" w:rsidR="003A64D8" w:rsidRPr="00444287" w:rsidRDefault="003A64D8" w:rsidP="003A64D8">
-[...9 lines deleted...]
-          <w:b/>
+    <w:p w14:paraId="716D1BFC" w14:textId="77777777" w:rsidR="003A64D8" w:rsidRPr="00602867" w:rsidRDefault="003A64D8" w:rsidP="003A64D8">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00602867">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         </w:rPr>
         <w:t xml:space="preserve"> | 1 + 2 + 3 + 4 + | 1 + 2 + 3 + 4 + | 1 + 2 + 3 + 4 + | 1 + 2 + 3 + 4 + |</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C0EAA5D" w14:textId="474421A5" w:rsidR="00883825" w:rsidRPr="00873F43" w:rsidRDefault="00883825" w:rsidP="0030687B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Courier New"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7218B125" w14:textId="77777777" w:rsidR="00883825" w:rsidRPr="00BE30BF" w:rsidRDefault="00883825" w:rsidP="00883825">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE30BF">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>[Am]</w:t>
       </w:r>
@@ -1443,70 +1451,65 @@
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
         </w:rPr>
         <w:t>C|--</w:t>
       </w:r>
       <w:r w:rsidR="00C361EC">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
         </w:rPr>
         <w:t>2-2-2---------|-----------2-2---|-----------------|-----------------|</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B13A97A" w14:textId="77777777" w:rsidR="00113377" w:rsidRPr="00444287" w:rsidRDefault="00113377" w:rsidP="00113377">
-[...18 lines deleted...]
-        <w:t>| 1 + 2 + 3 + 4 + | 1 + 2 + 3 + 4 + | 1 + 2 + 3 + 4 + | 1 + 2 + 3 + 4 + |</w:t>
+    <w:p w14:paraId="1B13A97A" w14:textId="77777777" w:rsidR="00113377" w:rsidRPr="00602867" w:rsidRDefault="00113377" w:rsidP="00113377">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00602867">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> | 1 + 2 + 3 + 4 + | 1 + 2 + 3 + 4 + | 1 + 2 + 3 + 4 + | 1 + 2 + 3 + 4 + |</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0364457A" w14:textId="77777777" w:rsidR="00883825" w:rsidRPr="004B45AD" w:rsidRDefault="00883825" w:rsidP="00883825">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="38CA0694" w14:textId="686AFF79" w:rsidR="00883825" w:rsidRPr="00BE30BF" w:rsidRDefault="00883825" w:rsidP="00883825">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE30BF">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>[Am]</w:t>
       </w:r>
       <w:r w:rsidRPr="00BE30BF">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
@@ -1945,70 +1948,65 @@
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
         </w:rPr>
         <w:t>2-2-2---------|-----------</w:t>
       </w:r>
       <w:r w:rsidR="004131C5">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
         </w:rPr>
         <w:t>-2---|-----------------|-----------------|</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="051574D3" w14:textId="77777777" w:rsidR="005F39B5" w:rsidRPr="00444287" w:rsidRDefault="005F39B5" w:rsidP="005F39B5">
-[...18 lines deleted...]
-        <w:t>| 1 + 2 + 3 + 4 + | 1 + 2 + 3 + 4 + | 1 + 2 + 3 + 4 + | 1 + 2 + 3 + 4 + |</w:t>
+    <w:p w14:paraId="051574D3" w14:textId="77777777" w:rsidR="005F39B5" w:rsidRPr="00602867" w:rsidRDefault="005F39B5" w:rsidP="005F39B5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00602867">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> | 1 + 2 + 3 + 4 + | 1 + 2 + 3 + 4 + | 1 + 2 + 3 + 4 + | 1 + 2 + 3 + 4 + |</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29225300" w14:textId="77777777" w:rsidR="00883825" w:rsidRPr="00BE30BF" w:rsidRDefault="00883825" w:rsidP="00883825">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="183B70FE" w14:textId="6B65863F" w:rsidR="004131C5" w:rsidRDefault="004131C5" w:rsidP="004131C5">
       <w:pPr>
         <w:spacing w:after="60"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">  [Am]              [</w:t>
       </w:r>
       <w:r w:rsidR="00B51E13">
@@ -2176,70 +2174,65 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
         </w:rPr>
         <w:t>---|-----------------|-----------------|</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="753CC01A" w14:textId="4E7D9F6D" w:rsidR="004131C5" w:rsidRDefault="004131C5" w:rsidP="004131C5">
       <w:pPr>
         <w:spacing w:after="60"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
         </w:rPr>
         <w:t>C|-----------------|-----------------|-----------------|-----------------|</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36A29910" w14:textId="77777777" w:rsidR="004131C5" w:rsidRPr="00444287" w:rsidRDefault="004131C5" w:rsidP="004131C5">
-[...18 lines deleted...]
-        <w:t>| 1 + 2 + 3 + 4 + | 1 + 2 + 3 + 4 + | 1 + 2 + 3 + 4 + | 1 + 2 + 3 + 4 + |</w:t>
+    <w:p w14:paraId="36A29910" w14:textId="77777777" w:rsidR="004131C5" w:rsidRPr="00602867" w:rsidRDefault="004131C5" w:rsidP="004131C5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00602867">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> | 1 + 2 + 3 + 4 + | 1 + 2 + 3 + 4 + | 1 + 2 + 3 + 4 + | 1 + 2 + 3 + 4 + |</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0BD11AC2" w14:textId="77777777" w:rsidR="004131C5" w:rsidRDefault="004131C5" w:rsidP="00883825">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2E72D2BA" w14:textId="4D686807" w:rsidR="00B422F5" w:rsidRDefault="00B422F5" w:rsidP="00B422F5">
       <w:pPr>
         <w:spacing w:after="60"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">  [Am]              [F]              [G]               </w:t>
       </w:r>
@@ -2296,70 +2289,65 @@
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
         </w:rPr>
         <w:t>C|-----------------|-----------------|-</w:t>
       </w:r>
       <w:r w:rsidR="00CE1392">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
         </w:rPr>
         <w:t>---------------|</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B57BABD" w14:textId="37755F92" w:rsidR="00B422F5" w:rsidRPr="00444287" w:rsidRDefault="00B422F5" w:rsidP="00B422F5">
-[...18 lines deleted...]
-        <w:t>| 1 + 2 + 3 + 4 + | 1 + 2 + 3 + 4 + | 1 + 2 + 3 + 4 + |</w:t>
+    <w:p w14:paraId="1B57BABD" w14:textId="37755F92" w:rsidR="00B422F5" w:rsidRPr="00602867" w:rsidRDefault="00B422F5" w:rsidP="00B422F5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00602867">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> | 1 + 2 + 3 + 4 + | 1 + 2 + 3 + 4 + | 1 + 2 + 3 + 4 + |</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="711F4D84" w14:textId="77777777" w:rsidR="00B422F5" w:rsidRPr="00113377" w:rsidRDefault="00B422F5" w:rsidP="00883825">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7D433C39" w14:textId="6FFC4CEE" w:rsidR="00B160D6" w:rsidRDefault="00883825" w:rsidP="00883825">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">[G] </w:t>
@@ -2541,68 +2529,71 @@
         </w:rPr>
         <w:t>C|--</w:t>
       </w:r>
       <w:r w:rsidR="00C361EC">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
         </w:rPr>
         <w:t>2-2-2---------|-------------2---|-</w:t>
       </w:r>
       <w:r w:rsidR="005F39B5">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
         </w:rPr>
         <w:t>----------------|-----------------|</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="659D9A14" w14:textId="1BB0683D" w:rsidR="00B160D6" w:rsidRPr="00444287" w:rsidRDefault="005F39B5" w:rsidP="00B160D6">
-[...9 lines deleted...]
-          <w:b/>
+    <w:p w14:paraId="659D9A14" w14:textId="1BB0683D" w:rsidR="00B160D6" w:rsidRPr="00602867" w:rsidRDefault="005F39B5" w:rsidP="00B160D6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00602867">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B160D6" w:rsidRPr="00444287">
-[...2 lines deleted...]
-          <w:b/>
+      <w:r w:rsidR="00B160D6" w:rsidRPr="00602867">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         </w:rPr>
         <w:t>| 1 + 2 + 3 + 4 + | 1 + 2 + 3 + 4 + | 1 + 2 + 3 + 4 + | 1 + 2 + 3 + 4 + |</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="654860CC" w14:textId="77777777" w:rsidR="00883825" w:rsidRPr="00B160D6" w:rsidRDefault="00883825" w:rsidP="00883825">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3265BBED" w14:textId="77777777" w:rsidR="00D01EC7" w:rsidRPr="00444287" w:rsidRDefault="00D01EC7" w:rsidP="00D01EC7">
       <w:pPr>
         <w:spacing w:after="60"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
@@ -2710,61 +2701,63 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="5C79799B" w14:textId="77777777" w:rsidR="00D01EC7" w:rsidRPr="00444287" w:rsidRDefault="00D01EC7" w:rsidP="00D01EC7">
       <w:pPr>
         <w:spacing w:after="60"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00444287">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
         </w:rPr>
         <w:t>E|-----------------|-----------------|-----------------|</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
         </w:rPr>
         <w:t>-----------------|</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B3B21CD" w14:textId="77777777" w:rsidR="00D01EC7" w:rsidRPr="00444287" w:rsidRDefault="00D01EC7" w:rsidP="00D01EC7">
-[...9 lines deleted...]
-          <w:b/>
+    <w:p w14:paraId="3B3B21CD" w14:textId="77777777" w:rsidR="00D01EC7" w:rsidRPr="00602867" w:rsidRDefault="00D01EC7" w:rsidP="00D01EC7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00602867">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         </w:rPr>
         <w:t xml:space="preserve"> | 1 + 2 + 3 + 4 + | 1 + 2 + 3 + 4 + | 1 + 2 + 3 + 4 + | 1 + 2 + 3 + 4 + |</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="668C7DED" w14:textId="77777777" w:rsidR="00D01EC7" w:rsidRPr="005F39B5" w:rsidRDefault="00D01EC7" w:rsidP="00D01EC7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="36C7DFBD" w14:textId="77777777" w:rsidR="00D01EC7" w:rsidRPr="00444287" w:rsidRDefault="00D01EC7" w:rsidP="00D01EC7">
       <w:pPr>
         <w:spacing w:after="60"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00444287">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
         </w:rPr>
@@ -2843,61 +2836,63 @@
         </w:rPr>
         <w:t>E|-3---------------|-------</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="00444287">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
         </w:rPr>
         <w:t>---------|</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
         </w:rPr>
         <w:t>-----------------|-----------------|</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76FB5166" w14:textId="77777777" w:rsidR="00D01EC7" w:rsidRDefault="00D01EC7" w:rsidP="00D01EC7">
-[...9 lines deleted...]
-          <w:b/>
+    <w:p w14:paraId="76FB5166" w14:textId="77777777" w:rsidR="00D01EC7" w:rsidRPr="00602867" w:rsidRDefault="00D01EC7" w:rsidP="00D01EC7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00602867">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         </w:rPr>
         <w:t xml:space="preserve"> | 1 + 2 + 3 + 4 + | 1 + 2 + 3 + 4 + | 1 + 2 + 3 + 4 + | 1 + 2 + 3 + 4 + |</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="226EBFC6" w14:textId="77777777" w:rsidR="00D01EC7" w:rsidRPr="005F39B5" w:rsidRDefault="00D01EC7" w:rsidP="00D01EC7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0DBFE361" w14:textId="77777777" w:rsidR="00D01EC7" w:rsidRPr="00444287" w:rsidRDefault="00D01EC7" w:rsidP="00D01EC7">
       <w:pPr>
         <w:spacing w:after="60"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
         </w:rPr>
@@ -3004,61 +2999,63 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="5088F86C" w14:textId="77777777" w:rsidR="00D01EC7" w:rsidRPr="00444287" w:rsidRDefault="00D01EC7" w:rsidP="00D01EC7">
       <w:pPr>
         <w:spacing w:after="60"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00444287">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
         </w:rPr>
         <w:t>E|-----------------|-----------------|-----------------|</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
         </w:rPr>
         <w:t>-----------------|</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31AF20DA" w14:textId="77777777" w:rsidR="00D01EC7" w:rsidRPr="00444287" w:rsidRDefault="00D01EC7" w:rsidP="00D01EC7">
-[...9 lines deleted...]
-          <w:b/>
+    <w:p w14:paraId="31AF20DA" w14:textId="77777777" w:rsidR="00D01EC7" w:rsidRPr="00602867" w:rsidRDefault="00D01EC7" w:rsidP="00D01EC7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00602867">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         </w:rPr>
         <w:t xml:space="preserve"> | 1 + 2 + 3 + 4 + | 1 + 2 + 3 + 4 + | 1 + 2 + 3 + 4 + | 1 + 2 + 3 + 4 + |</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="268C07F7" w14:textId="77777777" w:rsidR="00D01EC7" w:rsidRPr="005F39B5" w:rsidRDefault="00D01EC7" w:rsidP="00D01EC7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="651A4E1E" w14:textId="77777777" w:rsidR="00D01EC7" w:rsidRPr="00444287" w:rsidRDefault="00D01EC7" w:rsidP="00D01EC7">
       <w:pPr>
         <w:spacing w:after="60"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00444287">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
         </w:rPr>
@@ -3137,61 +3134,63 @@
         </w:rPr>
         <w:t>E|-3---------------|-------</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="00444287">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
         </w:rPr>
         <w:t>---------|</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
         </w:rPr>
         <w:t>-----------------|-----------------|</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24C63D37" w14:textId="45D14D18" w:rsidR="00113377" w:rsidRPr="00BC4BE9" w:rsidRDefault="00D01EC7">
-[...9 lines deleted...]
-          <w:b/>
+    <w:p w14:paraId="24C63D37" w14:textId="45D14D18" w:rsidR="00113377" w:rsidRPr="00602867" w:rsidRDefault="00D01EC7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00602867">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         </w:rPr>
         <w:t xml:space="preserve"> | 1 + 2 + 3 + 4 + | 1 + 2 + 3 + 4 + | 1 + 2 + 3 + 4 + | 1 + 2 + 3 + 4 + |</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="313EB8EB" w14:textId="77777777" w:rsidR="00883825" w:rsidRPr="00873F43" w:rsidRDefault="00883825" w:rsidP="00883825">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="642727F1" w14:textId="77777777" w:rsidR="00883825" w:rsidRPr="00BE30BF" w:rsidRDefault="00883825" w:rsidP="00883825">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE30BF">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>[Am]</w:t>
       </w:r>
       <w:r w:rsidRPr="00BE30BF">
@@ -3926,83 +3925,83 @@
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A4534D2" w14:textId="77777777" w:rsidR="00B043CF" w:rsidRPr="00873F43" w:rsidRDefault="00B043CF" w:rsidP="00110521">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4C084B2F" w14:textId="46EF33C7" w:rsidR="00B043CF" w:rsidRPr="004E65B6" w:rsidRDefault="00000000" w:rsidP="00110521">
+    <w:p w14:paraId="4C084B2F" w14:textId="46EF33C7" w:rsidR="00B043CF" w:rsidRPr="004E65B6" w:rsidRDefault="00B043CF" w:rsidP="00110521">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId10" w:history="1">
-        <w:r w:rsidR="00B043CF" w:rsidRPr="00055195">
+        <w:r w:rsidRPr="00055195">
           <w:rPr>
             <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Lucida Console"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>www.bytownukulele.ca</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr w:rsidR="00B043CF" w:rsidRPr="004E65B6" w:rsidSect="003B4471">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="450" w:right="180" w:bottom="284" w:left="900" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
@@ -4029,114 +4028,116 @@
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Console">
     <w:panose1 w:val="020B0609040504020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="8000028F" w:usb1="00001800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000001F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="90"/>
   <w:proofState w:spelling="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005A271A"/>
     <w:rsid w:val="00030E49"/>
     <w:rsid w:val="0009188C"/>
     <w:rsid w:val="000961DF"/>
     <w:rsid w:val="000A348C"/>
     <w:rsid w:val="000D00ED"/>
     <w:rsid w:val="00110521"/>
     <w:rsid w:val="00113377"/>
     <w:rsid w:val="00132109"/>
     <w:rsid w:val="00161445"/>
     <w:rsid w:val="0017786C"/>
     <w:rsid w:val="001D25EB"/>
     <w:rsid w:val="001E2271"/>
     <w:rsid w:val="00252E97"/>
     <w:rsid w:val="002B56B4"/>
     <w:rsid w:val="002E4EC5"/>
     <w:rsid w:val="0030687B"/>
     <w:rsid w:val="00316136"/>
     <w:rsid w:val="003442C9"/>
     <w:rsid w:val="003A64D8"/>
     <w:rsid w:val="003B4471"/>
     <w:rsid w:val="004131C5"/>
     <w:rsid w:val="00414418"/>
     <w:rsid w:val="00444287"/>
     <w:rsid w:val="00464324"/>
     <w:rsid w:val="0047277F"/>
     <w:rsid w:val="00490D27"/>
     <w:rsid w:val="00492694"/>
     <w:rsid w:val="004B45AD"/>
+    <w:rsid w:val="004C42A5"/>
     <w:rsid w:val="004E65B6"/>
     <w:rsid w:val="00531581"/>
     <w:rsid w:val="00550EFA"/>
     <w:rsid w:val="005A271A"/>
     <w:rsid w:val="005B73F0"/>
     <w:rsid w:val="005F39B5"/>
+    <w:rsid w:val="00602867"/>
     <w:rsid w:val="00616DA6"/>
     <w:rsid w:val="006230AD"/>
     <w:rsid w:val="006325CA"/>
     <w:rsid w:val="007320F1"/>
     <w:rsid w:val="007B6746"/>
     <w:rsid w:val="007D3B95"/>
     <w:rsid w:val="007E4748"/>
     <w:rsid w:val="0082492D"/>
     <w:rsid w:val="00866CDE"/>
     <w:rsid w:val="00873F43"/>
     <w:rsid w:val="00883825"/>
     <w:rsid w:val="008D302C"/>
     <w:rsid w:val="00972E99"/>
     <w:rsid w:val="00A42E3F"/>
     <w:rsid w:val="00A569E6"/>
     <w:rsid w:val="00A902E9"/>
     <w:rsid w:val="00A92235"/>
     <w:rsid w:val="00A9741C"/>
     <w:rsid w:val="00AB09B4"/>
     <w:rsid w:val="00AD3A18"/>
     <w:rsid w:val="00B043CF"/>
     <w:rsid w:val="00B10E93"/>
     <w:rsid w:val="00B160D6"/>
     <w:rsid w:val="00B16743"/>
     <w:rsid w:val="00B422F5"/>
@@ -4171,51 +4172,51 @@
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="3F9439F0"/>
   <w14:defaultImageDpi w14:val="300"/>
   <w15:docId w15:val="{E5D5756C-2E1B-45FB-81E0-6B63C86864CF}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -4659,51 +4660,51 @@
     <w:unhideWhenUsed/>
     <w:rsid w:val="007320F1"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="007320F1"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bytownukulele.ca" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///D:\BUG%20Regular%20Jam%20Playlists\2021\TEMPLATE%20FOR%20SONGSHEET.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>