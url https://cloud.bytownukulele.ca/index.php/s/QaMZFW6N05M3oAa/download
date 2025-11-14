--- v0 (2025-10-24)
+++ v1 (2025-11-14)
@@ -9,220 +9,196 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="7DD10EBD" w14:textId="6513EC69" w:rsidR="0082492D" w:rsidRPr="00A902E9" w:rsidRDefault="00836082" w:rsidP="00DB1F9F">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>The Fate Of Ophelia</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="582F6052" w14:textId="42CE628B" w:rsidR="00972E99" w:rsidRPr="00A902E9" w:rsidRDefault="00836082">
-[...44 lines deleted...]
-    <w:p w14:paraId="0603C3BB" w14:textId="4FE0F029" w:rsidR="007320F1" w:rsidRDefault="00A569E6">
+    <w:p w14:paraId="0BA3F338" w14:textId="77777777" w:rsidR="000D4A0A" w:rsidRPr="00A902E9" w:rsidRDefault="000D4A0A" w:rsidP="000D4A0A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>Taylor Swift, Max Martin, Shellback 2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BB6553C" w14:textId="77777777" w:rsidR="000D4A0A" w:rsidRPr="00FC6CD8" w:rsidRDefault="000D4A0A" w:rsidP="000D4A0A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0CF09783" w14:textId="77777777" w:rsidR="000D4A0A" w:rsidRDefault="000D4A0A" w:rsidP="000D4A0A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="04D94AD1" wp14:editId="3A29B162">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7A83A91F" wp14:editId="27FBF7F5">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="22" name="Picture 22" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\Bb.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\Bb.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="00110521">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0C228729" wp14:editId="083A28A1">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="086448D9" wp14:editId="0A4B7451">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="3" name="Picture 3" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\C.png"/>
+            <wp:docPr id="1077485333" name="Picture 1077485333" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\C.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\C.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="00595E82">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="036A3B67" wp14:editId="1D757E1D">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0BBA05D8" wp14:editId="7A7EEEB4">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="2110075900" name="Picture 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
@@ -233,1861 +209,3686 @@
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2C25552F" wp14:editId="3FA24E67">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="72987B47" wp14:editId="5EBE57CA">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="25" name="Picture 25" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\Dm.png"/>
+            <wp:docPr id="797007100" name="Picture 797007100" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\Dm.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 5" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\Dm.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="00110521">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="10AE3F16" wp14:editId="2358D2D7">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="473ACA1B" wp14:editId="356852F6">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="7" name="Picture 7" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\F.png"/>
+            <wp:docPr id="686163899" name="Picture 686163899" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\F.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 7" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\F.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId9">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="00836082">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="773F42FA" wp14:editId="00921FB3">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7E438972" wp14:editId="7FFCD1B2">
             <wp:extent cx="461010" cy="607060"/>
             <wp:effectExtent l="0" t="0" r="0" b="2540"/>
             <wp:docPr id="1943613708" name="Picture 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId10">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="461010" cy="607060"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5978A2B1" w14:textId="77777777" w:rsidR="007320F1" w:rsidRPr="000961DF" w:rsidRDefault="007320F1">
-[...7 lines deleted...]
-    <w:p w14:paraId="3539B2CF" w14:textId="77777777" w:rsidR="0071169B" w:rsidRPr="00836082" w:rsidRDefault="0071169B" w:rsidP="0071169B">
+    <w:p w14:paraId="04F13414" w14:textId="77777777" w:rsidR="000D4A0A" w:rsidRPr="000961DF" w:rsidRDefault="000D4A0A" w:rsidP="000D4A0A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="346796EE" w14:textId="77777777" w:rsidR="000D4A0A" w:rsidRPr="00836082" w:rsidRDefault="000D4A0A" w:rsidP="000D4A0A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
-        <w:t xml:space="preserve">STRUM  </w:t>
+        <w:t xml:space="preserve">Rhythm:  </w:t>
       </w:r>
       <w:r w:rsidRPr="00836082">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">/ </w:t>
       </w:r>
       <w:r w:rsidRPr="00836082">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Calibri" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:sym w:font="Symbol" w:char="F0AF"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Calibri" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">     </w:t>
       </w:r>
       <w:r w:rsidRPr="00836082">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Calibri" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:sym w:font="Symbol" w:char="F0AF"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Calibri" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">     </w:t>
       </w:r>
       <w:r w:rsidRPr="00836082">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Calibri" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:sym w:font="Symbol" w:char="F0AF"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="018D8BAA" w14:textId="77777777" w:rsidR="0071169B" w:rsidRPr="0079427E" w:rsidRDefault="0071169B" w:rsidP="0071169B">
+    <w:p w14:paraId="0515F860" w14:textId="77777777" w:rsidR="000D4A0A" w:rsidRPr="0079427E" w:rsidRDefault="000D4A0A" w:rsidP="000D4A0A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
-        <w:t xml:space="preserve">       </w:t>
+        <w:t xml:space="preserve">         </w:t>
       </w:r>
       <w:r w:rsidRPr="0079427E">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>/ 1 + 2 + 3 + 4 + /</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25C943C5" w14:textId="77777777" w:rsidR="0071169B" w:rsidRPr="0071169B" w:rsidRDefault="0071169B">
+    <w:p w14:paraId="36E636C8" w14:textId="77777777" w:rsidR="000D4A0A" w:rsidRPr="0071169B" w:rsidRDefault="000D4A0A" w:rsidP="000D4A0A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="54F46DE7" w14:textId="12F03FB8" w:rsidR="005650E0" w:rsidRDefault="00972E99">
+    <w:p w14:paraId="38D065D2" w14:textId="77777777" w:rsidR="000D4A0A" w:rsidRDefault="000D4A0A" w:rsidP="000D4A0A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A902E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
-        <w:t>INTRO:</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">  </w:t>
+        <w:t xml:space="preserve">INTRO:  / 1 2 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>3 4</w:t>
       </w:r>
       <w:r w:rsidRPr="00A902E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
-        <w:t>/</w:t>
-[...19 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> / </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04AAFAAD" w14:textId="77777777" w:rsidR="005650E0" w:rsidRPr="004000E0" w:rsidRDefault="005650E0">
+    <w:p w14:paraId="2DDEEC47" w14:textId="77777777" w:rsidR="000D4A0A" w:rsidRPr="004000E0" w:rsidRDefault="000D4A0A" w:rsidP="000D4A0A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="04063E44" w14:textId="49AFFD9F" w:rsidR="00972E99" w:rsidRDefault="00836082">
+    <w:p w14:paraId="5C1B221A" w14:textId="77777777" w:rsidR="000D4A0A" w:rsidRDefault="000D4A0A" w:rsidP="000D4A0A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00836082">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>[Gm]</w:t>
       </w:r>
-      <w:r w:rsidR="00A902E9" w:rsidRPr="00A902E9">
+      <w:r w:rsidRPr="00A902E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> / </w:t>
       </w:r>
       <w:r w:rsidRPr="00836082">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>[Dm]</w:t>
       </w:r>
-      <w:r w:rsidR="00A902E9" w:rsidRPr="00A902E9">
+      <w:r w:rsidRPr="00A902E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> /</w:t>
       </w:r>
-      <w:r w:rsidR="00D07595">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00836082">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>[F]</w:t>
       </w:r>
-      <w:r w:rsidR="00D07595">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> / </w:t>
       </w:r>
       <w:r w:rsidRPr="00836082">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>[C]</w:t>
       </w:r>
-      <w:r w:rsidR="0071169B">
-[...11 lines deleted...]
-        <w:t xml:space="preserve">[Csus4] / </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">  [Csus4] / </w:t>
       </w:r>
       <w:r w:rsidRPr="00836082">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>[C]</w:t>
       </w:r>
-    </w:p>
-[...24 lines deleted...]
-      <w:r w:rsidR="00836082" w:rsidRPr="00836082">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> /</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17F83622" w14:textId="77777777" w:rsidR="000D4A0A" w:rsidRPr="001A030B" w:rsidRDefault="000D4A0A" w:rsidP="000D4A0A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="28418567" w14:textId="77777777" w:rsidR="000D4A0A" w:rsidRPr="00D07595" w:rsidRDefault="000D4A0A" w:rsidP="000D4A0A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00836082">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>[Gm]</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> I </w:t>
       </w:r>
       <w:r w:rsidRPr="00D07595">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">heard you calling </w:t>
       </w:r>
-      <w:r w:rsidR="00836082" w:rsidRPr="00836082">
+      <w:r w:rsidRPr="00836082">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>[Dm]</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D07595">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>on the megaphone</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30FE6EDE" w14:textId="5E8217EA" w:rsidR="00D07595" w:rsidRPr="00D07595" w:rsidRDefault="00836082" w:rsidP="00D07595">
+    <w:p w14:paraId="74A78C18" w14:textId="77777777" w:rsidR="000D4A0A" w:rsidRPr="00D07595" w:rsidRDefault="000D4A0A" w:rsidP="000D4A0A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00836082">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>[F]</w:t>
       </w:r>
-      <w:r w:rsidR="00D07595">
-[...7 lines deleted...]
-      <w:r w:rsidR="00D07595" w:rsidRPr="00D07595">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07595">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">You </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00D07595" w:rsidRPr="00D07595">
+      <w:r w:rsidRPr="00D07595">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>wanna</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00D07595" w:rsidRPr="00D07595">
+      <w:r w:rsidRPr="00D07595">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> see me </w:t>
       </w:r>
       <w:r w:rsidRPr="00836082">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>[C]</w:t>
       </w:r>
-      <w:r w:rsidR="00D07595">
-[...7 lines deleted...]
-      <w:r w:rsidR="00D07595" w:rsidRPr="00D07595">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07595">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>all alone</w:t>
       </w:r>
-      <w:r w:rsidR="00D07595">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00836082">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>[C]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3326BE67" w14:textId="2DEFECE3" w:rsidR="00D07595" w:rsidRPr="00D07595" w:rsidRDefault="00836082" w:rsidP="00D07595">
+    <w:p w14:paraId="5AB66017" w14:textId="77777777" w:rsidR="000D4A0A" w:rsidRPr="00D07595" w:rsidRDefault="000D4A0A" w:rsidP="000D4A0A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00836082">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>[Gm]</w:t>
       </w:r>
-      <w:r w:rsidR="00D07595">
-[...7 lines deleted...]
-      <w:r w:rsidR="00D07595" w:rsidRPr="00D07595">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07595">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>As legend has it you</w:t>
       </w:r>
-      <w:r w:rsidR="00D07595">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00836082">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>[Dm]</w:t>
       </w:r>
-      <w:r w:rsidR="00D07595">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> a</w:t>
       </w:r>
-      <w:r w:rsidR="00D07595" w:rsidRPr="00D07595">
+      <w:r w:rsidRPr="00D07595">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>re quite the pyro</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70635147" w14:textId="01DA9737" w:rsidR="00D07595" w:rsidRPr="00D07595" w:rsidRDefault="00836082" w:rsidP="00D07595">
+    <w:p w14:paraId="21913770" w14:textId="77777777" w:rsidR="000D4A0A" w:rsidRPr="00D07595" w:rsidRDefault="000D4A0A" w:rsidP="000D4A0A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00836082">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>[F]</w:t>
       </w:r>
-      <w:r w:rsidR="00D07595">
-[...7 lines deleted...]
-      <w:r w:rsidR="00D07595" w:rsidRPr="00D07595">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07595">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">You light the match to </w:t>
       </w:r>
       <w:r w:rsidRPr="00836082">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>[C]</w:t>
       </w:r>
-      <w:r w:rsidR="00D07595">
-[...7 lines deleted...]
-      <w:r w:rsidR="00D07595" w:rsidRPr="00D07595">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07595">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>watch it blow</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D320528" w14:textId="09769A65" w:rsidR="00D07595" w:rsidRPr="00D07595" w:rsidRDefault="00836082" w:rsidP="00D07595">
+    <w:p w14:paraId="5B087870" w14:textId="77777777" w:rsidR="000D4A0A" w:rsidRPr="00D07595" w:rsidRDefault="000D4A0A" w:rsidP="000D4A0A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00836082">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>[C]</w:t>
       </w:r>
-      <w:r w:rsidR="00D07595">
-[...7 lines deleted...]
-      <w:r w:rsidR="00D07595" w:rsidRPr="00D07595">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07595">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">And if you’d never </w:t>
       </w:r>
       <w:r w:rsidRPr="00836082">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>[Gm]</w:t>
       </w:r>
-      <w:r w:rsidR="00D07595">
-[...7 lines deleted...]
-      <w:r w:rsidR="00D07595" w:rsidRPr="00D07595">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07595">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>come for me</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72FCACD0" w14:textId="785E0D36" w:rsidR="00D07595" w:rsidRPr="00D07595" w:rsidRDefault="00836082" w:rsidP="00D07595">
+    <w:p w14:paraId="6F0135BB" w14:textId="77777777" w:rsidR="000D4A0A" w:rsidRPr="00D07595" w:rsidRDefault="000D4A0A" w:rsidP="000D4A0A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00836082">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>[Dm]</w:t>
       </w:r>
-      <w:r w:rsidR="00D07595">
-[...7 lines deleted...]
-      <w:r w:rsidR="00D07595" w:rsidRPr="00D07595">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07595">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">I might’ve drowned in the </w:t>
       </w:r>
       <w:r w:rsidRPr="00836082">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>[F]</w:t>
       </w:r>
-      <w:r w:rsidR="00D07595">
-[...7 lines deleted...]
-      <w:r w:rsidR="00D07595" w:rsidRPr="00D07595">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07595">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>melancholy</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="627EAD3C" w14:textId="316E8B38" w:rsidR="00D07595" w:rsidRPr="00D07595" w:rsidRDefault="00836082" w:rsidP="00D07595">
+    <w:p w14:paraId="1C7726FF" w14:textId="77777777" w:rsidR="000D4A0A" w:rsidRPr="00D07595" w:rsidRDefault="000D4A0A" w:rsidP="000D4A0A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00836082">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>[C]</w:t>
       </w:r>
-      <w:r w:rsidR="00D07595">
-[...7 lines deleted...]
-      <w:r w:rsidR="00D07595" w:rsidRPr="00D07595">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07595">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">I swore my loyalty to </w:t>
       </w:r>
       <w:r w:rsidRPr="00836082">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>[Gm]</w:t>
       </w:r>
-      <w:r w:rsidR="005650E0">
-[...7 lines deleted...]
-      <w:r w:rsidR="00D07595" w:rsidRPr="00D07595">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07595">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>me</w:t>
       </w:r>
-      <w:r w:rsidR="006632EA">
-[...7 lines deleted...]
-      <w:r w:rsidR="006632EA" w:rsidRPr="006632EA">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006632EA">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="EE0000"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>(me)</w:t>
       </w:r>
-      <w:r w:rsidR="00D07595" w:rsidRPr="00D07595">
+      <w:r w:rsidRPr="00D07595">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>, myself</w:t>
       </w:r>
-      <w:r w:rsidR="006632EA">
-[...7 lines deleted...]
-      <w:r w:rsidR="006632EA" w:rsidRPr="006632EA">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006632EA">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="EE0000"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>(myself)</w:t>
       </w:r>
-      <w:r w:rsidR="006632EA">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00D07595" w:rsidRPr="00D07595">
+      <w:r w:rsidRPr="00D07595">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r w:rsidRPr="00836082">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>[Dm]</w:t>
       </w:r>
-      <w:r w:rsidR="005650E0">
-[...7 lines deleted...]
-      <w:r w:rsidR="00D07595" w:rsidRPr="00D07595">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07595">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
-      <w:r w:rsidR="006632EA">
-[...7 lines deleted...]
-      <w:r w:rsidR="006632EA" w:rsidRPr="006632EA">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006632EA">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="EE0000"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>(I)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20D77AA3" w14:textId="0F2DB233" w:rsidR="005650E0" w:rsidRDefault="00D07595" w:rsidP="005650E0">
+    <w:p w14:paraId="221FB305" w14:textId="77777777" w:rsidR="000D4A0A" w:rsidRDefault="000D4A0A" w:rsidP="000D4A0A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Courier New"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D07595">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">Right before you </w:t>
       </w:r>
-      <w:r w:rsidR="00836082" w:rsidRPr="00836082">
+      <w:r w:rsidRPr="00836082">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>[F]</w:t>
       </w:r>
-      <w:r w:rsidR="005650E0">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D07595">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">lit my sky </w:t>
       </w:r>
-      <w:r w:rsidR="00836082" w:rsidRPr="00836082">
+      <w:r w:rsidRPr="00836082">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>[C]</w:t>
       </w:r>
-      <w:r w:rsidR="005650E0">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D07595">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>up</w:t>
       </w:r>
-      <w:r w:rsidR="005650E0">
-[...7 lines deleted...]
-      <w:r w:rsidR="00836082" w:rsidRPr="00836082">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00836082">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>[C]</w:t>
       </w:r>
-      <w:r w:rsidR="005650E0" w:rsidRPr="00534747">
+      <w:r w:rsidRPr="00534747">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Courier New"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:sym w:font="Symbol" w:char="F0AF"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E722BC9" w14:textId="77777777" w:rsidR="00D07595" w:rsidRPr="005650E0" w:rsidRDefault="00D07595" w:rsidP="00D07595">
-[...7 lines deleted...]
-    <w:p w14:paraId="43B5A064" w14:textId="50BF2E90" w:rsidR="005650E0" w:rsidRPr="005650E0" w:rsidRDefault="005650E0" w:rsidP="00D07595">
+    <w:p w14:paraId="35238B01" w14:textId="77777777" w:rsidR="000D4A0A" w:rsidRPr="005650E0" w:rsidRDefault="000D4A0A" w:rsidP="000D4A0A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2F986414" w14:textId="77777777" w:rsidR="000D4A0A" w:rsidRPr="005650E0" w:rsidRDefault="000D4A0A" w:rsidP="000D4A0A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005650E0">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>CHORUS:</w:t>
       </w:r>
-      <w:r w:rsidR="004000E0">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> &lt; Swiss army strum &gt;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38474E5D" w14:textId="1D44494A" w:rsidR="00E524E0" w:rsidRPr="00D07595" w:rsidRDefault="00E524E0" w:rsidP="00E524E0">
+    <w:p w14:paraId="04442E62" w14:textId="77777777" w:rsidR="000D4A0A" w:rsidRPr="00D07595" w:rsidRDefault="000D4A0A" w:rsidP="000D4A0A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D07595">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">All that </w:t>
       </w:r>
-      <w:r w:rsidR="00836082" w:rsidRPr="00836082">
+      <w:r w:rsidRPr="00836082">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>[Bb]</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D07595">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">time I sat alone in my </w:t>
       </w:r>
-      <w:r w:rsidR="00836082" w:rsidRPr="00836082">
+      <w:r w:rsidRPr="00836082">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>[F]</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D07595">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>tower</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22960E18" w14:textId="7F0C1772" w:rsidR="00E524E0" w:rsidRPr="00D07595" w:rsidRDefault="00E524E0" w:rsidP="00E524E0">
+    <w:p w14:paraId="46B41448" w14:textId="77777777" w:rsidR="000D4A0A" w:rsidRPr="00D07595" w:rsidRDefault="000D4A0A" w:rsidP="000D4A0A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D07595">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">You were just honing your </w:t>
       </w:r>
-      <w:r w:rsidR="00836082" w:rsidRPr="00836082">
+      <w:r w:rsidRPr="00836082">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>[Dm]</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D07595">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>powers</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71A76D0E" w14:textId="446FD4E3" w:rsidR="00E524E0" w:rsidRPr="00D07595" w:rsidRDefault="00E524E0" w:rsidP="00E524E0">
+    <w:p w14:paraId="057AEE38" w14:textId="77777777" w:rsidR="000D4A0A" w:rsidRPr="00D07595" w:rsidRDefault="000D4A0A" w:rsidP="000D4A0A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D07595">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">Now I can see it </w:t>
       </w:r>
-      <w:r w:rsidR="00836082" w:rsidRPr="00836082">
+      <w:r w:rsidRPr="00836082">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>[C]</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D07595">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">all </w:t>
       </w:r>
       <w:r w:rsidRPr="005650E0">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="EE0000"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>(see it</w:t>
       </w:r>
       <w:r w:rsidRPr="005650E0">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:color w:val="EE0000"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00836082" w:rsidRPr="00836082">
+      <w:r w:rsidRPr="00836082">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>[C]</w:t>
       </w:r>
       <w:r w:rsidRPr="005650E0">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="EE0000"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> all)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F0FB716" w14:textId="646D9516" w:rsidR="00E524E0" w:rsidRPr="00D07595" w:rsidRDefault="00E524E0" w:rsidP="00E524E0">
+    <w:p w14:paraId="58118893" w14:textId="77777777" w:rsidR="000D4A0A" w:rsidRPr="00D07595" w:rsidRDefault="000D4A0A" w:rsidP="000D4A0A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D07595">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">Late one </w:t>
       </w:r>
-      <w:r w:rsidR="00836082" w:rsidRPr="00836082">
+      <w:r w:rsidRPr="00836082">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>[Bb]</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D07595">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">night you dug me out of my </w:t>
       </w:r>
-      <w:r w:rsidR="00836082" w:rsidRPr="00836082">
+      <w:r w:rsidRPr="00836082">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>[F]</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D07595">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>grave</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> and</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58EF8A5A" w14:textId="431AD9A6" w:rsidR="00E524E0" w:rsidRPr="00D07595" w:rsidRDefault="006632EA" w:rsidP="00E524E0">
+    <w:p w14:paraId="33B14C04" w14:textId="77777777" w:rsidR="000D4A0A" w:rsidRPr="00D07595" w:rsidRDefault="000D4A0A" w:rsidP="000D4A0A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidR="00E524E0" w:rsidRPr="00D07595">
+      <w:r w:rsidRPr="00D07595">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">aved my heart from the </w:t>
       </w:r>
-      <w:r w:rsidR="00836082" w:rsidRPr="00836082">
+      <w:r w:rsidRPr="00836082">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>[Dm]</w:t>
       </w:r>
-      <w:r w:rsidR="00E524E0">
-[...7 lines deleted...]
-      <w:r w:rsidR="00E524E0" w:rsidRPr="00D07595">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07595">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>fate of</w:t>
       </w:r>
-      <w:r w:rsidR="00E524E0">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00E524E0" w:rsidRPr="00D07595">
+      <w:r w:rsidRPr="00D07595">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>Opheli</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00E524E0">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="00836082" w:rsidRPr="00836082">
+      <w:r w:rsidRPr="00836082">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>[C]</w:t>
       </w:r>
-      <w:r w:rsidR="00E524E0" w:rsidRPr="00D07595">
+      <w:r w:rsidRPr="00D07595">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">a </w:t>
       </w:r>
-      <w:r w:rsidR="00E524E0" w:rsidRPr="005650E0">
+      <w:r w:rsidRPr="005650E0">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="EE0000"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00E524E0" w:rsidRPr="005650E0">
+      <w:r w:rsidRPr="005650E0">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="EE0000"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>Opheli</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00E524E0" w:rsidRPr="005650E0">
+      <w:r w:rsidRPr="005650E0">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="EE0000"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="00836082" w:rsidRPr="00836082">
+      <w:r w:rsidRPr="00836082">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>[C]</w:t>
       </w:r>
-      <w:r w:rsidR="00E524E0" w:rsidRPr="005650E0">
+      <w:r w:rsidRPr="005650E0">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="EE0000"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>a)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="789B83D8" w14:textId="77777777" w:rsidR="00E524E0" w:rsidRPr="004000E0" w:rsidRDefault="00E524E0" w:rsidP="00E524E0">
+    <w:p w14:paraId="33BDFC69" w14:textId="77777777" w:rsidR="000D4A0A" w:rsidRPr="00951C9E" w:rsidRDefault="000D4A0A" w:rsidP="000D4A0A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1A892283" w14:textId="77777777" w:rsidR="000D4A0A" w:rsidRPr="00D07595" w:rsidRDefault="000D4A0A" w:rsidP="000D4A0A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07595">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>Keep it one hundred</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07595">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">n the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00836082">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[Gm]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07595">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>land</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E524E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>(land)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E524E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E524E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07595">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>the sea</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E524E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>(sea)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07595">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00836082">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[Dm]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07595">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>sky</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19FDB151" w14:textId="77777777" w:rsidR="000D4A0A" w:rsidRPr="00D07595" w:rsidRDefault="000D4A0A" w:rsidP="000D4A0A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07595">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pledge allegiance to your </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00836082">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07595">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>hands</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>, y</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07595">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">our team, your </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00836082">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07595">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>vibes</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34882CF8" w14:textId="77777777" w:rsidR="000D4A0A" w:rsidRPr="00D07595" w:rsidRDefault="000D4A0A" w:rsidP="000D4A0A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07595">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Don’t care where the hell you </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00836082">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[Gm]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07595">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">been </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E524E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>(been)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6731F6F0" w14:textId="77777777" w:rsidR="000D4A0A" w:rsidRPr="00D07595" w:rsidRDefault="000D4A0A" w:rsidP="000D4A0A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07595">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>‘Cause</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07595">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> now</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E524E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>(now)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E524E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07595">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> you’re </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00836082">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[Dm]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07595">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>mine</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02DB5505" w14:textId="77777777" w:rsidR="000D4A0A" w:rsidRDefault="000D4A0A" w:rsidP="000D4A0A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07595">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">It’s ’bout to be the sleepless </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00836082">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07595">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>night</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07595">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ou’ve been dreaming </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00836082">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07595">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">… </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33594FA6" w14:textId="77777777" w:rsidR="000D4A0A" w:rsidRDefault="000D4A0A" w:rsidP="000D4A0A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07595">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">he </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00836082">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07595">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>fate of Ophelia</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00836082">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[Gm]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00534747">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AF"/>
+      </w:r>
+      <w:r w:rsidRPr="00BA5F88">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2 3 4</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04515AF1" w14:textId="77777777" w:rsidR="000D4A0A" w:rsidRDefault="000D4A0A" w:rsidP="000D4A0A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="401A8C8B" w14:textId="77777777" w:rsidR="000D4A0A" w:rsidRPr="00836082" w:rsidRDefault="000D4A0A" w:rsidP="000D4A0A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Rhythm:  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00836082">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00836082">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Calibri" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AF"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Calibri" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00836082">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Calibri" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AF"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Calibri" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00836082">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Calibri" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AF"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="558E84CA" w14:textId="77777777" w:rsidR="000D4A0A" w:rsidRPr="0079427E" w:rsidRDefault="000D4A0A" w:rsidP="000D4A0A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0079427E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>/ 1 + 2 + 3 + 4 + /</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5789207C" w14:textId="77777777" w:rsidR="000D4A0A" w:rsidRPr="0071169B" w:rsidRDefault="000D4A0A" w:rsidP="000D4A0A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="011DFDEB" w14:textId="677B000C" w:rsidR="00E524E0" w:rsidRPr="00D07595" w:rsidRDefault="00E524E0" w:rsidP="00E524E0">
+    <w:p w14:paraId="42B00C7D" w14:textId="77777777" w:rsidR="000D4A0A" w:rsidRPr="00B00259" w:rsidRDefault="000D4A0A" w:rsidP="000D4A0A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00836082">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[Gm]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B00259">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The eldest daughter </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00836082">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[Dm]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B00259">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>of a nobleman</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76DBF046" w14:textId="77777777" w:rsidR="000D4A0A" w:rsidRPr="00B00259" w:rsidRDefault="000D4A0A" w:rsidP="000D4A0A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00836082">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B00259">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ophelia lived in </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00836082">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B00259">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>fantasy</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00836082">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E9D979A" w14:textId="77777777" w:rsidR="000D4A0A" w:rsidRPr="00B00259" w:rsidRDefault="000D4A0A" w:rsidP="000D4A0A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B00259">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">But </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00836082">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>Gm</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00836082">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00534747">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AF"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B00259">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">love was a cold bed </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00836082">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[Dm]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B00259">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>full of scorpions</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2ECDD79F" w14:textId="77777777" w:rsidR="000D4A0A" w:rsidRPr="00B00259" w:rsidRDefault="000D4A0A" w:rsidP="000D4A0A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00836082">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B00259">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The venom stole her </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00836082">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B00259">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>sanity</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29D5BF29" w14:textId="77777777" w:rsidR="000D4A0A" w:rsidRPr="00B00259" w:rsidRDefault="000D4A0A" w:rsidP="000D4A0A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00836082">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B00259">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">And if you’d never </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00836082">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[Gm]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B00259">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>come for me</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08135DEA" w14:textId="77777777" w:rsidR="000D4A0A" w:rsidRPr="00B00259" w:rsidRDefault="000D4A0A" w:rsidP="000D4A0A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00836082">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[Dm]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B00259">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I might’ve lingered in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>pur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00836082">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B00259">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>gatory</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="6A06A190" w14:textId="77777777" w:rsidR="000D4A0A" w:rsidRDefault="000D4A0A" w:rsidP="000D4A0A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00836082">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B00259">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">You wrap around me like a </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B70FD10" w14:textId="77777777" w:rsidR="000D4A0A" w:rsidRPr="00B00259" w:rsidRDefault="000D4A0A" w:rsidP="000D4A0A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00836082">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[Gm]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B00259">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>hain</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E524E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>(a chain)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E524E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B00259">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>a crown</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E524E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>(a crown)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E524E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B00259">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00836082">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[Dm]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B00259">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>vine</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E524E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>(a vine)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58A909EE" w14:textId="77777777" w:rsidR="000D4A0A" w:rsidRDefault="000D4A0A" w:rsidP="000D4A0A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B00259">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>Pulling me in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00836082">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B00259">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>to the fi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00836082">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B00259">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>re</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00836082">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00534747">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AF"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67EED55C" w14:textId="77777777" w:rsidR="000D4A0A" w:rsidRDefault="000D4A0A" w:rsidP="000D4A0A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="507C2BD3" w14:textId="77777777" w:rsidR="000D4A0A" w:rsidRPr="0071169B" w:rsidRDefault="000D4A0A" w:rsidP="000D4A0A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46AA0BBA" w14:textId="77777777" w:rsidR="000D4A0A" w:rsidRPr="005650E0" w:rsidRDefault="000D4A0A" w:rsidP="000D4A0A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005650E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>CHORUS:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> &lt; Swiss army strum &gt;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0490C2C1" w14:textId="77777777" w:rsidR="000D4A0A" w:rsidRPr="00D07595" w:rsidRDefault="000D4A0A" w:rsidP="000D4A0A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07595">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">All that </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00836082">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[Bb]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07595">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">time I sat alone in my </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00836082">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07595">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>tower</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="408C13F8" w14:textId="77777777" w:rsidR="000D4A0A" w:rsidRPr="00D07595" w:rsidRDefault="000D4A0A" w:rsidP="000D4A0A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07595">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">You were just honing your </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00836082">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[Dm]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07595">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>powers</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58E6F13A" w14:textId="77777777" w:rsidR="000D4A0A" w:rsidRPr="00D07595" w:rsidRDefault="000D4A0A" w:rsidP="000D4A0A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07595">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Now I can see it </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00836082">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07595">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">all </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005650E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>(see it</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005650E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00836082">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005650E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> all)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EC119A2" w14:textId="77777777" w:rsidR="000D4A0A" w:rsidRPr="00D07595" w:rsidRDefault="000D4A0A" w:rsidP="000D4A0A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07595">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Late one </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00836082">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[Bb]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07595">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">night you dug me out of my </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00836082">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07595">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>grave</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41013458" w14:textId="77777777" w:rsidR="000D4A0A" w:rsidRPr="00D07595" w:rsidRDefault="000D4A0A" w:rsidP="000D4A0A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07595">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">aved my heart from the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00836082">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[Dm]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07595">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>fate of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07595">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>Opheli</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00836082">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07595">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005650E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005650E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>Opheli</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005650E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00836082">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005650E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>a)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6641DB4C" w14:textId="77777777" w:rsidR="000D4A0A" w:rsidRPr="00951C9E" w:rsidRDefault="000D4A0A" w:rsidP="000D4A0A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0786EFD1" w14:textId="77777777" w:rsidR="000D4A0A" w:rsidRPr="00D07595" w:rsidRDefault="000D4A0A" w:rsidP="000D4A0A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D07595">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>Keep it one hundred</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> o</w:t>
       </w:r>
       <w:r w:rsidRPr="00D07595">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">n the </w:t>
       </w:r>
-      <w:r w:rsidR="00836082" w:rsidRPr="00836082">
+      <w:r w:rsidRPr="00836082">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>[Gm]</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D07595">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>land</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E524E0">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="EE0000"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
-        <w:t>(land)</w:t>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidRPr="00E524E0">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>land)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E524E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00E524E0">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="EE0000"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D07595">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>the sea</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E524E0">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="EE0000"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
-        <w:t>(sea)</w:t>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E524E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>sea)</w:t>
       </w:r>
       <w:r w:rsidRPr="00D07595">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">, the </w:t>
       </w:r>
-      <w:r w:rsidR="00836082" w:rsidRPr="00836082">
+      <w:r w:rsidRPr="00836082">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>[Dm]</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D07595">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>sky</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76A2CB01" w14:textId="2327FF1A" w:rsidR="00E524E0" w:rsidRPr="00D07595" w:rsidRDefault="00E524E0" w:rsidP="00E524E0">
+    <w:p w14:paraId="5EAAEC68" w14:textId="77777777" w:rsidR="000D4A0A" w:rsidRPr="00D07595" w:rsidRDefault="000D4A0A" w:rsidP="000D4A0A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D07595">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">Pledge allegiance to your </w:t>
       </w:r>
-      <w:r w:rsidR="00836082" w:rsidRPr="00836082">
+      <w:r w:rsidRPr="00836082">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>[F]</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D07595">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>hands</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>, y</w:t>
       </w:r>
       <w:r w:rsidRPr="00D07595">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">our team, your </w:t>
       </w:r>
-      <w:r w:rsidR="00836082" w:rsidRPr="00836082">
+      <w:r w:rsidRPr="00836082">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>[C]</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D07595">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>vibes</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E52CCC4" w14:textId="6D5DC818" w:rsidR="00E524E0" w:rsidRPr="00D07595" w:rsidRDefault="00E524E0" w:rsidP="00E524E0">
+    <w:p w14:paraId="5E3C368F" w14:textId="77777777" w:rsidR="000D4A0A" w:rsidRPr="00D07595" w:rsidRDefault="000D4A0A" w:rsidP="000D4A0A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D07595">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">Don’t care where the hell you </w:t>
       </w:r>
-      <w:r w:rsidR="00836082" w:rsidRPr="00836082">
+      <w:r w:rsidRPr="00836082">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>[Gm]</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D07595">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">been </w:t>
       </w:r>
       <w:r w:rsidRPr="00E524E0">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="EE0000"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>(been)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A7AB78E" w14:textId="2CD0CDF2" w:rsidR="00E524E0" w:rsidRPr="00D07595" w:rsidRDefault="00E524E0" w:rsidP="00E524E0">
+    <w:p w14:paraId="4705F18D" w14:textId="77777777" w:rsidR="000D4A0A" w:rsidRPr="00D07595" w:rsidRDefault="000D4A0A" w:rsidP="000D4A0A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D07595">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>‘Cause</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00D07595">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> now</w:t>
       </w:r>
@@ -2103,3844 +3904,1951 @@
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="EE0000"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>(now)</w:t>
       </w:r>
       <w:r w:rsidRPr="00E524E0">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00D07595">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> you’re </w:t>
       </w:r>
-      <w:r w:rsidR="00836082" w:rsidRPr="00836082">
+      <w:r w:rsidRPr="00836082">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>[Dm]</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D07595">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>mine</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7380561C" w14:textId="07F09050" w:rsidR="0071169B" w:rsidRDefault="00E524E0" w:rsidP="00D07595">
+    <w:p w14:paraId="4A1093C0" w14:textId="77777777" w:rsidR="000D4A0A" w:rsidRDefault="000D4A0A" w:rsidP="000D4A0A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D07595">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">It’s ’bout to be the sleepless </w:t>
       </w:r>
-      <w:r w:rsidR="00836082" w:rsidRPr="00836082">
+      <w:r w:rsidRPr="00836082">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>[F]</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D07595">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>night</w:t>
       </w:r>
-      <w:r w:rsidR="0071169B">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> y</w:t>
       </w:r>
       <w:r w:rsidRPr="00D07595">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">ou’ve been dreaming </w:t>
       </w:r>
-      <w:r w:rsidR="00836082" w:rsidRPr="00836082">
+      <w:r w:rsidRPr="00836082">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>[C]</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D07595">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>of</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
-        <w:t>…</w:t>
-[...10 lines deleted...]
-    <w:p w14:paraId="5DA18720" w14:textId="5090E098" w:rsidR="000076D2" w:rsidRDefault="0071169B" w:rsidP="00D07595">
+        <w:t xml:space="preserve">… </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79010B4E" w14:textId="77777777" w:rsidR="000D4A0A" w:rsidRDefault="000D4A0A" w:rsidP="000D4A0A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
-      <w:r w:rsidR="00E524E0" w:rsidRPr="00D07595">
+      <w:r w:rsidRPr="00D07595">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">he </w:t>
       </w:r>
-      <w:r w:rsidR="00836082" w:rsidRPr="00836082">
+      <w:r w:rsidRPr="00836082">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>[C]</w:t>
       </w:r>
-      <w:r w:rsidR="00E524E0">
-[...7 lines deleted...]
-      <w:r w:rsidR="00E524E0" w:rsidRPr="00D07595">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07595">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>fate of Ophelia</w:t>
       </w:r>
-      <w:r w:rsidR="00E524E0">
-[...18 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Courier New"/>
+    </w:p>
+    <w:p w14:paraId="381BB861" w14:textId="77777777" w:rsidR="000D4A0A" w:rsidRPr="00B00259" w:rsidRDefault="000D4A0A" w:rsidP="000D4A0A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1A7D439F" w14:textId="77777777" w:rsidR="000D4A0A" w:rsidRPr="00836082" w:rsidRDefault="000D4A0A" w:rsidP="000D4A0A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Rhythm:  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00836082">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00836082">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Calibri" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:sym w:font="Symbol" w:char="F0AF"/>
       </w:r>
-      <w:r w:rsidR="00BA5F88" w:rsidRPr="00BA5F88">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Courier New"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Calibri" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00836082">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Calibri" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AF"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Calibri" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00836082">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Calibri" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AF"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5297F132" w14:textId="77777777" w:rsidR="000D4A0A" w:rsidRPr="0079427E" w:rsidRDefault="000D4A0A" w:rsidP="000D4A0A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-        </w:rPr>
-[...13 lines deleted...]
-      <w:pPr>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
-          <w:lang w:val="en-CA"/>
-[...2 lines deleted...]
-      <w:r>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0079427E">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
-          <w:lang w:val="en-CA"/>
-[...56 lines deleted...]
-          <w:b/>
           <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
-      </w:pPr>
-[...15 lines deleted...]
-        </w:rPr>
         <w:t>/ 1 + 2 + 3 + 4 + /</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60B5A3E6" w14:textId="77777777" w:rsidR="0071169B" w:rsidRPr="0071169B" w:rsidRDefault="0071169B" w:rsidP="00D07595">
+    <w:p w14:paraId="2A0CDB1D" w14:textId="77777777" w:rsidR="000D4A0A" w:rsidRPr="0071169B" w:rsidRDefault="000D4A0A" w:rsidP="000D4A0A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6AC6728A" w14:textId="0EEA0F30" w:rsidR="00B00259" w:rsidRPr="00B00259" w:rsidRDefault="00836082" w:rsidP="00B00259">
-[...6 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="4A3EBA1B" w14:textId="77777777" w:rsidR="000D4A0A" w:rsidRPr="0017776A" w:rsidRDefault="000D4A0A" w:rsidP="000D4A0A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0017776A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>BRIDGE:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63767E17" w14:textId="77777777" w:rsidR="000D4A0A" w:rsidRPr="00B00259" w:rsidRDefault="000D4A0A" w:rsidP="000D4A0A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B00259">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">‘Tis </w:t>
+      </w:r>
       <w:r w:rsidRPr="00836082">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>[Gm]</w:t>
       </w:r>
-      <w:r w:rsidR="00B00259">
-[...13 lines deleted...]
-        <w:t xml:space="preserve">The eldest daughter </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B00259">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>locked inside my memory</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53D021DB" w14:textId="77777777" w:rsidR="000D4A0A" w:rsidRPr="00B00259" w:rsidRDefault="000D4A0A" w:rsidP="000D4A0A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B00259">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">And </w:t>
       </w:r>
       <w:r w:rsidRPr="00836082">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>[Dm]</w:t>
       </w:r>
-      <w:r w:rsidR="00B00259">
-[...23 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B00259">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>only you possess the key</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72AF9ECE" w14:textId="77777777" w:rsidR="000D4A0A" w:rsidRPr="00B00259" w:rsidRDefault="000D4A0A" w:rsidP="000D4A0A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B00259">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">No </w:t>
+      </w:r>
       <w:r w:rsidRPr="00836082">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>[F]</w:t>
       </w:r>
-      <w:r w:rsidR="00E60750">
-[...14 lines deleted...]
-      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B00259">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>longer drowning and deceived</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="566C3347" w14:textId="77777777" w:rsidR="000D4A0A" w:rsidRPr="00B00259" w:rsidRDefault="000D4A0A" w:rsidP="000D4A0A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00836082">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>[C]</w:t>
       </w:r>
-      <w:r w:rsidR="00E60750">
-[...22 lines deleted...]
-      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B00259">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>All because you came for me</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FF8211C" w14:textId="77777777" w:rsidR="000D4A0A" w:rsidRPr="00B00259" w:rsidRDefault="000D4A0A" w:rsidP="000D4A0A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00836082">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[Gm]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B00259">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>Locked inside my memory</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D1ADB61" w14:textId="77777777" w:rsidR="000D4A0A" w:rsidRPr="00B00259" w:rsidRDefault="000D4A0A" w:rsidP="000D4A0A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B00259">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">And </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00836082">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[Dm]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B00259">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>only you possess the key</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A5EF885" w14:textId="77777777" w:rsidR="000D4A0A" w:rsidRPr="00B00259" w:rsidRDefault="000D4A0A" w:rsidP="000D4A0A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B00259">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">No </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00836082">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B00259">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>longer drowning and deceived</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3870EFD1" w14:textId="77777777" w:rsidR="000D4A0A" w:rsidRPr="00B00259" w:rsidRDefault="000D4A0A" w:rsidP="000D4A0A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00836082">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>[C]</w:t>
       </w:r>
-    </w:p>
-[...7 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00B00259">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
-        <w:t xml:space="preserve">But </w:t>
-[...28 lines deleted...]
-      <w:r w:rsidR="00E60750" w:rsidRPr="00534747">
+        <w:t xml:space="preserve">All because you came for </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00836082">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B00259">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>me</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>ee</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>-ee-ee-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00836082">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00534747">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Courier New"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:sym w:font="Symbol" w:char="F0AF"/>
       </w:r>
-      <w:r w:rsidR="00E60750">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Courier New"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>ee-ee</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FACF52C" w14:textId="77777777" w:rsidR="000D4A0A" w:rsidRPr="00B00259" w:rsidRDefault="000D4A0A" w:rsidP="000D4A0A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0946876F" w14:textId="77777777" w:rsidR="000D4A0A" w:rsidRPr="005650E0" w:rsidRDefault="000D4A0A" w:rsidP="000D4A0A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005650E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>CHORUS:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> &lt; Swiss army strum &gt;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71C656C2" w14:textId="77777777" w:rsidR="000D4A0A" w:rsidRPr="00D07595" w:rsidRDefault="000D4A0A" w:rsidP="000D4A0A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07595">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">All that </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00836082">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[Bb]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07595">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">time I sat alone in my </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00836082">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07595">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>tower</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60FB3B79" w14:textId="77777777" w:rsidR="000D4A0A" w:rsidRPr="00D07595" w:rsidRDefault="000D4A0A" w:rsidP="000D4A0A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07595">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">You were just honing your </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00836082">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[Dm]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07595">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>powers</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2125797C" w14:textId="77777777" w:rsidR="000D4A0A" w:rsidRPr="00D07595" w:rsidRDefault="000D4A0A" w:rsidP="000D4A0A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07595">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Now I can see it </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00836082">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07595">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>all</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00935D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I can see it </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00836082">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00935D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> all</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35B24C6F" w14:textId="77777777" w:rsidR="000D4A0A" w:rsidRPr="00D07595" w:rsidRDefault="000D4A0A" w:rsidP="000D4A0A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07595">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Late one </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00836082">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[Bb]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07595">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">night you dug me out of my </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00836082">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07595">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>grave</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="142B159E" w14:textId="77777777" w:rsidR="000D4A0A" w:rsidRPr="00D07595" w:rsidRDefault="000D4A0A" w:rsidP="000D4A0A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07595">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">aved my heart from the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00836082">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[Dm]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07595">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>fate of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07595">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>Opheli</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00836082">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07595">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005650E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005650E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>Opheli</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005650E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00836082">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005650E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>a)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53E91953" w14:textId="77777777" w:rsidR="000D4A0A" w:rsidRPr="00951C9E" w:rsidRDefault="000D4A0A" w:rsidP="000D4A0A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="307D7792" w14:textId="77777777" w:rsidR="000D4A0A" w:rsidRPr="00D07595" w:rsidRDefault="000D4A0A" w:rsidP="000D4A0A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07595">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>Keep it one hundred</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07595">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">n the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00836082">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[Gm]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07595">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>land</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E524E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E524E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>land)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E524E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E524E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07595">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>the sea</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E524E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E524E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>sea)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07595">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00836082">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[Dm]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07595">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>sky</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5860DD86" w14:textId="77777777" w:rsidR="000D4A0A" w:rsidRPr="00D07595" w:rsidRDefault="000D4A0A" w:rsidP="000D4A0A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07595">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pledge allegiance to your </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00836082">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07595">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>hands</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>, y</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07595">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">our team, your </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00836082">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07595">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>vibes</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="171F5472" w14:textId="77777777" w:rsidR="000D4A0A" w:rsidRPr="00D07595" w:rsidRDefault="000D4A0A" w:rsidP="000D4A0A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07595">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Don’t care where the hell you </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00836082">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[Gm]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07595">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">been </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E524E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>(been)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27F74912" w14:textId="77777777" w:rsidR="000D4A0A" w:rsidRPr="00D07595" w:rsidRDefault="000D4A0A" w:rsidP="000D4A0A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D07595">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>‘Cause</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D07595">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> now</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E524E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>(now)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E524E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07595">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> you’re </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00836082">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[Dm]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07595">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>mine</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54BAFF18" w14:textId="77777777" w:rsidR="000D4A0A" w:rsidRPr="00D07595" w:rsidRDefault="000D4A0A" w:rsidP="000D4A0A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07595">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">It’s ’bout to be the sleepless </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00836082">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07595">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>night</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24D92778" w14:textId="77777777" w:rsidR="000D4A0A" w:rsidRDefault="000D4A0A" w:rsidP="000D4A0A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07595">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">You’ve been dreaming </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00836082">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07595">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>… t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07595">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">he </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00836082">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07595">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>fate of Ophelia</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39CBE1B6" w14:textId="77777777" w:rsidR="000D4A0A" w:rsidRDefault="000D4A0A" w:rsidP="000D4A0A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5D9EE905" w14:textId="77777777" w:rsidR="000D4A0A" w:rsidRPr="00836082" w:rsidRDefault="000D4A0A" w:rsidP="000D4A0A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Rhythm:  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00836082">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00836082">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Calibri" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...413 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Courier New"/>
+        <w:sym w:font="Symbol" w:char="F0AF"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Calibri" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-      </w:pPr>
-[...85 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Courier New"/>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00836082">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Calibri" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:sym w:font="Symbol" w:char="F0AF"/>
       </w:r>
-    </w:p>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Courier New"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Calibri" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-      </w:pPr>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Courier New"/>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00836082">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Calibri" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-      </w:pPr>
-[...437 lines deleted...]
-    <w:p w14:paraId="35DE282C" w14:textId="77777777" w:rsidR="00E60750" w:rsidRPr="0071169B" w:rsidRDefault="00E60750" w:rsidP="00B00259">
+        <w:sym w:font="Symbol" w:char="F0AF"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="345E3FDB" w14:textId="77777777" w:rsidR="000D4A0A" w:rsidRPr="0079427E" w:rsidRDefault="000D4A0A" w:rsidP="000D4A0A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0079427E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>/ 1 + 2 + 3 + 4 + /</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EC482A3" w14:textId="77777777" w:rsidR="000D4A0A" w:rsidRPr="0071169B" w:rsidRDefault="000D4A0A" w:rsidP="000D4A0A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="00DC11E5" w14:textId="5D08CDBA" w:rsidR="00E60750" w:rsidRPr="00D07595" w:rsidRDefault="00E60750" w:rsidP="00E60750">
-[...36 lines deleted...]
-          <w:lang w:val="en-CA"/>
+    <w:p w14:paraId="73D46507" w14:textId="77777777" w:rsidR="000D4A0A" w:rsidRPr="00E60750" w:rsidRDefault="000D4A0A" w:rsidP="000D4A0A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00836082">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>[Gm]</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...122 lines deleted...]
-          <w:lang w:val="en-CA"/>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">You saved my </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00836082">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>[Dm]</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...35 lines deleted...]
-          <w:lang w:val="en-CA"/>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> heart from the fate of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00836082">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>[F]</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...29 lines deleted...]
-      <w:r w:rsidR="00836082" w:rsidRPr="00836082">
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Opheli</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00836082">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>[C]</w:t>
       </w:r>
-      <w:r>
-[...337 lines deleted...]
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Calibri" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:r w:rsidRPr="00534747">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Courier New"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:sym w:font="Symbol" w:char="F0AF"/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Calibri" w:hAnsi="Courier New" w:cs="Courier New"/>
-          <w:b/>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">     </w:t>
-[...1675 lines deleted...]
-        </w:rPr>
         <w:t>a</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="080FD8D6" w14:textId="77777777" w:rsidR="00A42E3F" w:rsidRDefault="00A42E3F">
-[...6 lines deleted...]
-    <w:p w14:paraId="1C898F37" w14:textId="77777777" w:rsidR="00595E82" w:rsidRDefault="00595E82" w:rsidP="00595E82">
+    <w:p w14:paraId="3634B820" w14:textId="77777777" w:rsidR="000D4A0A" w:rsidRDefault="000D4A0A" w:rsidP="000D4A0A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1F8883C3" w14:textId="77777777" w:rsidR="000D4A0A" w:rsidRDefault="000D4A0A" w:rsidP="000D4A0A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6447F6ED" wp14:editId="37D8BE4C">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2105A076" wp14:editId="6FE9A003">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1410891675" name="Picture 1410891675" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\Bb.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\Bb.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
@@ -5951,51 +5859,51 @@
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="110943D4" wp14:editId="2B7BC3CE">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="70AC886D" wp14:editId="25FAA8D2">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="305198740" name="Picture 305198740" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\C.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\C.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
@@ -6006,51 +5914,51 @@
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="46137A9F" wp14:editId="7453F5DB">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1C2B576F" wp14:editId="45C5FA51">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="2082144948" name="Picture 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
@@ -6061,51 +5969,51 @@
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="540BD96E" wp14:editId="65A12900">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5720C9B8" wp14:editId="1FE77EF3">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1439083947" name="Picture 1439083947" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\Dm.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 5" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\Dm.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
@@ -6116,51 +6024,51 @@
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="72AECF3F" wp14:editId="37519375">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0EFDE15C" wp14:editId="3CBB38ED">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1754746970" name="Picture 1754746970" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\F.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 7" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\F.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId9">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
@@ -6171,100 +6079,100 @@
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4F92B4D0" wp14:editId="4A2F6A13">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="75839FE8" wp14:editId="559A6FE1">
             <wp:extent cx="461010" cy="607060"/>
             <wp:effectExtent l="0" t="0" r="0" b="2540"/>
             <wp:docPr id="1383463521" name="Picture 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId10">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="461010" cy="607060"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C65D733" w14:textId="77777777" w:rsidR="00B043CF" w:rsidRPr="0017776A" w:rsidRDefault="00B043CF" w:rsidP="00110521">
+    <w:p w14:paraId="5333850A" w14:textId="77777777" w:rsidR="000D4A0A" w:rsidRPr="0017776A" w:rsidRDefault="000D4A0A" w:rsidP="000D4A0A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="116197C8" w14:textId="0CA9A8AB" w:rsidR="00B043CF" w:rsidRPr="0071169B" w:rsidRDefault="00A029D3" w:rsidP="00A029D3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Lucida Console"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidRPr="00055195">
           <w:rPr>
             <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Lucida Console"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
           </w:rPr>
@@ -6304,142 +6212,145 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="61002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Console">
     <w:panose1 w:val="020B0609040504020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="8000028F" w:usb1="00001800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000001F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="110"/>
   <w:proofState w:spelling="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D07595"/>
     <w:rsid w:val="000076D2"/>
     <w:rsid w:val="000961DF"/>
     <w:rsid w:val="000A348C"/>
     <w:rsid w:val="000D00ED"/>
     <w:rsid w:val="000D19AB"/>
+    <w:rsid w:val="000D4A0A"/>
     <w:rsid w:val="000F7214"/>
     <w:rsid w:val="00110521"/>
     <w:rsid w:val="00132109"/>
     <w:rsid w:val="00161445"/>
     <w:rsid w:val="0017776A"/>
     <w:rsid w:val="0017786C"/>
     <w:rsid w:val="001A030B"/>
     <w:rsid w:val="001C26FA"/>
     <w:rsid w:val="001E2271"/>
     <w:rsid w:val="00252E97"/>
     <w:rsid w:val="002B56B4"/>
     <w:rsid w:val="003442C9"/>
     <w:rsid w:val="003B4028"/>
     <w:rsid w:val="004000E0"/>
     <w:rsid w:val="00414418"/>
     <w:rsid w:val="004576F5"/>
     <w:rsid w:val="004722C5"/>
     <w:rsid w:val="0047277F"/>
+    <w:rsid w:val="004861E4"/>
     <w:rsid w:val="00490D27"/>
     <w:rsid w:val="004E65B6"/>
     <w:rsid w:val="00531581"/>
     <w:rsid w:val="00550EFA"/>
     <w:rsid w:val="005543FD"/>
     <w:rsid w:val="005650E0"/>
     <w:rsid w:val="00595E82"/>
     <w:rsid w:val="006230AD"/>
     <w:rsid w:val="006325CA"/>
     <w:rsid w:val="006632EA"/>
     <w:rsid w:val="0071169B"/>
     <w:rsid w:val="007320F1"/>
     <w:rsid w:val="00752ECC"/>
     <w:rsid w:val="0079427E"/>
     <w:rsid w:val="007E4748"/>
     <w:rsid w:val="0082492D"/>
     <w:rsid w:val="00836082"/>
     <w:rsid w:val="00866CDE"/>
+    <w:rsid w:val="009042EC"/>
     <w:rsid w:val="00924B54"/>
     <w:rsid w:val="00935D44"/>
     <w:rsid w:val="00972E99"/>
     <w:rsid w:val="00A029D3"/>
     <w:rsid w:val="00A03017"/>
     <w:rsid w:val="00A42E3F"/>
     <w:rsid w:val="00A569E6"/>
     <w:rsid w:val="00A902E9"/>
     <w:rsid w:val="00A92235"/>
     <w:rsid w:val="00A9741C"/>
     <w:rsid w:val="00AB09B4"/>
     <w:rsid w:val="00AD3A18"/>
     <w:rsid w:val="00B00259"/>
     <w:rsid w:val="00B043CF"/>
     <w:rsid w:val="00B16743"/>
     <w:rsid w:val="00BA5F88"/>
     <w:rsid w:val="00BB114B"/>
     <w:rsid w:val="00C5218C"/>
     <w:rsid w:val="00CA07D7"/>
     <w:rsid w:val="00D07595"/>
     <w:rsid w:val="00D113AB"/>
     <w:rsid w:val="00D4034F"/>
     <w:rsid w:val="00D66B4B"/>
     <w:rsid w:val="00D84579"/>
     <w:rsid w:val="00DB1F9F"/>
@@ -7315,70 +7226,70 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{75A02CBF-9B6D-4C04-98ED-B5E96D8DF686}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>TEMPLATE FOR SONGSHEET</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>498</Words>
-  <Characters>2839</Characters>
+  <Words>500</Words>
+  <Characters>2855</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>23</Lines>
   <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3331</CharactersWithSpaces>
+  <CharactersWithSpaces>3349</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>HP User</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>