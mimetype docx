--- v1 (2025-11-14)
+++ v2 (2025-12-04)
@@ -831,51 +831,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>[Dm]</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> a</w:t>
       </w:r>
       <w:r w:rsidRPr="00D07595">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>re quite the pyro</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21913770" w14:textId="77777777" w:rsidR="000D4A0A" w:rsidRPr="00D07595" w:rsidRDefault="000D4A0A" w:rsidP="000D4A0A">
+    <w:p w14:paraId="21913770" w14:textId="3A0FDE9E" w:rsidR="000D4A0A" w:rsidRPr="00D07595" w:rsidRDefault="000D4A0A" w:rsidP="000D4A0A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00836082">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>[F]</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D07595">
@@ -887,51 +887,67 @@
         <w:t xml:space="preserve">You light the match to </w:t>
       </w:r>
       <w:r w:rsidRPr="00836082">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>[C]</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D07595">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
-        <w:t>watch it blow</w:t>
+        <w:t xml:space="preserve">watch it </w:t>
+      </w:r>
+      <w:r w:rsidR="004D7BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>g</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D07595">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>low</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B087870" w14:textId="77777777" w:rsidR="000D4A0A" w:rsidRPr="00D07595" w:rsidRDefault="000D4A0A" w:rsidP="000D4A0A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00836082">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>[C]</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
@@ -6289,83 +6305,85 @@
     <w:rsid w:val="000961DF"/>
     <w:rsid w:val="000A348C"/>
     <w:rsid w:val="000D00ED"/>
     <w:rsid w:val="000D19AB"/>
     <w:rsid w:val="000D4A0A"/>
     <w:rsid w:val="000F7214"/>
     <w:rsid w:val="00110521"/>
     <w:rsid w:val="00132109"/>
     <w:rsid w:val="00161445"/>
     <w:rsid w:val="0017776A"/>
     <w:rsid w:val="0017786C"/>
     <w:rsid w:val="001A030B"/>
     <w:rsid w:val="001C26FA"/>
     <w:rsid w:val="001E2271"/>
     <w:rsid w:val="00252E97"/>
     <w:rsid w:val="002B56B4"/>
     <w:rsid w:val="003442C9"/>
     <w:rsid w:val="003B4028"/>
     <w:rsid w:val="004000E0"/>
     <w:rsid w:val="00414418"/>
     <w:rsid w:val="004576F5"/>
     <w:rsid w:val="004722C5"/>
     <w:rsid w:val="0047277F"/>
     <w:rsid w:val="004861E4"/>
     <w:rsid w:val="00490D27"/>
+    <w:rsid w:val="004D7BCA"/>
     <w:rsid w:val="004E65B6"/>
     <w:rsid w:val="00531581"/>
     <w:rsid w:val="00550EFA"/>
     <w:rsid w:val="005543FD"/>
     <w:rsid w:val="005650E0"/>
     <w:rsid w:val="00595E82"/>
     <w:rsid w:val="006230AD"/>
     <w:rsid w:val="006325CA"/>
     <w:rsid w:val="006632EA"/>
     <w:rsid w:val="0071169B"/>
     <w:rsid w:val="007320F1"/>
     <w:rsid w:val="00752ECC"/>
     <w:rsid w:val="0079427E"/>
     <w:rsid w:val="007E4748"/>
     <w:rsid w:val="0082492D"/>
     <w:rsid w:val="00836082"/>
     <w:rsid w:val="00866CDE"/>
     <w:rsid w:val="009042EC"/>
     <w:rsid w:val="00924B54"/>
     <w:rsid w:val="00935D44"/>
     <w:rsid w:val="00972E99"/>
     <w:rsid w:val="00A029D3"/>
     <w:rsid w:val="00A03017"/>
     <w:rsid w:val="00A42E3F"/>
     <w:rsid w:val="00A569E6"/>
     <w:rsid w:val="00A902E9"/>
     <w:rsid w:val="00A92235"/>
     <w:rsid w:val="00A9741C"/>
     <w:rsid w:val="00AB09B4"/>
     <w:rsid w:val="00AD3A18"/>
     <w:rsid w:val="00B00259"/>
     <w:rsid w:val="00B043CF"/>
     <w:rsid w:val="00B16743"/>
+    <w:rsid w:val="00B2623D"/>
     <w:rsid w:val="00BA5F88"/>
     <w:rsid w:val="00BB114B"/>
     <w:rsid w:val="00C5218C"/>
     <w:rsid w:val="00CA07D7"/>
     <w:rsid w:val="00D07595"/>
     <w:rsid w:val="00D113AB"/>
     <w:rsid w:val="00D4034F"/>
     <w:rsid w:val="00D66B4B"/>
     <w:rsid w:val="00D84579"/>
     <w:rsid w:val="00DB1F9F"/>
     <w:rsid w:val="00E04FCE"/>
     <w:rsid w:val="00E524E0"/>
     <w:rsid w:val="00E60750"/>
     <w:rsid w:val="00F81E40"/>
     <w:rsid w:val="00F96D25"/>
     <w:rsid w:val="00FB061D"/>
     <w:rsid w:val="00FB2424"/>
     <w:rsid w:val="00FC6CD8"/>
     <w:rsid w:val="00FE1FB8"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>