--- v0 (2025-10-28)
+++ v1 (2025-12-05)
@@ -1,151 +1,151 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="58A08144" w14:textId="65E2657F" w:rsidR="0082492D" w:rsidRPr="00A902E9" w:rsidRDefault="002E1787" w:rsidP="00DB1F9F">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>The Cup Song (When I’m Gone)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="208BEB37" w14:textId="68B67D11" w:rsidR="00972E99" w:rsidRPr="00A902E9" w:rsidRDefault="002E1787">
+    <w:p w14:paraId="6E4A7526" w14:textId="77777777" w:rsidR="000F3288" w:rsidRPr="00A902E9" w:rsidRDefault="000F3288" w:rsidP="000F3288">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>A.P. Carter 1931 (as recorded by Anna Kendrick 2012)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32CB6AD5" w14:textId="77777777" w:rsidR="00972E99" w:rsidRPr="006230AD" w:rsidRDefault="00972E99">
+    <w:p w14:paraId="397D3122" w14:textId="77777777" w:rsidR="000F3288" w:rsidRPr="006230AD" w:rsidRDefault="000F3288" w:rsidP="000F3288">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="40CE3CA7" w14:textId="0DBF4E67" w:rsidR="007320F1" w:rsidRDefault="00A569E6">
+    <w:p w14:paraId="12D2C8C9" w14:textId="77777777" w:rsidR="000F3288" w:rsidRDefault="000F3288" w:rsidP="000F3288">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7C064206" wp14:editId="39BC3E56">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5D8C37D6" wp14:editId="6746E575">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="24" name="Picture 24" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\Am.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 4" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\Am.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="00110521">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1A0FE88B" wp14:editId="26A7B646">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="25DD95BE" wp14:editId="40C66481">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="3" name="Picture 3" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\C.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\C.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
@@ -156,4135 +156,5048 @@
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5608BA0E" wp14:editId="4A3B6F3E">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="160A7179" wp14:editId="29AFE2CF">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="25" name="Picture 25" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\Dm.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 5" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\Dm.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="00110521">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4813B433" wp14:editId="31364CB7">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5B9CED59" wp14:editId="2E4A5A7B">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="7" name="Picture 7" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\F.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 7" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\F.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="009B52F2">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6F18134F" wp14:editId="669DB59C">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="757DF0C7" wp14:editId="7B8B0929">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="13" name="Picture 13"/>
+            <wp:docPr id="1772563939" name="Picture 1772563939"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId9">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="009B52F2" w:rsidRPr="009B52F2">
+      <w:r w:rsidRPr="009B52F2">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>or</w:t>
       </w:r>
-      <w:r w:rsidR="009B52F2">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="23DCFBBA" wp14:editId="7A6E26AE">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1FEB684D" wp14:editId="250D15EF">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="5" name="Picture 5"/>
+            <wp:docPr id="828496391" name="Picture 828496391"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId10">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="009B52F2">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="480734EC" wp14:editId="57862474">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="020F4200" wp14:editId="1E63BB1D">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="8" name="Picture 8" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\G.png"/>
+            <wp:docPr id="979119926" name="Picture 979119926" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\G.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 8" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\G.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId11">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42F9B340" w14:textId="77777777" w:rsidR="007320F1" w:rsidRPr="000961DF" w:rsidRDefault="007320F1">
+    <w:p w14:paraId="3B6D7BEB" w14:textId="77777777" w:rsidR="000F3288" w:rsidRPr="000961DF" w:rsidRDefault="000F3288" w:rsidP="000F3288">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42AC8D93" w14:textId="77777777" w:rsidR="002E1787" w:rsidRPr="00957CD8" w:rsidRDefault="002E1787" w:rsidP="002E1787">
+    <w:p w14:paraId="7237C959" w14:textId="77777777" w:rsidR="000F3288" w:rsidRPr="00957CD8" w:rsidRDefault="000F3288" w:rsidP="000F3288">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00957CD8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>INTRO:  / 1 2 3 4 /</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70C013F2" w14:textId="77777777" w:rsidR="002E1787" w:rsidRPr="00957CD8" w:rsidRDefault="002E1787" w:rsidP="002E1787">
-[...33 lines deleted...]
-    <w:p w14:paraId="4B302EE3" w14:textId="77777777" w:rsidR="002E1787" w:rsidRPr="00957CD8" w:rsidRDefault="002E1787" w:rsidP="002E1787">
+    <w:p w14:paraId="61345982" w14:textId="77777777" w:rsidR="000F3288" w:rsidRPr="00957CD8" w:rsidRDefault="000F3288" w:rsidP="000F3288">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="305ACBEF" w14:textId="433AA1E1" w:rsidR="000F3288" w:rsidRDefault="000F3288" w:rsidP="000F3288">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>CUP</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pattern x </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB1BF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4 (it </w:t>
+      </w:r>
+      <w:r w:rsidR="00627C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>goes</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB1BF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> over 8 beats)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="264E6565" w14:textId="77777777" w:rsidR="000F3288" w:rsidRPr="002E50EE" w:rsidRDefault="000F3288" w:rsidP="000F3288">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="6"/>
+          <w:szCs w:val="6"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="289497CE" w14:textId="77777777" w:rsidR="000F3288" w:rsidRPr="00957CD8" w:rsidRDefault="000F3288" w:rsidP="000F3288">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="8160"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00957CD8">
-[...10 lines deleted...]
-    <w:p w14:paraId="12839D86" w14:textId="77777777" w:rsidR="002E1787" w:rsidRPr="00957CD8" w:rsidRDefault="002E1787" w:rsidP="002E1787">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 2 3 4 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1 2 3 4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> /</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67907195" w14:textId="77777777" w:rsidR="000F3288" w:rsidRDefault="000F3288" w:rsidP="000F3288">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="8160"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00957CD8">
-[...21 lines deleted...]
-    <w:p w14:paraId="2BA874AB" w14:textId="77777777" w:rsidR="002E1787" w:rsidRPr="00957CD8" w:rsidRDefault="002E1787" w:rsidP="002E1787">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1 2 3 4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 2 3 4 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7772CBBB" w14:textId="77777777" w:rsidR="00CB1BF1" w:rsidRDefault="00CB1BF1" w:rsidP="000F3288">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8160"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="751FCB18" w14:textId="77777777" w:rsidR="00CB1BF1" w:rsidRPr="00957CD8" w:rsidRDefault="00CB1BF1" w:rsidP="00CB1BF1">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8160"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 2 3 4 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1 2 3 4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> /</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C56B30E" w14:textId="465E3B5E" w:rsidR="00CB1BF1" w:rsidRPr="00957CD8" w:rsidRDefault="00CB1BF1" w:rsidP="000F3288">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8160"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1 2 3 4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 2 3 4 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1508B11F" w14:textId="77777777" w:rsidR="000F3288" w:rsidRPr="00957CD8" w:rsidRDefault="000F3288" w:rsidP="000F3288">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="097FAD9C" w14:textId="77777777" w:rsidR="000F3288" w:rsidRDefault="000F3288" w:rsidP="000F3288">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>UKEs start:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0233E7C2" w14:textId="77777777" w:rsidR="000F3288" w:rsidRPr="00653326" w:rsidRDefault="000F3288" w:rsidP="000F3288">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="6"/>
+          <w:szCs w:val="6"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653326">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="6"/>
+          <w:szCs w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C4EA5CA" w14:textId="77777777" w:rsidR="000F3288" w:rsidRPr="00957CD8" w:rsidRDefault="000F3288" w:rsidP="000F3288">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AF"/>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>/ [C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AF"/>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="103B0596" w14:textId="77777777" w:rsidR="000F3288" w:rsidRPr="00957CD8" w:rsidRDefault="000F3288" w:rsidP="000F3288">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AF"/>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>/ [C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AF"/>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="435215BF" w14:textId="77777777" w:rsidR="000F3288" w:rsidRPr="00957CD8" w:rsidRDefault="000F3288" w:rsidP="000F3288">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3F191A73" w14:textId="77777777" w:rsidR="000F3288" w:rsidRPr="00957CD8" w:rsidRDefault="000F3288" w:rsidP="000F3288">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AF"/>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> I got my ticket for the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AF"/>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> long way round</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4118945B" w14:textId="77777777" w:rsidR="000F3288" w:rsidRPr="00957CD8" w:rsidRDefault="000F3288" w:rsidP="000F3288">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AF"/>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Two bottles of whiskey for the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AF"/>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> way</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67003415" w14:textId="77777777" w:rsidR="000F3288" w:rsidRPr="00957CD8" w:rsidRDefault="000F3288" w:rsidP="000F3288">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">And I </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[Am]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AF"/>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sure would </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AF"/>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> like some </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AF"/>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sweet company</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DDAFF58" w14:textId="77777777" w:rsidR="000F3288" w:rsidRPr="00957CD8" w:rsidRDefault="000F3288" w:rsidP="000F3288">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">And I'm </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AF"/>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> leaving to-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AF"/>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">morrow what do you </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AF"/>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> say </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25829429" w14:textId="77777777" w:rsidR="000F3288" w:rsidRPr="00957CD8" w:rsidRDefault="000F3288" w:rsidP="000F3288">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D7A9D6C" w14:textId="77777777" w:rsidR="000F3288" w:rsidRPr="00957CD8" w:rsidRDefault="000F3288" w:rsidP="000F3288">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">When I'm </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[Am]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> gone</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03F5F861" w14:textId="41E5AA60" w:rsidR="000F3288" w:rsidRPr="00957CD8" w:rsidRDefault="000F3288" w:rsidP="000F3288">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">When I'm </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> go</w:t>
+      </w:r>
+      <w:r w:rsidR="003D177B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-o-o-o-o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ne</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E4640F0" w14:textId="77777777" w:rsidR="000F3288" w:rsidRPr="00957CD8" w:rsidRDefault="000F3288" w:rsidP="000F3288">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[Am]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> You're </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gonna</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> miss me when I'm </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> gone</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3835E44C" w14:textId="77777777" w:rsidR="000F3288" w:rsidRPr="00957CD8" w:rsidRDefault="000F3288" w:rsidP="000F3288">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">You're </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gonna</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[Am]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> miss me by my </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> hair</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0683F86D" w14:textId="77777777" w:rsidR="000F3288" w:rsidRPr="00957CD8" w:rsidRDefault="000F3288" w:rsidP="000F3288">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">You're </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gonna</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> miss me everywhere, oh</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FDE25A6" w14:textId="77777777" w:rsidR="000F3288" w:rsidRPr="00957CD8" w:rsidRDefault="000F3288" w:rsidP="000F3288">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[Am] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">You're </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gonna</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> miss me when I'm </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> gone</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5856FFAF" w14:textId="77777777" w:rsidR="000F3288" w:rsidRPr="00957CD8" w:rsidRDefault="000F3288" w:rsidP="000F3288">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1C9BC720" w14:textId="77777777" w:rsidR="000F3288" w:rsidRPr="00957CD8" w:rsidRDefault="000F3288" w:rsidP="000F3288">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">When I'm </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[Am] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gone</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F32D558" w14:textId="790A00A8" w:rsidR="000F3288" w:rsidRPr="00957CD8" w:rsidRDefault="000F3288" w:rsidP="000F3288">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">When I'm </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[F] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>go</w:t>
+      </w:r>
+      <w:r w:rsidR="003D177B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-o-o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ne</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C2F45B7" w14:textId="77777777" w:rsidR="000F3288" w:rsidRPr="00957CD8" w:rsidRDefault="000F3288" w:rsidP="000F3288">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[Am]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> You're </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gonna</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> miss me when I'm </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[G] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gone</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C9278E3" w14:textId="77777777" w:rsidR="000F3288" w:rsidRPr="00957CD8" w:rsidRDefault="000F3288" w:rsidP="000F3288">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">You're </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gonna</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[Am]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> miss me by my </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[G] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>walk</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A347C99" w14:textId="77777777" w:rsidR="000F3288" w:rsidRPr="00957CD8" w:rsidRDefault="000F3288" w:rsidP="000F3288">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">You're </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gonna</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> miss me by my talk, oh</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A9CD525" w14:textId="47987FE3" w:rsidR="000F3288" w:rsidRPr="00957CD8" w:rsidRDefault="000F3288" w:rsidP="000F3288">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[Am] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">You're </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gonna</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [G] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">miss me when I'm </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AF"/>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">gone </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2 3 4</w:t>
+      </w:r>
+      <w:r w:rsidR="00337555">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> /</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DA9C4EE" w14:textId="77777777" w:rsidR="000F3288" w:rsidRPr="00957CD8" w:rsidRDefault="000F3288" w:rsidP="000F3288">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="54F4CC28" w14:textId="77777777" w:rsidR="000F3288" w:rsidRPr="00957CD8" w:rsidRDefault="000F3288" w:rsidP="000F3288">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00957CD8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>CUP pattern x 2:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78909A10" w14:textId="77777777" w:rsidR="002E1787" w:rsidRPr="00957CD8" w:rsidRDefault="002E1787" w:rsidP="002E1787">
-[...81 lines deleted...]
-          <w:b/>
+    <w:p w14:paraId="4E48F15F" w14:textId="77777777" w:rsidR="000F3288" w:rsidRPr="00653326" w:rsidRDefault="000F3288" w:rsidP="000F3288">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="6"/>
+          <w:szCs w:val="6"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F60B75B" w14:textId="77777777" w:rsidR="000F3288" w:rsidRPr="00957CD8" w:rsidRDefault="000F3288" w:rsidP="000F3288">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8160"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 2 3 4 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1 2 3 4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> /</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C6702D7" w14:textId="77777777" w:rsidR="000F3288" w:rsidRPr="00957CD8" w:rsidRDefault="000F3288" w:rsidP="000F3288">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8160"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1 2 3 4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 2 3 4 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36E4B159" w14:textId="77777777" w:rsidR="000F3288" w:rsidRPr="00957CD8" w:rsidRDefault="000F3288" w:rsidP="000F3288">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7E74627E" w14:textId="77777777" w:rsidR="000F3288" w:rsidRPr="00957CD8" w:rsidRDefault="000F3288" w:rsidP="000F3288">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00957CD8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>[C]</w:t>
       </w:r>
       <w:r w:rsidRPr="00957CD8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Courier New"/>
           <w:b/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="en-CA"/>
         </w:rPr>
         <w:sym w:font="Symbol" w:char="F0AF"/>
       </w:r>
       <w:r w:rsidRPr="00957CD8">
         <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> I got my ticket for the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Courier New"/>
           <w:b/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="en-CA"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AF"/>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> long way round</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51F380B2" w14:textId="77777777" w:rsidR="000F3288" w:rsidRPr="00957CD8" w:rsidRDefault="000F3288" w:rsidP="000F3288">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AF"/>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> The one with the prettiest of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AF"/>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> views</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="059D0F80" w14:textId="77777777" w:rsidR="000F3288" w:rsidRPr="00957CD8" w:rsidRDefault="000F3288" w:rsidP="000F3288">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">It's got </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[Am]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AF"/>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mountains, it’s got </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AF"/>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> rivers</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75684503" w14:textId="77777777" w:rsidR="000F3288" w:rsidRPr="00957CD8" w:rsidRDefault="000F3288" w:rsidP="000F3288">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">It's got </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AF"/>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sights to give you shivers</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C2C880A" w14:textId="77777777" w:rsidR="000F3288" w:rsidRPr="00957CD8" w:rsidRDefault="000F3288" w:rsidP="000F3288">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">But it </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AF"/>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sure would be </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AF"/>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> prettier with </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AF"/>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> you </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="136BBC88" w14:textId="77777777" w:rsidR="000F3288" w:rsidRDefault="000F3288" w:rsidP="000F3288">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="272C592B" w14:textId="77777777" w:rsidR="000F3288" w:rsidRPr="00957CD8" w:rsidRDefault="000F3288" w:rsidP="000F3288">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6B657D17" w14:textId="77777777" w:rsidR="000F3288" w:rsidRPr="00957CD8" w:rsidRDefault="000F3288" w:rsidP="000F3288">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">When I'm </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[Am] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gone</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F7CDD95" w14:textId="3C65B2E3" w:rsidR="000F3288" w:rsidRPr="00957CD8" w:rsidRDefault="000F3288" w:rsidP="000F3288">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">When I'm </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[F] </w:t>
+      </w:r>
+      <w:r w:rsidR="003D177B" w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>go</w:t>
+      </w:r>
+      <w:r w:rsidR="003D177B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-o-o-o-o</w:t>
+      </w:r>
+      <w:r w:rsidR="003D177B" w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ne</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="644D6B47" w14:textId="77777777" w:rsidR="000F3288" w:rsidRPr="00957CD8" w:rsidRDefault="000F3288" w:rsidP="000F3288">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[Am]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> You're </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gonna</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> miss me when I'm </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[G] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gone</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09196DF2" w14:textId="77777777" w:rsidR="000F3288" w:rsidRPr="00957CD8" w:rsidRDefault="000F3288" w:rsidP="000F3288">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">You're </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gonna</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00957CD8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t>[Am]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> miss me by my </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[G] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>walk</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F9B86A7" w14:textId="77777777" w:rsidR="000F3288" w:rsidRPr="00957CD8" w:rsidRDefault="000F3288" w:rsidP="000F3288">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">You're </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gonna</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> miss me by my talk, oh</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C896ECF" w14:textId="77777777" w:rsidR="000F3288" w:rsidRPr="00957CD8" w:rsidRDefault="000F3288" w:rsidP="000F3288">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[Am] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">You're </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gonna</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [G] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">miss me when I'm </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AF"/>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">gone </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2 3 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> /</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F6CF99B" w14:textId="77777777" w:rsidR="000F3288" w:rsidRPr="00957CD8" w:rsidRDefault="000F3288" w:rsidP="000F3288">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="52B07345" w14:textId="77777777" w:rsidR="000F3288" w:rsidRDefault="000F3288" w:rsidP="000F3288">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>CUP pattern X 6:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5642EE3D" w14:textId="77777777" w:rsidR="000F3288" w:rsidRPr="00653326" w:rsidRDefault="000F3288" w:rsidP="000F3288">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="6"/>
+          <w:szCs w:val="6"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="60BA81A2" w14:textId="77777777" w:rsidR="000F3288" w:rsidRPr="00957CD8" w:rsidRDefault="000F3288" w:rsidP="000F3288">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8160"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 2 3 4 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1 2 3 4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> /</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E0C1E22" w14:textId="77777777" w:rsidR="000F3288" w:rsidRPr="00957CD8" w:rsidRDefault="000F3288" w:rsidP="000F3288">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8160"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1 2 3 4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 2 3 4 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61ECE8F9" w14:textId="77777777" w:rsidR="000F3288" w:rsidRPr="00957CD8" w:rsidRDefault="000F3288" w:rsidP="000F3288">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="58B28494" w14:textId="77777777" w:rsidR="000F3288" w:rsidRPr="00957CD8" w:rsidRDefault="000F3288" w:rsidP="000F3288">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8160"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 2 3 4 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1 2 3 4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> /</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5394FFBA" w14:textId="77777777" w:rsidR="000F3288" w:rsidRPr="00957CD8" w:rsidRDefault="000F3288" w:rsidP="000F3288">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8160"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1 2 3 4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 2 3 4 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="162353DF" w14:textId="77777777" w:rsidR="000F3288" w:rsidRPr="00957CD8" w:rsidRDefault="000F3288" w:rsidP="000F3288">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6455488F" w14:textId="77777777" w:rsidR="000F3288" w:rsidRPr="00957CD8" w:rsidRDefault="000F3288" w:rsidP="000F3288">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8160"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 2 3 4 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1 2 3 4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> /</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36CD78C8" w14:textId="77777777" w:rsidR="000F3288" w:rsidRPr="00957CD8" w:rsidRDefault="000F3288" w:rsidP="000F3288">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8160"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1 2 3 4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 2 3 4 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="039F5A8A" w14:textId="77777777" w:rsidR="000F3288" w:rsidRPr="00957CD8" w:rsidRDefault="000F3288" w:rsidP="000F3288">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1361175C" w14:textId="77777777" w:rsidR="000F3288" w:rsidRDefault="000F3288" w:rsidP="000F3288">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>UKEs start:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EC9D2E1" w14:textId="77777777" w:rsidR="000F3288" w:rsidRPr="00653326" w:rsidRDefault="000F3288" w:rsidP="000F3288">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="6"/>
+          <w:szCs w:val="6"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00653326">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="6"/>
+          <w:szCs w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FABCCE4" w14:textId="77777777" w:rsidR="000F3288" w:rsidRPr="00957CD8" w:rsidRDefault="000F3288" w:rsidP="000F3288">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AF"/>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>/ [C]</w:t>
       </w:r>
       <w:r w:rsidRPr="00957CD8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Courier New"/>
           <w:b/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="en-CA"/>
         </w:rPr>
         <w:sym w:font="Symbol" w:char="F0AF"/>
       </w:r>
       <w:r w:rsidRPr="00957CD8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Courier New"/>
           <w:b/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00957CD8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5445E304" w14:textId="77777777" w:rsidR="002E1787" w:rsidRPr="00957CD8" w:rsidRDefault="002E1787" w:rsidP="002E1787">
+    <w:p w14:paraId="2CE027C9" w14:textId="77777777" w:rsidR="000F3288" w:rsidRPr="00957CD8" w:rsidRDefault="000F3288" w:rsidP="000F3288">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00957CD8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>[C]</w:t>
       </w:r>
       <w:r w:rsidRPr="00957CD8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Courier New"/>
           <w:b/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="en-CA"/>
         </w:rPr>
         <w:sym w:font="Symbol" w:char="F0AF"/>
       </w:r>
       <w:r w:rsidRPr="00957CD8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Courier New"/>
           <w:b/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00957CD8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>/ [C]</w:t>
       </w:r>
       <w:r w:rsidRPr="00957CD8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Courier New"/>
           <w:b/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="en-CA"/>
         </w:rPr>
         <w:sym w:font="Symbol" w:char="F0AF"/>
       </w:r>
       <w:r w:rsidRPr="00957CD8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Courier New"/>
           <w:b/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00957CD8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:bCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E6325A9" w14:textId="77777777" w:rsidR="000F3288" w:rsidRPr="00957CD8" w:rsidRDefault="000F3288" w:rsidP="000F3288">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2CA87D7E" w14:textId="77777777" w:rsidR="000F3288" w:rsidRPr="00957CD8" w:rsidRDefault="000F3288" w:rsidP="000F3288">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">When I'm </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[Am]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> gone</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56E30DFC" w14:textId="7B2ED6C8" w:rsidR="000F3288" w:rsidRPr="00957CD8" w:rsidRDefault="000F3288" w:rsidP="000F3288">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">When I'm </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003D177B" w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>go</w:t>
+      </w:r>
+      <w:r w:rsidR="003D177B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-o-o-o-o</w:t>
+      </w:r>
+      <w:r w:rsidR="003D177B" w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ne</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F9C53C3" w14:textId="77777777" w:rsidR="000F3288" w:rsidRPr="00957CD8" w:rsidRDefault="000F3288" w:rsidP="000F3288">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[Am]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> You're </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gonna</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> miss me when I'm </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> gone</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B464A2B" w14:textId="77777777" w:rsidR="000F3288" w:rsidRPr="00957CD8" w:rsidRDefault="000F3288" w:rsidP="000F3288">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">You're </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gonna</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[Am]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> miss me by my </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> hair</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2297FD6F" w14:textId="77777777" w:rsidR="000F3288" w:rsidRPr="00957CD8" w:rsidRDefault="000F3288" w:rsidP="000F3288">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">You're </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gonna</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> miss me everywhere, oh you’re</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BE24C70" w14:textId="77777777" w:rsidR="000F3288" w:rsidRPr="00957CD8" w:rsidRDefault="000F3288" w:rsidP="000F3288">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[Am] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sure </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gonna</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> miss me when I'm </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> gone</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="739B389B" w14:textId="77777777" w:rsidR="000F3288" w:rsidRPr="00957CD8" w:rsidRDefault="000F3288" w:rsidP="000F3288">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="24D77CEF" w14:textId="77777777" w:rsidR="000F3288" w:rsidRPr="00957CD8" w:rsidRDefault="000F3288" w:rsidP="000F3288">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">When I'm </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[Am]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AF"/>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> gone</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79E0A294" w14:textId="47228B79" w:rsidR="000F3288" w:rsidRPr="00957CD8" w:rsidRDefault="000F3288" w:rsidP="000F3288">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">When I'm </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AF"/>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> go</w:t>
+      </w:r>
+      <w:r w:rsidR="003D177B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-o-o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ne</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39CA0C17" w14:textId="77777777" w:rsidR="000F3288" w:rsidRPr="00957CD8" w:rsidRDefault="000F3288" w:rsidP="000F3288">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[Am]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AF"/>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> You're </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gonna</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> miss me when I'm </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AF"/>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> gone</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="173E9FCE" w14:textId="77777777" w:rsidR="000F3288" w:rsidRPr="00957CD8" w:rsidRDefault="000F3288" w:rsidP="000F3288">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">You're </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gonna</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[Am]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AF"/>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> miss me by my </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AF"/>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> walk</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58856652" w14:textId="77777777" w:rsidR="000F3288" w:rsidRPr="00957CD8" w:rsidRDefault="000F3288" w:rsidP="000F3288">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">You're </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gonna</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AF"/>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> miss me by my </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[Fm6]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AF"/>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> talk, oh</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10B33261" w14:textId="77777777" w:rsidR="000F3288" w:rsidRDefault="000F3288" w:rsidP="000F3288">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[Dm]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AF"/>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">You're </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gonna</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [G]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AF"/>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">miss me when I'm </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AF"/>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gone</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2 3 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> /</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45A07DDE" w14:textId="77777777" w:rsidR="000F3288" w:rsidRDefault="000F3288" w:rsidP="000F3288">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="39098431" w14:textId="77777777" w:rsidR="000F3288" w:rsidRDefault="000F3288" w:rsidP="000F3288">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">CUP pattern x </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D211DC6" w14:textId="77777777" w:rsidR="000F3288" w:rsidRPr="00653326" w:rsidRDefault="000F3288" w:rsidP="000F3288">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="6"/>
+          <w:szCs w:val="6"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3A8003D4" w14:textId="77777777" w:rsidR="000F3288" w:rsidRPr="00957CD8" w:rsidRDefault="000F3288" w:rsidP="000F3288">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8160"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 2 3 4 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1 2 3 4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> /</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C1FC01E" w14:textId="77777777" w:rsidR="000F3288" w:rsidRPr="00957CD8" w:rsidRDefault="000F3288" w:rsidP="000F3288">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8160"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1 2 3 4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 2 3 4 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1822FBFA" w14:textId="77777777" w:rsidR="002E1787" w:rsidRPr="00957CD8" w:rsidRDefault="002E1787" w:rsidP="002E1787">
-[...1623 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+    <w:p w14:paraId="491A3283" w14:textId="77777777" w:rsidR="000F3288" w:rsidRDefault="000F3288" w:rsidP="000F3288">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0D10AFD9" w14:textId="77777777" w:rsidR="000F3288" w:rsidRPr="00957CD8" w:rsidRDefault="000F3288" w:rsidP="000F3288">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8160"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...650 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 2 3 4 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1 2 3 4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> /</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5436CCA8" w14:textId="77777777" w:rsidR="000F3288" w:rsidRPr="00957CD8" w:rsidRDefault="000F3288" w:rsidP="000F3288">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8160"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1 2 3 4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 2 3 4 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63BE77E6" w14:textId="2688F147" w:rsidR="002E1787" w:rsidRPr="00957CD8" w:rsidRDefault="002E1787" w:rsidP="002E1787">
-[...977 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="5556250B" w14:textId="77777777" w:rsidR="000F3288" w:rsidRDefault="000F3288" w:rsidP="000F3288">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="64D7F2EE" w14:textId="77777777" w:rsidR="000F3288" w:rsidRDefault="000F3288" w:rsidP="000F3288">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
-[...120 lines deleted...]
-        <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-        </w:rPr>
-[...11 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="030C0733" wp14:editId="7F7CD237">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="730E1B74" wp14:editId="7F4032C3">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="14" name="Picture 14" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\Am.png"/>
+            <wp:docPr id="881623152" name="Picture 881623152" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\Am.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 4" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\Am.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
@@ -4292,54 +5205,54 @@
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="72998C01" wp14:editId="079CF53B">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5CE86C55" wp14:editId="5B90DEB5">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="15" name="Picture 15" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\C.png"/>
+            <wp:docPr id="483443643" name="Picture 483443643" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\C.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\C.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
@@ -4347,54 +5260,54 @@
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2B789D72" wp14:editId="4D3CDD0E">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5FBC99D2" wp14:editId="616605D9">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="16" name="Picture 16" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\Dm.png"/>
+            <wp:docPr id="1222452750" name="Picture 1222452750" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\Dm.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 5" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\Dm.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
@@ -4402,54 +5315,54 @@
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="32F9363B" wp14:editId="1DA24E9A">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="21FB39A4" wp14:editId="3DDEF9F5">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="17" name="Picture 17" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\F.png"/>
+            <wp:docPr id="623664650" name="Picture 623664650" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\F.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 7" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\F.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
@@ -4457,54 +5370,54 @@
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="76AE2343" wp14:editId="118BBFD2">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2E27FA61" wp14:editId="4EBD34ED">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="18" name="Picture 18"/>
+            <wp:docPr id="2088075433" name="Picture 2088075433"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId9">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
@@ -4519,54 +5432,54 @@
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="009B52F2">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="394AA625" wp14:editId="7FD49E86">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4BA45232" wp14:editId="79F229CB">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="19" name="Picture 19"/>
+            <wp:docPr id="1354352550" name="Picture 1354352550"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId10">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
@@ -4574,326 +5487,334 @@
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1AD266A7" wp14:editId="14B8E4C5">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5A3A4495" wp14:editId="08660171">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="20" name="Picture 20" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\G.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 8" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\G.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId11">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33C93ADE" w14:textId="77777777" w:rsidR="00B043CF" w:rsidRDefault="00B043CF" w:rsidP="00110521">
+    <w:p w14:paraId="4B8F8FCB" w14:textId="77777777" w:rsidR="000F3288" w:rsidRDefault="000F3288" w:rsidP="000F3288">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="49E42AA5" w14:textId="6431E47C" w:rsidR="00B043CF" w:rsidRPr="004E65B6" w:rsidRDefault="00F522D3" w:rsidP="00110521">
+    <w:p w14:paraId="49E42AA5" w14:textId="6431E47C" w:rsidR="00B043CF" w:rsidRPr="004E65B6" w:rsidRDefault="00B043CF" w:rsidP="00110521">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId12" w:history="1">
-        <w:r w:rsidR="00B043CF" w:rsidRPr="00055195">
+        <w:r w:rsidRPr="00055195">
           <w:rPr>
             <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Lucida Console"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>www.bytownukulele.ca</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr w:rsidR="00B043CF" w:rsidRPr="004E65B6" w:rsidSect="00D4034F">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="450" w:right="180" w:bottom="284" w:left="900" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
-    <w:family w:val="roman"/>
-    <w:notTrueType/>
+    <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="00000000" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="61002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Console">
     <w:panose1 w:val="020B0609040504020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="8000028F" w:usb1="00001800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000001F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="78"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002E1787"/>
     <w:rsid w:val="000961DF"/>
     <w:rsid w:val="000A348C"/>
     <w:rsid w:val="000D00ED"/>
+    <w:rsid w:val="000F3288"/>
     <w:rsid w:val="00110521"/>
     <w:rsid w:val="00132109"/>
     <w:rsid w:val="00161445"/>
     <w:rsid w:val="0017786C"/>
+    <w:rsid w:val="001B27CB"/>
     <w:rsid w:val="001E2271"/>
     <w:rsid w:val="00252E97"/>
     <w:rsid w:val="002B56B4"/>
     <w:rsid w:val="002E1787"/>
     <w:rsid w:val="003127F8"/>
+    <w:rsid w:val="00337555"/>
     <w:rsid w:val="003442C9"/>
+    <w:rsid w:val="003D177B"/>
     <w:rsid w:val="00414418"/>
     <w:rsid w:val="0047277F"/>
     <w:rsid w:val="00490D27"/>
+    <w:rsid w:val="004B5B7F"/>
     <w:rsid w:val="004E65B6"/>
     <w:rsid w:val="00531581"/>
     <w:rsid w:val="00550EFA"/>
     <w:rsid w:val="006230AD"/>
+    <w:rsid w:val="00627C3F"/>
     <w:rsid w:val="006325CA"/>
+    <w:rsid w:val="006C0C87"/>
     <w:rsid w:val="007320F1"/>
     <w:rsid w:val="007D35F9"/>
     <w:rsid w:val="007E4748"/>
     <w:rsid w:val="0082492D"/>
     <w:rsid w:val="0085264B"/>
     <w:rsid w:val="00866CDE"/>
     <w:rsid w:val="00957CD8"/>
     <w:rsid w:val="00972E99"/>
     <w:rsid w:val="009B52F2"/>
     <w:rsid w:val="00A42E3F"/>
     <w:rsid w:val="00A569E6"/>
     <w:rsid w:val="00A902E9"/>
     <w:rsid w:val="00A92235"/>
     <w:rsid w:val="00A9741C"/>
     <w:rsid w:val="00AB09B4"/>
     <w:rsid w:val="00AC66C2"/>
     <w:rsid w:val="00AD3A18"/>
     <w:rsid w:val="00B043CF"/>
     <w:rsid w:val="00B16743"/>
     <w:rsid w:val="00B27A9B"/>
     <w:rsid w:val="00C5218C"/>
     <w:rsid w:val="00CA07D7"/>
+    <w:rsid w:val="00CB1BF1"/>
     <w:rsid w:val="00D4034F"/>
     <w:rsid w:val="00D66B4B"/>
     <w:rsid w:val="00D84579"/>
     <w:rsid w:val="00DB1F9F"/>
     <w:rsid w:val="00E04FCE"/>
     <w:rsid w:val="00EB66F1"/>
     <w:rsid w:val="00F522D3"/>
     <w:rsid w:val="00F81E40"/>
     <w:rsid w:val="00F96D25"/>
     <w:rsid w:val="00FB061D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="02A885B8"/>
   <w14:defaultImageDpi w14:val="300"/>
   <w15:docId w15:val="{B3FAD0FC-CC9B-4549-921B-62F8CC728DCD}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -5348,51 +6269,51 @@
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="007320F1"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="002E1787"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="606236803">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bytownukulele.ca" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///D:\BUG%20Regular%20Jam%20Playlists\2021\TEMPLATE%20FOR%20SONGSHEET.dotx" TargetMode="External"/></Relationships>
@@ -5717,70 +6638,70 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{75A02CBF-9B6D-4C04-98ED-B5E96D8DF686}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>TEMPLATE FOR SONGSHEET</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>316</Words>
-  <Characters>1803</Characters>
+  <Words>342</Words>
+  <Characters>1950</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>15</Lines>
+  <Lines>16</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2115</CharactersWithSpaces>
+  <CharactersWithSpaces>2288</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Sue Rogers</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>