--- v0 (2025-10-24)
+++ v1 (2025-12-01)
@@ -17,208 +17,196 @@
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="2D8B3F51" w14:textId="0465F6B7" w:rsidR="0082492D" w:rsidRPr="00A902E9" w:rsidRDefault="009D61B4" w:rsidP="00DB1F9F">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Five </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>O’Clock</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> World</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5208C3CB" w14:textId="1CB86F86" w:rsidR="00972E99" w:rsidRPr="00A902E9" w:rsidRDefault="00EE31D2">
-[...32 lines deleted...]
-    <w:p w14:paraId="4295A7D0" w14:textId="02CE571E" w:rsidR="007320F1" w:rsidRDefault="007B0B66">
+    <w:p w14:paraId="28CA2976" w14:textId="77777777" w:rsidR="00D12CFA" w:rsidRPr="00A902E9" w:rsidRDefault="00D12CFA" w:rsidP="00D12CFA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>Allen Reynolds 1965 (recorded by The Vogues)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EA567B6" w14:textId="77777777" w:rsidR="00D12CFA" w:rsidRPr="00FC6CD8" w:rsidRDefault="00D12CFA" w:rsidP="00D12CFA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A8894C5" w14:textId="77777777" w:rsidR="00D12CFA" w:rsidRDefault="00D12CFA" w:rsidP="00D12CFA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2386A761" wp14:editId="7FD00B14">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4AECFC1A" wp14:editId="009045AB">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1599003647" name="Picture 3"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="00C150AD">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0F33A688" wp14:editId="4B886C66">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="39CD6AE4" wp14:editId="188A8865">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="10" name="Picture 10" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\D.png"/>
+            <wp:docPr id="1613601698" name="Picture 1613601698" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\D.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 10" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\D.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="00C150AD">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="075A9A92" wp14:editId="3CA10454">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="159F4849" wp14:editId="1AA4D7D6">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="543680719" name="Picture 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
@@ -229,51 +217,51 @@
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="62BE88F3" wp14:editId="0BF33DC2">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="40F8F2E0" wp14:editId="298A55D1">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1427993195" name="Picture 2"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
@@ -284,5438 +272,4878 @@
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="236531AD" wp14:editId="3C9A341F">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3B0AEF9E" wp14:editId="2D975F2F">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1921139082" name="Picture 4"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 4"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId9">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0253AFE2" w14:textId="77777777" w:rsidR="007320F1" w:rsidRPr="000961DF" w:rsidRDefault="007320F1">
-[...7 lines deleted...]
-    <w:p w14:paraId="260905F5" w14:textId="77777777" w:rsidR="0028306C" w:rsidRDefault="00972E99">
+    <w:p w14:paraId="44C039E2" w14:textId="77777777" w:rsidR="00D12CFA" w:rsidRPr="000961DF" w:rsidRDefault="00D12CFA" w:rsidP="00D12CFA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D7977A8" w14:textId="77777777" w:rsidR="00D12CFA" w:rsidRDefault="00D12CFA" w:rsidP="00D12CFA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A902E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
-        <w:t>INTRO:</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">  </w:t>
+        <w:t xml:space="preserve">INTRO:  / 1 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>2 3 4</w:t>
       </w:r>
       <w:r w:rsidRPr="00A902E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
-        <w:t>/</w:t>
-[...19 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> / </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13CB2164" w14:textId="77777777" w:rsidR="0028306C" w:rsidRDefault="0028306C">
-[...7 lines deleted...]
-    <w:p w14:paraId="5F8F11FE" w14:textId="6C6CE255" w:rsidR="00972E99" w:rsidRPr="00380C0B" w:rsidRDefault="00C150AD">
+    <w:p w14:paraId="57F038BA" w14:textId="77777777" w:rsidR="00D12CFA" w:rsidRDefault="00D12CFA" w:rsidP="00D12CFA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="35BD2976" w14:textId="77777777" w:rsidR="00D12CFA" w:rsidRPr="00380C0B" w:rsidRDefault="00D12CFA" w:rsidP="00D12CFA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
-      <w:r w:rsidR="00A902E9" w:rsidRPr="00380C0B">
+      <w:r w:rsidRPr="00380C0B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00843868">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">   </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00EE31D2">
+        <w:t xml:space="preserve">    [F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00380C0B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>[F]</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A902E9" w:rsidRPr="00380C0B">
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00380C0B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00843868">
+        <w:t xml:space="preserve">/ </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">  </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A902E9" w:rsidRPr="00380C0B">
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00380C0B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>/</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0028306C" w:rsidRPr="00380C0B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">    [F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00380C0B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>[G]</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0028306C" w:rsidRPr="00380C0B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00843868">
+      <w:r w:rsidRPr="00380C0B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">   </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00EE31D2">
+        <w:t>/</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34EC714E" w14:textId="77777777" w:rsidR="00D12CFA" w:rsidRDefault="00D12CFA" w:rsidP="00D12CFA">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-      </w:r>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>[F]</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0028306C" w:rsidRPr="00380C0B">
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00380C0B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00843868">
+      <w:r w:rsidRPr="00FC2813">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
+          <w:color w:val="EE0000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0028306C" w:rsidRPr="00380C0B">
+        <w:t>Hey</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>/</w:t>
-[...3 lines deleted...]
-      <w:pPr>
+        <w:t xml:space="preserve"> [F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00380C0B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-      </w:pPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>[G]</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00380C0B" w:rsidRPr="00380C0B">
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00380C0B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00EE31D2">
+        <w:t xml:space="preserve">/ </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">Hey </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00380C0B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>[F]</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0028306C" w:rsidRPr="00380C0B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC2813">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
+          <w:color w:val="EE0000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="006076CA">
+        <w:t>Hey</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">  </w:t>
-[...56 lines deleted...]
-    <w:p w14:paraId="69BADACE" w14:textId="6868E316" w:rsidR="00380C0B" w:rsidRPr="006076CA" w:rsidRDefault="00380C0B" w:rsidP="00A9741C">
+        <w:t xml:space="preserve"> [F]  /</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DC38437" w14:textId="77777777" w:rsidR="00D12CFA" w:rsidRPr="006076CA" w:rsidRDefault="00D12CFA" w:rsidP="00D12CFA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:bCs/>
           <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006076CA">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1  </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="006076CA" w:rsidRPr="006076CA">
+        <w:t xml:space="preserve"> 1   2  </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006076CA">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">2  </w:t>
-[...40 lines deleted...]
-    <w:p w14:paraId="0EADD282" w14:textId="08E0E86B" w:rsidR="009D61B4" w:rsidRDefault="00C150AD" w:rsidP="009D61B4">
+        <w:t>3  4 /  1   2  3  4 /</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00B42BBE" w14:textId="77777777" w:rsidR="00D12CFA" w:rsidRDefault="00D12CFA" w:rsidP="00D12CFA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1AFED1F2" w14:textId="77777777" w:rsidR="00D12CFA" w:rsidRDefault="00D12CFA" w:rsidP="00D12CFA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
-      <w:r w:rsidR="0028306C">
-[...6 lines deleted...]
-      <w:r w:rsidR="009D61B4" w:rsidRPr="009D61B4">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D61B4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Up every </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[F]</w:t>
       </w:r>
-      <w:r w:rsidR="0028306C">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="009D61B4" w:rsidRPr="009D61B4">
+      <w:r w:rsidRPr="009D61B4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>mornin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="009D61B4" w:rsidRPr="009D61B4">
+      <w:r w:rsidRPr="009D61B4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">' just to </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
-      <w:r w:rsidR="0028306C">
-[...6 lines deleted...]
-      <w:r w:rsidR="009D61B4" w:rsidRPr="009D61B4">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D61B4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">keep a </w:t>
       </w:r>
-      <w:r w:rsidR="006076CA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">  </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[F]</w:t>
       </w:r>
-      <w:r w:rsidR="0028306C">
-[...6 lines deleted...]
-      <w:r w:rsidR="009D61B4" w:rsidRPr="009D61B4">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D61B4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>job</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64EB3136" w14:textId="680C6B69" w:rsidR="006076CA" w:rsidRPr="006076CA" w:rsidRDefault="006076CA" w:rsidP="009D61B4">
+    <w:p w14:paraId="3CC8F40D" w14:textId="77777777" w:rsidR="00D12CFA" w:rsidRPr="006076CA" w:rsidRDefault="00D12CFA" w:rsidP="00D12CFA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">          </w:t>
       </w:r>
-      <w:r w:rsidR="009909EA" w:rsidRPr="009909EA">
+      <w:r w:rsidRPr="009909EA">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="EE0000"/>
         </w:rPr>
-        <w:t>(up)</w:t>
+        <w:t>(</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="EE0000"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                            </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="009909EA" w:rsidRPr="009909EA">
+        <w:t>hey</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009909EA">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="EE0000"/>
         </w:rPr>
-        <w:t>(up)</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="4B26F771" w14:textId="77777777" w:rsidR="006076CA" w:rsidRPr="009909EA" w:rsidRDefault="006076CA" w:rsidP="009D61B4">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                           (hey)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0447727A" w14:textId="77777777" w:rsidR="00D12CFA" w:rsidRPr="009909EA" w:rsidRDefault="00D12CFA" w:rsidP="00D12CFA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3D718C69" w14:textId="26CAE4A8" w:rsidR="009D61B4" w:rsidRDefault="009D61B4" w:rsidP="009D61B4">
+    <w:p w14:paraId="43FF62B9" w14:textId="77777777" w:rsidR="00D12CFA" w:rsidRDefault="00D12CFA" w:rsidP="00D12CFA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009D61B4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">I </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="009D61B4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>gotta</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="009D61B4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C150AD">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
-      <w:r w:rsidR="0028306C">
-[...11 lines deleted...]
-        <w:t>fight</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> fight</w:t>
       </w:r>
       <w:r w:rsidRPr="009D61B4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> my </w:t>
       </w:r>
-      <w:r w:rsidR="006076CA">
-[...6 lines deleted...]
-      <w:r w:rsidR="00C150AD">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[F]</w:t>
       </w:r>
-      <w:r w:rsidR="0028306C">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009D61B4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">way through the </w:t>
       </w:r>
-      <w:r w:rsidR="00C150AD">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
-      <w:r w:rsidR="0028306C">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="009D61B4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>hus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidRPr="009D61B4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>lin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="009D61B4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">' </w:t>
       </w:r>
-      <w:r w:rsidR="00C150AD">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[F]</w:t>
       </w:r>
-      <w:r w:rsidR="0028306C">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009D61B4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>mob</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5916C9CC" w14:textId="07CE5B3A" w:rsidR="006076CA" w:rsidRPr="009D61B4" w:rsidRDefault="006076CA" w:rsidP="009D61B4">
+    <w:p w14:paraId="377B3A16" w14:textId="77777777" w:rsidR="00D12CFA" w:rsidRPr="009D61B4" w:rsidRDefault="00D12CFA" w:rsidP="00D12CFA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">                      </w:t>
       </w:r>
-      <w:r w:rsidR="009909EA" w:rsidRPr="009909EA">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="EE0000"/>
         </w:rPr>
-        <w:t>(up)</w:t>
-[...26 lines deleted...]
-    <w:p w14:paraId="30A7E846" w14:textId="77777777" w:rsidR="006076CA" w:rsidRPr="009909EA" w:rsidRDefault="006076CA" w:rsidP="009D61B4">
+        <w:t>(hey)                                         (hey)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D702088" w14:textId="77777777" w:rsidR="00D12CFA" w:rsidRPr="009909EA" w:rsidRDefault="00D12CFA" w:rsidP="00D12CFA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4824610D" w14:textId="77DE199F" w:rsidR="009D61B4" w:rsidRDefault="00C150AD" w:rsidP="009D61B4">
+    <w:p w14:paraId="219CC046" w14:textId="77777777" w:rsidR="00D12CFA" w:rsidRDefault="00D12CFA" w:rsidP="00D12CFA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
-      <w:r w:rsidR="0028306C">
-[...6 lines deleted...]
-      <w:r w:rsidR="009D61B4" w:rsidRPr="009D61B4">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D61B4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Sounds of the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[F]</w:t>
       </w:r>
-      <w:r w:rsidR="0028306C">
-[...6 lines deleted...]
-      <w:r w:rsidR="009D61B4" w:rsidRPr="009D61B4">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D61B4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">city </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="009D61B4" w:rsidRPr="009D61B4">
+      <w:r w:rsidRPr="009D61B4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>poundin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="009D61B4" w:rsidRPr="009D61B4">
+      <w:r w:rsidRPr="009D61B4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">' </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
-      <w:r w:rsidR="0028306C">
-[...6 lines deleted...]
-      <w:r w:rsidR="009D61B4" w:rsidRPr="009D61B4">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D61B4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">in my </w:t>
       </w:r>
-      <w:r w:rsidR="006076CA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[F]</w:t>
       </w:r>
-      <w:r w:rsidR="0028306C">
-[...6 lines deleted...]
-      <w:r w:rsidR="009D61B4" w:rsidRPr="009D61B4">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D61B4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>brain</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BE27938" w14:textId="5487DCBC" w:rsidR="006076CA" w:rsidRPr="009D61B4" w:rsidRDefault="006076CA" w:rsidP="009D61B4">
-[...20 lines deleted...]
-      <w:r w:rsidR="009909EA" w:rsidRPr="009909EA">
+    <w:p w14:paraId="1589001E" w14:textId="77777777" w:rsidR="00D12CFA" w:rsidRPr="009D61B4" w:rsidRDefault="00D12CFA" w:rsidP="00D12CFA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">                </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="EE0000"/>
         </w:rPr>
-        <w:t>(up)</w:t>
-[...18 lines deleted...]
-    <w:p w14:paraId="3583A4A9" w14:textId="77777777" w:rsidR="006076CA" w:rsidRPr="009909EA" w:rsidRDefault="006076CA" w:rsidP="009D61B4">
+        <w:t>(hey)                                        (hey)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43D64BB3" w14:textId="77777777" w:rsidR="00D12CFA" w:rsidRPr="009909EA" w:rsidRDefault="00D12CFA" w:rsidP="00D12CFA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="36ABFF72" w14:textId="3338DECC" w:rsidR="009D61B4" w:rsidRPr="009D61B4" w:rsidRDefault="009D61B4" w:rsidP="009D61B4">
+    <w:p w14:paraId="0F22F2D7" w14:textId="77777777" w:rsidR="00D12CFA" w:rsidRPr="009D61B4" w:rsidRDefault="00D12CFA" w:rsidP="00D12CFA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009D61B4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>While a</w:t>
       </w:r>
-      <w:r w:rsidR="0028306C">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="00C150AD">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="009D61B4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>nother</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="009D61B4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> day </w:t>
       </w:r>
-      <w:r w:rsidR="006076CA">
-[...6 lines deleted...]
-      <w:r w:rsidR="00C150AD">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[F]</w:t>
       </w:r>
-      <w:r w:rsidR="0028306C">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009D61B4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">goes down the </w:t>
       </w:r>
-      <w:r w:rsidR="00C150AD">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
-      <w:r w:rsidR="0028306C">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009D61B4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>drain</w:t>
       </w:r>
-      <w:r w:rsidR="0028306C">
-[...6 lines deleted...]
-      <w:r w:rsidR="0028306C" w:rsidRPr="0028306C">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0028306C">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="EE0000"/>
         </w:rPr>
         <w:t xml:space="preserve">(yeah </w:t>
       </w:r>
-      <w:r w:rsidR="00C150AD">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>[G7]</w:t>
       </w:r>
-      <w:r w:rsidR="0028306C" w:rsidRPr="0028306C">
+      <w:r w:rsidRPr="0028306C">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0028306C" w:rsidRPr="0028306C">
+      <w:r w:rsidRPr="0028306C">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="EE0000"/>
         </w:rPr>
         <w:t>yeah</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F739C71" w14:textId="27E3C088" w:rsidR="009D61B4" w:rsidRPr="009D61B4" w:rsidRDefault="006076CA" w:rsidP="009D61B4">
+    <w:p w14:paraId="4ACAC94B" w14:textId="77777777" w:rsidR="00D12CFA" w:rsidRPr="009D61B4" w:rsidRDefault="00D12CFA" w:rsidP="00D12CFA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">                          </w:t>
       </w:r>
-      <w:r w:rsidR="009909EA" w:rsidRPr="009909EA">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="EE0000"/>
         </w:rPr>
-        <w:t>(up)</w:t>
-[...18 lines deleted...]
-    <w:p w14:paraId="32157822" w14:textId="5EAEC020" w:rsidR="006076CA" w:rsidRPr="006076CA" w:rsidRDefault="006076CA" w:rsidP="009D61B4">
+        <w:t>(hey)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60991C02" w14:textId="77777777" w:rsidR="00D12CFA" w:rsidRDefault="00D12CFA" w:rsidP="00D12CFA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6CD469CA" w14:textId="77777777" w:rsidR="00D12CFA" w:rsidRDefault="00D12CFA" w:rsidP="00D12CFA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2BEB6E42" w14:textId="77777777" w:rsidR="00D12CFA" w:rsidRPr="006076CA" w:rsidRDefault="00D12CFA" w:rsidP="00D12CFA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006076CA">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>CHORUS:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="114587B3" w14:textId="4578BBC5" w:rsidR="009D61B4" w:rsidRDefault="009D61B4" w:rsidP="009D61B4">
+    <w:p w14:paraId="01F1A7D5" w14:textId="77777777" w:rsidR="00D12CFA" w:rsidRDefault="00D12CFA" w:rsidP="00D12CFA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009D61B4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">But it's a </w:t>
       </w:r>
-      <w:r w:rsidR="00C150AD">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[C]</w:t>
       </w:r>
-      <w:r w:rsidR="0028306C">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009D61B4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">five o'clock </w:t>
       </w:r>
-      <w:r w:rsidR="00C150AD">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[F]</w:t>
       </w:r>
-      <w:r w:rsidR="00A51F64">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009D61B4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">world when the </w:t>
       </w:r>
-      <w:r w:rsidR="00C150AD">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[C]</w:t>
       </w:r>
-      <w:r w:rsidR="00A51F64">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009D61B4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">whistle </w:t>
       </w:r>
-      <w:r w:rsidR="00C150AD">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[F]</w:t>
       </w:r>
-      <w:r w:rsidR="00A51F64">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009D61B4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>blows</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="437007B3" w14:textId="3865FC85" w:rsidR="0028306C" w:rsidRPr="0028306C" w:rsidRDefault="0028306C" w:rsidP="009D61B4">
+    <w:p w14:paraId="2EC03F4B" w14:textId="77777777" w:rsidR="00D12CFA" w:rsidRPr="0028306C" w:rsidRDefault="00D12CFA" w:rsidP="00D12CFA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r w:rsidRPr="0028306C">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="EE0000"/>
         </w:rPr>
         <w:t>yeah)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="139E34C7" w14:textId="77777777" w:rsidR="00D946C4" w:rsidRPr="009909EA" w:rsidRDefault="00D946C4" w:rsidP="009D61B4">
+    <w:p w14:paraId="2048DA78" w14:textId="77777777" w:rsidR="00D12CFA" w:rsidRPr="009909EA" w:rsidRDefault="00D12CFA" w:rsidP="00D12CFA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3373A031" w14:textId="26DB745B" w:rsidR="009D61B4" w:rsidRPr="009D61B4" w:rsidRDefault="00C150AD" w:rsidP="009D61B4">
+    <w:p w14:paraId="25F1FD3F" w14:textId="77777777" w:rsidR="00D12CFA" w:rsidRPr="009D61B4" w:rsidRDefault="00D12CFA" w:rsidP="00D12CFA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[C]</w:t>
       </w:r>
-      <w:r w:rsidR="00A51F64">
-[...6 lines deleted...]
-      <w:r w:rsidR="009D61B4" w:rsidRPr="009D61B4">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D61B4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">No one owns a </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[F]</w:t>
       </w:r>
-      <w:r w:rsidR="00A51F64">
-[...6 lines deleted...]
-      <w:r w:rsidR="009D61B4" w:rsidRPr="009D61B4">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D61B4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">piece of my </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[C]</w:t>
       </w:r>
-      <w:r w:rsidR="00A51F64">
-[...6 lines deleted...]
-      <w:r w:rsidR="009D61B4" w:rsidRPr="009D61B4">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D61B4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>time</w:t>
       </w:r>
-      <w:r w:rsidR="00A51F64">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[F]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75D53A2F" w14:textId="3054AF98" w:rsidR="009D61B4" w:rsidRPr="009D61B4" w:rsidRDefault="009D61B4" w:rsidP="009D61B4">
+    <w:p w14:paraId="4F8D1095" w14:textId="77777777" w:rsidR="00D12CFA" w:rsidRPr="009D61B4" w:rsidRDefault="00D12CFA" w:rsidP="00D12CFA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009D61B4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">And there's a </w:t>
       </w:r>
-      <w:r w:rsidR="00C150AD">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[C]</w:t>
       </w:r>
-      <w:r w:rsidR="00A51F64">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009D61B4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">five o'clock </w:t>
       </w:r>
-      <w:r w:rsidR="00C150AD">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[F]</w:t>
       </w:r>
-      <w:r w:rsidR="00A51F64">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009D61B4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>me in</w:t>
       </w:r>
-      <w:r w:rsidR="00A51F64">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="00C150AD">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[C]</w:t>
       </w:r>
       <w:r w:rsidRPr="009D61B4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">side my </w:t>
       </w:r>
-      <w:r w:rsidR="00C150AD">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[F]</w:t>
       </w:r>
-      <w:r w:rsidR="00A51F64">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009D61B4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>clothes</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C14862E" w14:textId="6B88B665" w:rsidR="006076CA" w:rsidRDefault="00C150AD" w:rsidP="0028306C">
+    <w:p w14:paraId="71C214E5" w14:textId="77777777" w:rsidR="00D12CFA" w:rsidRDefault="00D12CFA" w:rsidP="00D12CFA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[C]</w:t>
       </w:r>
-      <w:r w:rsidR="00A51F64">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="009D61B4" w:rsidRPr="009D61B4">
+      <w:r w:rsidRPr="009D61B4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>Thinkin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="009D61B4" w:rsidRPr="009D61B4">
+      <w:r w:rsidRPr="009D61B4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">' that the world looks </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[D]</w:t>
       </w:r>
-      <w:r w:rsidR="00A51F64">
-[...6 lines deleted...]
-      <w:r w:rsidR="009D61B4" w:rsidRPr="009D61B4">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D61B4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>fine</w:t>
       </w:r>
-      <w:r w:rsidR="00AC4F3B">
-[...13 lines deleted...]
-      <w:r w:rsidR="009D61B4" w:rsidRPr="009D61B4">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D61B4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>ye</w:t>
       </w:r>
-      <w:r w:rsidR="009D61B4">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>ah-</w:t>
       </w:r>
-      <w:r w:rsidR="009D61B4" w:rsidRPr="009D61B4">
+      <w:r w:rsidRPr="009D61B4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>ah</w:t>
       </w:r>
-      <w:r w:rsidR="009D61B4">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>-ah</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="677866BA" w14:textId="0EA74C50" w:rsidR="0028306C" w:rsidRDefault="00C150AD" w:rsidP="0028306C">
+    <w:p w14:paraId="3DA87D31" w14:textId="77777777" w:rsidR="00D12CFA" w:rsidRDefault="00D12CFA" w:rsidP="00D12CFA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
-      <w:r w:rsidR="00A51F64">
-[...11 lines deleted...]
-        <w:t>Ah-de-</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ah-de-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[F]</w:t>
       </w:r>
-      <w:r w:rsidR="0028306C">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">lay-ee </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
-      <w:r w:rsidR="00A51F64">
-[...13 lines deleted...]
-      <w:r w:rsidR="0028306C" w:rsidRPr="009D61B4">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ee</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D61B4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="006076CA">
-[...11 lines deleted...]
-        <w:t>ee-</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">    ee-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[F]</w:t>
       </w:r>
-      <w:r w:rsidR="0028306C">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">ee-ee </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
-      <w:r w:rsidR="00A51F64">
-[...6 lines deleted...]
-      <w:r w:rsidR="0028306C" w:rsidRPr="009D61B4">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D61B4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>yeah...</w:t>
       </w:r>
-      <w:r w:rsidR="006076CA">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[F]</w:t>
       </w:r>
-      <w:r w:rsidR="00A51F64">
-[...6 lines deleted...]
-      <w:r w:rsidR="00A51F64" w:rsidRPr="00B914A1">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B914A1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
-      <w:r w:rsidR="00A51F64">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
-      <w:r w:rsidR="006076CA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">       </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[F]</w:t>
       </w:r>
-      <w:r w:rsidR="00A51F64">
-[...6 lines deleted...]
-      <w:r w:rsidR="00A51F64" w:rsidRPr="00B914A1">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B914A1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D00C435" w14:textId="7AF85AF8" w:rsidR="009D61B4" w:rsidRPr="009D61B4" w:rsidRDefault="006076CA" w:rsidP="009D61B4">
+    <w:p w14:paraId="03D79F24" w14:textId="77777777" w:rsidR="00D12CFA" w:rsidRPr="009D61B4" w:rsidRDefault="00D12CFA" w:rsidP="00D12CFA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">     </w:t>
       </w:r>
-      <w:r w:rsidR="009909EA" w:rsidRPr="009909EA">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="EE0000"/>
         </w:rPr>
-        <w:t>(up)</w:t>
+        <w:t>(hey)                            (hey)                            (hey)              (hey)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0200CF7F" w14:textId="77777777" w:rsidR="00D12CFA" w:rsidRDefault="00D12CFA" w:rsidP="00D12CFA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7424DD14" w14:textId="77777777" w:rsidR="00D12CFA" w:rsidRDefault="00D12CFA" w:rsidP="00D12CFA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="45422CF9" w14:textId="77777777" w:rsidR="00D12CFA" w:rsidRDefault="00D12CFA" w:rsidP="00D12CFA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009D61B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Tradin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009D61B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">' </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D61B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">my </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D61B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">time for the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D61B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">pay I </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D61B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>get</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16C41BCF" w14:textId="77777777" w:rsidR="00D12CFA" w:rsidRPr="006076CA" w:rsidRDefault="00D12CFA" w:rsidP="00D12CFA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">               </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="EE0000"/>
         </w:rPr>
-        <w:t xml:space="preserve">                        </w:t>
-[...242 lines deleted...]
-    <w:p w14:paraId="687E2AEF" w14:textId="77777777" w:rsidR="004607B6" w:rsidRPr="009909EA" w:rsidRDefault="004607B6" w:rsidP="009D61B4">
+        <w:t>(hey)                                      (hey)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C6B9562" w14:textId="77777777" w:rsidR="00D12CFA" w:rsidRPr="009909EA" w:rsidRDefault="00D12CFA" w:rsidP="00D12CFA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3B897C52" w14:textId="57E718E0" w:rsidR="009D61B4" w:rsidRPr="009D61B4" w:rsidRDefault="00C150AD" w:rsidP="009D61B4">
+    <w:p w14:paraId="464ED1DA" w14:textId="77777777" w:rsidR="00D12CFA" w:rsidRPr="009D61B4" w:rsidRDefault="00D12CFA" w:rsidP="00D12CFA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
-      <w:r w:rsidR="00A51F64">
-[...6 lines deleted...]
-      <w:r w:rsidR="009D61B4" w:rsidRPr="009D61B4">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D61B4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Livin' on </w:t>
       </w:r>
-      <w:r w:rsidR="00B914A1">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[F]</w:t>
       </w:r>
-      <w:r w:rsidR="00A51F64">
-[...6 lines deleted...]
-      <w:r w:rsidR="009D61B4" w:rsidRPr="009D61B4">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D61B4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">money that I </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
-      <w:r w:rsidR="00A51F64">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="009D61B4" w:rsidRPr="009D61B4">
+      <w:r w:rsidRPr="009D61B4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>ain't</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="009D61B4" w:rsidRPr="009D61B4">
+      <w:r w:rsidRPr="009D61B4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> made </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[F]</w:t>
       </w:r>
-      <w:r w:rsidR="00A51F64">
-[...6 lines deleted...]
-      <w:r w:rsidR="009D61B4" w:rsidRPr="009D61B4">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D61B4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>yet</w:t>
       </w:r>
-      <w:r w:rsidR="0028306C">
-[...6 lines deleted...]
-      <w:r w:rsidR="0028306C" w:rsidRPr="00B914A1">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B914A1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="0070C0"/>
         </w:rPr>
         <w:t>(yeah-ah-ah</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16A01E10" w14:textId="587E8362" w:rsidR="00B914A1" w:rsidRPr="006076CA" w:rsidRDefault="00B914A1" w:rsidP="00B914A1">
+    <w:p w14:paraId="58D57EC5" w14:textId="77777777" w:rsidR="00D12CFA" w:rsidRPr="006076CA" w:rsidRDefault="00D12CFA" w:rsidP="00D12CFA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">            </w:t>
       </w:r>
-      <w:r w:rsidR="009909EA" w:rsidRPr="009909EA">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="EE0000"/>
         </w:rPr>
-        <w:t>(up)</w:t>
-[...18 lines deleted...]
-    <w:p w14:paraId="38790ACD" w14:textId="77777777" w:rsidR="00B914A1" w:rsidRPr="009909EA" w:rsidRDefault="00B914A1" w:rsidP="009D61B4">
+        <w:t>(hey)                                         (hey)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="116D3EF6" w14:textId="77777777" w:rsidR="00D12CFA" w:rsidRPr="009909EA" w:rsidRDefault="00D12CFA" w:rsidP="00D12CFA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2473284A" w14:textId="4483324B" w:rsidR="009D61B4" w:rsidRDefault="00C150AD" w:rsidP="009D61B4">
+    <w:p w14:paraId="27150C5B" w14:textId="77777777" w:rsidR="00D12CFA" w:rsidRDefault="00D12CFA" w:rsidP="00D12CFA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
-      <w:r w:rsidR="00A51F64">
-[...6 lines deleted...]
-      <w:r w:rsidR="009D61B4" w:rsidRPr="009D61B4">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D61B4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Gotta keep </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[F]</w:t>
       </w:r>
-      <w:r w:rsidR="00A51F64">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="009D61B4" w:rsidRPr="009D61B4">
+      <w:r w:rsidRPr="009D61B4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>goin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="009D61B4" w:rsidRPr="009D61B4">
+      <w:r w:rsidRPr="009D61B4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">', </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="009D61B4" w:rsidRPr="00B914A1">
+      <w:r w:rsidRPr="00B914A1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>gotta</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="009D61B4" w:rsidRPr="009D61B4">
+      <w:r w:rsidRPr="009D61B4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
-      <w:r w:rsidR="00A51F64">
-[...6 lines deleted...]
-      <w:r w:rsidR="009D61B4" w:rsidRPr="009D61B4">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D61B4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">make my </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[F]</w:t>
       </w:r>
-      <w:r w:rsidR="00A51F64">
-[...6 lines deleted...]
-      <w:r w:rsidR="009D61B4" w:rsidRPr="009D61B4">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D61B4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>way</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BC55418" w14:textId="05C5B396" w:rsidR="0028306C" w:rsidRPr="00B914A1" w:rsidRDefault="00A51F64" w:rsidP="009D61B4">
+    <w:p w14:paraId="6D87C03E" w14:textId="77777777" w:rsidR="00D12CFA" w:rsidRPr="00B914A1" w:rsidRDefault="00D12CFA" w:rsidP="00D12CFA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="0070C0"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="EE0000"/>
         </w:rPr>
-        <w:t xml:space="preserve">     </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B914A1">
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B914A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>ah, ah, ah)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BE70BC7" w14:textId="77777777" w:rsidR="00D12CFA" w:rsidRPr="006076CA" w:rsidRDefault="00D12CFA" w:rsidP="00D12CFA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">               </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="EE0000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...57 lines deleted...]
-    <w:p w14:paraId="340513E9" w14:textId="77777777" w:rsidR="00B914A1" w:rsidRPr="009909EA" w:rsidRDefault="00B914A1" w:rsidP="009D61B4">
+        <w:t>(hey)                                    (hey)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39BB9182" w14:textId="77777777" w:rsidR="00D12CFA" w:rsidRPr="009909EA" w:rsidRDefault="00D12CFA" w:rsidP="00D12CFA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:color w:val="EE0000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="70DD51D5" w14:textId="3D159A9C" w:rsidR="009D61B4" w:rsidRDefault="00843868" w:rsidP="009D61B4">
+    <w:p w14:paraId="6BC9F540" w14:textId="77777777" w:rsidR="00D12CFA" w:rsidRDefault="00D12CFA" w:rsidP="00D12CFA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="EE0000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>But</w:t>
       </w:r>
-      <w:r w:rsidR="009D61B4" w:rsidRPr="009D61B4">
+      <w:r w:rsidRPr="009D61B4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> I </w:t>
       </w:r>
-      <w:r w:rsidR="00C150AD">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
-      <w:r w:rsidR="00A51F64">
-[...6 lines deleted...]
-      <w:r w:rsidR="009D61B4" w:rsidRPr="009D61B4">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D61B4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">live for the </w:t>
       </w:r>
-      <w:r w:rsidR="00C150AD">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[F]</w:t>
       </w:r>
-      <w:r w:rsidR="00A51F64">
-[...6 lines deleted...]
-      <w:r w:rsidR="009D61B4" w:rsidRPr="009D61B4">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D61B4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">end of the </w:t>
       </w:r>
-      <w:r w:rsidR="00C150AD">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
-      <w:r w:rsidR="00A51F64">
-[...6 lines deleted...]
-      <w:r w:rsidR="009D61B4" w:rsidRPr="009D61B4">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D61B4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>day</w:t>
       </w:r>
-      <w:r w:rsidR="00A51F64">
-[...6 lines deleted...]
-      <w:r w:rsidR="00A51F64" w:rsidRPr="0028306C">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0028306C">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="EE0000"/>
         </w:rPr>
         <w:t xml:space="preserve">(yeah </w:t>
       </w:r>
-      <w:r w:rsidR="00C150AD">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>[G7]</w:t>
       </w:r>
-      <w:r w:rsidR="00A51F64" w:rsidRPr="0028306C">
+      <w:r w:rsidRPr="0028306C">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A51F64" w:rsidRPr="0028306C">
+      <w:r w:rsidRPr="0028306C">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="EE0000"/>
         </w:rPr>
         <w:t>yeah</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50E84174" w14:textId="1CD4B6F2" w:rsidR="00B914A1" w:rsidRPr="006076CA" w:rsidRDefault="00B914A1" w:rsidP="00B914A1">
+    <w:p w14:paraId="3DD28DF6" w14:textId="77777777" w:rsidR="00D12CFA" w:rsidRPr="006076CA" w:rsidRDefault="00D12CFA" w:rsidP="00D12CFA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">                   </w:t>
       </w:r>
-      <w:r w:rsidR="009909EA" w:rsidRPr="009909EA">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="EE0000"/>
         </w:rPr>
-        <w:t>(up)</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="759945FF" w14:textId="4388CE7B" w:rsidR="00C150AD" w:rsidRDefault="00C150AD">
+        <w:t>(hey)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="519CFDFE" w14:textId="77777777" w:rsidR="00D12CFA" w:rsidRDefault="00D12CFA" w:rsidP="00D12CFA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7266159A" w14:textId="77777777" w:rsidR="009D61B4" w:rsidRPr="009D61B4" w:rsidRDefault="009D61B4" w:rsidP="009D61B4">
-[...7 lines deleted...]
-    <w:p w14:paraId="71851EA4" w14:textId="79DCFA36" w:rsidR="00D946C4" w:rsidRPr="00D946C4" w:rsidRDefault="00D946C4" w:rsidP="009D61B4">
+    <w:p w14:paraId="0EC8DB22" w14:textId="77777777" w:rsidR="00D12CFA" w:rsidRPr="009D61B4" w:rsidRDefault="00D12CFA" w:rsidP="00D12CFA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4A8B635E" w14:textId="77777777" w:rsidR="00D12CFA" w:rsidRPr="00D946C4" w:rsidRDefault="00D12CFA" w:rsidP="00D12CFA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D946C4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>CHORUS:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="141F3DF4" w14:textId="67DA5C3E" w:rsidR="009D61B4" w:rsidRDefault="009D61B4" w:rsidP="009D61B4">
+    <w:p w14:paraId="606FF9F1" w14:textId="77777777" w:rsidR="00D12CFA" w:rsidRDefault="00D12CFA" w:rsidP="00D12CFA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="009D61B4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>'Cause</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="009D61B4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> it's a </w:t>
       </w:r>
-      <w:r w:rsidR="00C150AD">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[C]</w:t>
       </w:r>
-      <w:r w:rsidR="00A51F64">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009D61B4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">five o'clock </w:t>
       </w:r>
-      <w:r w:rsidR="00C150AD">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[F]</w:t>
       </w:r>
-      <w:r w:rsidR="00A51F64">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009D61B4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">world when the </w:t>
       </w:r>
-      <w:r w:rsidR="00C150AD">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[C]</w:t>
       </w:r>
-      <w:r w:rsidR="00A51F64">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009D61B4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">whistle </w:t>
       </w:r>
-      <w:r w:rsidR="00C150AD">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[F]</w:t>
       </w:r>
-      <w:r w:rsidR="00A51F64">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009D61B4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>blows</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="617C867C" w14:textId="1AEC84D3" w:rsidR="0028306C" w:rsidRPr="0028306C" w:rsidRDefault="0028306C" w:rsidP="009D61B4">
+    <w:p w14:paraId="42D488DD" w14:textId="77777777" w:rsidR="00D12CFA" w:rsidRPr="0028306C" w:rsidRDefault="00D12CFA" w:rsidP="00D12CFA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">          </w:t>
       </w:r>
       <w:r w:rsidRPr="0028306C">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="EE0000"/>
         </w:rPr>
         <w:t>yeah)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C2E771F" w14:textId="77777777" w:rsidR="00D946C4" w:rsidRPr="009909EA" w:rsidRDefault="00D946C4" w:rsidP="009D61B4">
+    <w:p w14:paraId="6E9358DB" w14:textId="77777777" w:rsidR="00D12CFA" w:rsidRPr="009909EA" w:rsidRDefault="00D12CFA" w:rsidP="00D12CFA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0D9865ED" w14:textId="375ECE8B" w:rsidR="009D61B4" w:rsidRPr="009D61B4" w:rsidRDefault="00C150AD" w:rsidP="009D61B4">
+    <w:p w14:paraId="25C4A9D8" w14:textId="77777777" w:rsidR="00D12CFA" w:rsidRPr="009D61B4" w:rsidRDefault="00D12CFA" w:rsidP="00D12CFA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[C]</w:t>
       </w:r>
-      <w:r w:rsidR="00A51F64">
-[...6 lines deleted...]
-      <w:r w:rsidR="009D61B4" w:rsidRPr="009D61B4">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D61B4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">No one owns a </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[F]</w:t>
       </w:r>
-      <w:r w:rsidR="00A51F64">
-[...6 lines deleted...]
-      <w:r w:rsidR="009D61B4" w:rsidRPr="009D61B4">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D61B4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">piece of my </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[C]</w:t>
       </w:r>
-      <w:r w:rsidR="00A51F64">
-[...6 lines deleted...]
-      <w:r w:rsidR="009D61B4" w:rsidRPr="009D61B4">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D61B4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>time</w:t>
       </w:r>
-      <w:r w:rsidR="00A51F64">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[F]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A8AF5FD" w14:textId="372F1D93" w:rsidR="009D61B4" w:rsidRPr="009D61B4" w:rsidRDefault="009D61B4" w:rsidP="009D61B4">
+    <w:p w14:paraId="04B486AF" w14:textId="77777777" w:rsidR="00D12CFA" w:rsidRPr="009D61B4" w:rsidRDefault="00D12CFA" w:rsidP="00D12CFA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009D61B4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">And there's a </w:t>
       </w:r>
-      <w:r w:rsidR="00C150AD">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[C]</w:t>
       </w:r>
-      <w:r w:rsidR="00A51F64">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009D61B4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">long-haired </w:t>
       </w:r>
-      <w:r w:rsidR="00C150AD">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[F]</w:t>
       </w:r>
-      <w:r w:rsidR="00A51F64">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009D61B4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">girl who </w:t>
       </w:r>
-      <w:r w:rsidR="00C150AD">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[C]</w:t>
       </w:r>
-      <w:r w:rsidR="00A51F64">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009D61B4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">waits, I </w:t>
       </w:r>
-      <w:r w:rsidR="00C150AD">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[F]</w:t>
       </w:r>
-      <w:r w:rsidR="00A51F64">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009D61B4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>know</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="300BA9ED" w14:textId="4718BF32" w:rsidR="009D61B4" w:rsidRPr="009D61B4" w:rsidRDefault="009D61B4" w:rsidP="009D61B4">
+    <w:p w14:paraId="1C9F986E" w14:textId="77777777" w:rsidR="00D12CFA" w:rsidRPr="009D61B4" w:rsidRDefault="00D12CFA" w:rsidP="00D12CFA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009D61B4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">To </w:t>
       </w:r>
-      <w:r w:rsidR="00C150AD">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[C]</w:t>
       </w:r>
-      <w:r w:rsidR="00A51F64">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009D61B4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">ease my troubled </w:t>
       </w:r>
-      <w:r w:rsidR="00C150AD">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[D]</w:t>
       </w:r>
-      <w:r w:rsidR="00A51F64">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009D61B4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>mind</w:t>
       </w:r>
-      <w:r w:rsidR="00AC4F3B" w:rsidRPr="00AC4F3B">
+      <w:r w:rsidRPr="00AC4F3B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00AC4F3B">
-[...7 lines deleted...]
-      <w:r w:rsidR="00A51F64" w:rsidRPr="009D61B4">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D61B4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>ye</w:t>
       </w:r>
-      <w:r w:rsidR="00A51F64">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>ah-</w:t>
       </w:r>
-      <w:r w:rsidR="00A51F64" w:rsidRPr="009D61B4">
+      <w:r w:rsidRPr="009D61B4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>ah</w:t>
       </w:r>
-      <w:r w:rsidR="00A51F64">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>-ah</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54F6D9C8" w14:textId="09DA9CAB" w:rsidR="009909EA" w:rsidRDefault="00C150AD" w:rsidP="009909EA">
+    <w:p w14:paraId="31A777EC" w14:textId="77777777" w:rsidR="00D12CFA" w:rsidRDefault="00D12CFA" w:rsidP="00D12CFA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
-      <w:r w:rsidR="009909EA">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> Ah-de-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[F]</w:t>
       </w:r>
-      <w:r w:rsidR="009909EA">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">lay-ee </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
-      <w:r w:rsidR="009909EA">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> ee</w:t>
       </w:r>
-      <w:r w:rsidR="009909EA" w:rsidRPr="009D61B4">
+      <w:r w:rsidRPr="009D61B4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="009909EA">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">    ee-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[F]</w:t>
       </w:r>
-      <w:r w:rsidR="009909EA">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">ee-ee </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
-      <w:r w:rsidR="009909EA">
-[...6 lines deleted...]
-      <w:r w:rsidR="009909EA" w:rsidRPr="009D61B4">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D61B4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>yeah...</w:t>
       </w:r>
-      <w:r w:rsidR="009909EA">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[F]</w:t>
       </w:r>
-      <w:r w:rsidR="009909EA">
-[...6 lines deleted...]
-      <w:r w:rsidR="009909EA" w:rsidRPr="00B914A1">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B914A1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
-      <w:r w:rsidR="009909EA">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
-      <w:r w:rsidR="009909EA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">       </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[F]</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="1D0DB835" w14:textId="77777777" w:rsidR="009909EA" w:rsidRPr="009D61B4" w:rsidRDefault="009909EA" w:rsidP="009909EA">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B914A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00B068E9" w14:textId="77777777" w:rsidR="00D12CFA" w:rsidRPr="009D61B4" w:rsidRDefault="00D12CFA" w:rsidP="00D12CFA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">     </w:t>
       </w:r>
-      <w:r w:rsidRPr="009909EA">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="EE0000"/>
         </w:rPr>
-        <w:t>(up)</w:t>
+        <w:t>(hey)                            (hey)                            (hey)              (hey)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AB573C3" w14:textId="77777777" w:rsidR="00D12CFA" w:rsidRDefault="00D12CFA" w:rsidP="00D12CFA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6E26AD65" w14:textId="77777777" w:rsidR="00D12CFA" w:rsidRDefault="00D12CFA" w:rsidP="00D12CFA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5CD6F1D0" w14:textId="77777777" w:rsidR="00D12CFA" w:rsidRDefault="00D12CFA" w:rsidP="00D12CFA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3D07B35F" w14:textId="77777777" w:rsidR="00D12CFA" w:rsidRPr="009D61B4" w:rsidRDefault="00D12CFA" w:rsidP="00D12CFA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D61B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">In the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D61B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">shelter of her </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D61B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>arms every</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D61B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>thing's o</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D61B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>kay</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B79122F" w14:textId="77777777" w:rsidR="00D12CFA" w:rsidRPr="006076CA" w:rsidRDefault="00D12CFA" w:rsidP="00D12CFA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="EE0000"/>
         </w:rPr>
-        <w:t xml:space="preserve">                              </w:t>
-[...200 lines deleted...]
-    <w:p w14:paraId="5AB82C48" w14:textId="77777777" w:rsidR="00B914A1" w:rsidRPr="009909EA" w:rsidRDefault="00B914A1" w:rsidP="009D61B4">
+        <w:t>(hey)                                     (hey)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EBB8AA4" w14:textId="77777777" w:rsidR="00D12CFA" w:rsidRPr="009909EA" w:rsidRDefault="00D12CFA" w:rsidP="00D12CFA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="492C0159" w14:textId="0FA6E5CD" w:rsidR="009D61B4" w:rsidRDefault="009D61B4" w:rsidP="009D61B4">
+    <w:p w14:paraId="1BC268E8" w14:textId="77777777" w:rsidR="00D12CFA" w:rsidRDefault="00D12CFA" w:rsidP="00D12CFA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009D61B4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">She </w:t>
       </w:r>
-      <w:r w:rsidR="00C150AD">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
-      <w:r w:rsidR="00A51F64">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009D61B4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">talks and the </w:t>
       </w:r>
-      <w:r w:rsidR="00C150AD">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[F]</w:t>
       </w:r>
-      <w:r w:rsidR="00A51F64">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009D61B4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">world goes </w:t>
       </w:r>
-      <w:r w:rsidR="00C150AD">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
-      <w:r w:rsidR="00A51F64">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="009D61B4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>slippin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="009D61B4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
-        <w:t>' a</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A51F64">
+        <w:t xml:space="preserve">' </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D61B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="00C150AD">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[F]</w:t>
       </w:r>
       <w:r w:rsidRPr="009D61B4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>way</w:t>
       </w:r>
-      <w:r w:rsidR="00B914A1">
-[...6 lines deleted...]
-      <w:r w:rsidR="00B914A1" w:rsidRPr="00B914A1">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B914A1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="0070C0"/>
         </w:rPr>
         <w:t>(yeah-ah-ah</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DA2A3C9" w14:textId="1B77400F" w:rsidR="00B914A1" w:rsidRPr="006076CA" w:rsidRDefault="00B914A1" w:rsidP="00B914A1">
+    <w:p w14:paraId="0C3F5005" w14:textId="77777777" w:rsidR="00D12CFA" w:rsidRPr="006076CA" w:rsidRDefault="00D12CFA" w:rsidP="00D12CFA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">                   </w:t>
       </w:r>
-      <w:r w:rsidR="009909EA" w:rsidRPr="009909EA">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="EE0000"/>
         </w:rPr>
-        <w:t>(up)</w:t>
-[...18 lines deleted...]
-    <w:p w14:paraId="2072C2A9" w14:textId="77777777" w:rsidR="00B914A1" w:rsidRPr="009909EA" w:rsidRDefault="00B914A1" w:rsidP="009D61B4">
+        <w:t>(hey)                                          (hey)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73ED8B15" w14:textId="77777777" w:rsidR="00D12CFA" w:rsidRPr="009909EA" w:rsidRDefault="00D12CFA" w:rsidP="00D12CFA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="383C8A40" w14:textId="6ECFE6DA" w:rsidR="009D61B4" w:rsidRDefault="009D61B4" w:rsidP="009D61B4">
+    <w:p w14:paraId="7AFD9877" w14:textId="77777777" w:rsidR="00D12CFA" w:rsidRDefault="00D12CFA" w:rsidP="00D12CFA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009D61B4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">And </w:t>
       </w:r>
-      <w:r w:rsidR="00C150AD">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
-      <w:r w:rsidR="00A51F64">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009D61B4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">I know the </w:t>
       </w:r>
-      <w:r w:rsidR="00C150AD">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[F]</w:t>
       </w:r>
-      <w:r w:rsidR="00A51F64">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009D61B4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">reason I can </w:t>
       </w:r>
-      <w:r w:rsidR="00C150AD">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
-      <w:r w:rsidR="00380C0B">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009D61B4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">still go </w:t>
       </w:r>
-      <w:r w:rsidR="00B914A1">
-[...2 lines deleted...]
-          <w:bCs/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D61B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>on</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DCF0689" w14:textId="77777777" w:rsidR="00D12CFA" w:rsidRPr="00B914A1" w:rsidRDefault="00D12CFA" w:rsidP="00D12CFA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">          </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidR="00C150AD">
-[...23 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="00B914A1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="0070C0"/>
         </w:rPr>
-      </w:pPr>
-[...6 lines deleted...]
-      </w:r>
+        <w:t>ah, ah, ah)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A3AB8F8" w14:textId="77777777" w:rsidR="00D12CFA" w:rsidRPr="006076CA" w:rsidRDefault="00D12CFA" w:rsidP="00D12CFA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="EE0000"/>
         </w:rPr>
-        <w:t xml:space="preserve">  </w:t>
-[...66 lines deleted...]
-    <w:p w14:paraId="331EC189" w14:textId="77777777" w:rsidR="00B914A1" w:rsidRPr="009909EA" w:rsidRDefault="00B914A1" w:rsidP="009D61B4">
+        <w:t xml:space="preserve">               (hey)                                             (hey)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79D6DE07" w14:textId="77777777" w:rsidR="00D12CFA" w:rsidRPr="009909EA" w:rsidRDefault="00D12CFA" w:rsidP="00D12CFA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="059087B4" w14:textId="27EC1F7C" w:rsidR="009D61B4" w:rsidRDefault="009D61B4" w:rsidP="009D61B4">
+    <w:p w14:paraId="4310ADE0" w14:textId="77777777" w:rsidR="00D12CFA" w:rsidRDefault="00D12CFA" w:rsidP="00D12CFA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="EE0000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009D61B4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">When </w:t>
       </w:r>
-      <w:r w:rsidR="00C150AD">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
-      <w:r w:rsidR="00380C0B">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009D61B4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">every other </w:t>
       </w:r>
-      <w:r w:rsidR="00C150AD">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[F]</w:t>
       </w:r>
-      <w:r w:rsidR="00380C0B">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009D61B4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">reason is </w:t>
       </w:r>
-      <w:r w:rsidR="00C150AD">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
-      <w:r w:rsidR="00380C0B">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009D61B4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>gone</w:t>
       </w:r>
-      <w:r w:rsidR="00380C0B">
-[...6 lines deleted...]
-      <w:r w:rsidR="00380C0B" w:rsidRPr="0028306C">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0028306C">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="EE0000"/>
         </w:rPr>
         <w:t xml:space="preserve">(yeah </w:t>
       </w:r>
-      <w:r w:rsidR="00C150AD">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>[G7]</w:t>
       </w:r>
-      <w:r w:rsidR="00380C0B" w:rsidRPr="0028306C">
+      <w:r w:rsidRPr="0028306C">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00380C0B" w:rsidRPr="0028306C">
+      <w:r w:rsidRPr="0028306C">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="EE0000"/>
         </w:rPr>
         <w:t>yeah</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49ABA4B0" w14:textId="15EEDC4D" w:rsidR="00B914A1" w:rsidRPr="006076CA" w:rsidRDefault="00B914A1" w:rsidP="00B914A1">
+    <w:p w14:paraId="71EB439D" w14:textId="77777777" w:rsidR="00D12CFA" w:rsidRPr="006076CA" w:rsidRDefault="00D12CFA" w:rsidP="00D12CFA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="EE0000"/>
         </w:rPr>
-        <w:t xml:space="preserve">                       </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="009909EA" w:rsidRPr="009909EA">
+        <w:t xml:space="preserve">                        (hey)      </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="698DC4AF" w14:textId="77777777" w:rsidR="00D12CFA" w:rsidRDefault="00D12CFA" w:rsidP="00D12CFA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7EBF6814" w14:textId="77777777" w:rsidR="00D12CFA" w:rsidRPr="009D61B4" w:rsidRDefault="00D12CFA" w:rsidP="00D12CFA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1008C6CC" w14:textId="77777777" w:rsidR="00D12CFA" w:rsidRPr="00D946C4" w:rsidRDefault="00D12CFA" w:rsidP="00D12CFA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D946C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>CHORUS:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BBF3994" w14:textId="77777777" w:rsidR="00D12CFA" w:rsidRDefault="00D12CFA" w:rsidP="00D12CFA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D61B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">In my </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D61B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">five o'clock </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D61B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">world she </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D61B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">waits for </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D61B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>me</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3210C8D2" w14:textId="77777777" w:rsidR="00D12CFA" w:rsidRPr="0028306C" w:rsidRDefault="00D12CFA" w:rsidP="00D12CFA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0028306C">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="EE0000"/>
         </w:rPr>
-        <w:t>(up)</w:t>
-[...170 lines deleted...]
-        </w:rPr>
         <w:t>yeah)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06903076" w14:textId="77777777" w:rsidR="00B914A1" w:rsidRPr="009909EA" w:rsidRDefault="00B914A1" w:rsidP="009D61B4">
+    <w:p w14:paraId="48F4E2E6" w14:textId="77777777" w:rsidR="00D12CFA" w:rsidRPr="009909EA" w:rsidRDefault="00D12CFA" w:rsidP="00D12CFA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3F8F743B" w14:textId="5A550DD7" w:rsidR="009D61B4" w:rsidRPr="009D61B4" w:rsidRDefault="00C150AD" w:rsidP="009D61B4">
+    <w:p w14:paraId="75B17DC0" w14:textId="77777777" w:rsidR="00D12CFA" w:rsidRPr="009D61B4" w:rsidRDefault="00D12CFA" w:rsidP="00D12CFA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[C]</w:t>
       </w:r>
-      <w:r w:rsidR="00380C0B">
-[...20 lines deleted...]
-        <w:t xml:space="preserve">' else </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D61B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nothin' else </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[F]</w:t>
       </w:r>
-      <w:r w:rsidR="00380C0B">
-[...6 lines deleted...]
-      <w:r w:rsidR="009D61B4" w:rsidRPr="009D61B4">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D61B4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">matters at </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[C]</w:t>
       </w:r>
-      <w:r w:rsidR="00380C0B">
-[...6 lines deleted...]
-      <w:r w:rsidR="009D61B4" w:rsidRPr="009D61B4">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D61B4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>all</w:t>
       </w:r>
-      <w:r w:rsidR="00380C0B">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[F]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D6AC562" w14:textId="60BDB3BA" w:rsidR="009D61B4" w:rsidRPr="009D61B4" w:rsidRDefault="00F1691C" w:rsidP="009D61B4">
+    <w:p w14:paraId="353213AE" w14:textId="77777777" w:rsidR="00D12CFA" w:rsidRPr="009D61B4" w:rsidRDefault="00D12CFA" w:rsidP="00D12CFA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>So</w:t>
       </w:r>
-      <w:r w:rsidR="009D61B4" w:rsidRPr="009D61B4">
-[...6 lines deleted...]
-      <w:r w:rsidR="00C150AD">
+      <w:r w:rsidRPr="009D61B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[C]</w:t>
       </w:r>
-      <w:r w:rsidR="00380C0B">
-[...6 lines deleted...]
-      <w:r w:rsidR="009D61B4" w:rsidRPr="009D61B4">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D61B4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>every</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="009D61B4" w:rsidRPr="009D61B4">
+      <w:r w:rsidRPr="009D61B4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">time my </w:t>
       </w:r>
-      <w:r w:rsidR="00C150AD">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[F]</w:t>
       </w:r>
-      <w:r w:rsidR="00380C0B">
-[...6 lines deleted...]
-      <w:r w:rsidR="009D61B4" w:rsidRPr="009D61B4">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D61B4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">baby </w:t>
       </w:r>
-      <w:r w:rsidR="00C150AD">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[C]</w:t>
       </w:r>
-      <w:r w:rsidR="00380C0B">
-[...6 lines deleted...]
-      <w:r w:rsidR="009D61B4" w:rsidRPr="009D61B4">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D61B4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">smiles at </w:t>
       </w:r>
-      <w:r w:rsidR="00C150AD">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[F]</w:t>
       </w:r>
-      <w:r w:rsidR="00380C0B">
-[...6 lines deleted...]
-      <w:r w:rsidR="009D61B4" w:rsidRPr="009D61B4">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D61B4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>me</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04234B86" w14:textId="11534B9F" w:rsidR="009D61B4" w:rsidRDefault="009D61B4" w:rsidP="009D61B4">
+    <w:p w14:paraId="5D29C776" w14:textId="77777777" w:rsidR="00D12CFA" w:rsidRDefault="00D12CFA" w:rsidP="00D12CFA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009D61B4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">I </w:t>
       </w:r>
-      <w:r w:rsidR="00C150AD">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[C]</w:t>
       </w:r>
-      <w:r w:rsidR="00380C0B">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009D61B4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>know that it's all worth</w:t>
       </w:r>
-      <w:r w:rsidR="00380C0B">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="00C150AD">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[D]</w:t>
       </w:r>
       <w:r w:rsidRPr="009D61B4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>while</w:t>
       </w:r>
-      <w:r w:rsidR="00AC4F3B">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00380C0B" w:rsidRPr="009D61B4">
+      <w:r w:rsidRPr="009D61B4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>ye</w:t>
       </w:r>
-      <w:r w:rsidR="00380C0B">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>ah-</w:t>
       </w:r>
-      <w:r w:rsidR="00380C0B" w:rsidRPr="009D61B4">
+      <w:r w:rsidRPr="009D61B4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>ah</w:t>
       </w:r>
-      <w:r w:rsidR="00380C0B">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>-ah</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65876F0E" w14:textId="77777777" w:rsidR="00C434AD" w:rsidRPr="009D61B4" w:rsidRDefault="00C434AD" w:rsidP="009D61B4">
-[...7 lines deleted...]
-    <w:p w14:paraId="57218648" w14:textId="704E6780" w:rsidR="009909EA" w:rsidRDefault="00C150AD" w:rsidP="009909EA">
+    <w:p w14:paraId="26D5DE20" w14:textId="77777777" w:rsidR="00D12CFA" w:rsidRPr="009D61B4" w:rsidRDefault="00D12CFA" w:rsidP="00D12CFA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="75B72672" w14:textId="77777777" w:rsidR="00D12CFA" w:rsidRDefault="00D12CFA" w:rsidP="00D12CFA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
-      <w:r w:rsidR="009909EA">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> Ah-de-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[F]</w:t>
       </w:r>
-      <w:r w:rsidR="009909EA">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">lay-ee </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
-      <w:r w:rsidR="009909EA">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> ee</w:t>
       </w:r>
-      <w:r w:rsidR="009909EA" w:rsidRPr="009D61B4">
+      <w:r w:rsidRPr="009D61B4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="009909EA">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">    ee-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[F]</w:t>
       </w:r>
-      <w:r w:rsidR="009909EA">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">ee-ee </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
-      <w:r w:rsidR="009909EA">
-[...6 lines deleted...]
-      <w:r w:rsidR="009909EA" w:rsidRPr="009D61B4">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D61B4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>yeah...</w:t>
       </w:r>
-      <w:r w:rsidR="009909EA">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[F]</w:t>
       </w:r>
-      <w:r w:rsidR="009909EA">
-[...6 lines deleted...]
-      <w:r w:rsidR="009909EA" w:rsidRPr="00B914A1">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B914A1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
-      <w:r w:rsidR="009909EA">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
-      <w:r w:rsidR="009909EA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">       </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[F]</w:t>
       </w:r>
-      <w:r w:rsidR="009909EA">
-[...6 lines deleted...]
-      <w:r w:rsidR="009909EA" w:rsidRPr="00B914A1">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B914A1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C2958BD" w14:textId="77777777" w:rsidR="009909EA" w:rsidRPr="009D61B4" w:rsidRDefault="009909EA" w:rsidP="009909EA">
+    <w:p w14:paraId="0E4AE5CB" w14:textId="77777777" w:rsidR="00D12CFA" w:rsidRPr="009D61B4" w:rsidRDefault="00D12CFA" w:rsidP="00D12CFA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">     </w:t>
       </w:r>
-      <w:r w:rsidRPr="009909EA">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="EE0000"/>
         </w:rPr>
-        <w:t>(up)</w:t>
-[...50 lines deleted...]
-    <w:p w14:paraId="5FF5D190" w14:textId="77777777" w:rsidR="009909EA" w:rsidRPr="009909EA" w:rsidRDefault="009909EA" w:rsidP="009909EA">
+        <w:t>(hey)                            (hey)                            (hey)              (hey)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A5E5251" w14:textId="77777777" w:rsidR="00D12CFA" w:rsidRPr="009909EA" w:rsidRDefault="00D12CFA" w:rsidP="00D12CFA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="193E29AC" w14:textId="79CDC3F4" w:rsidR="009909EA" w:rsidRDefault="00C150AD" w:rsidP="009909EA">
+    <w:p w14:paraId="3F88E8C2" w14:textId="77777777" w:rsidR="00D12CFA" w:rsidRDefault="00D12CFA" w:rsidP="00D12CFA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
-      <w:r w:rsidR="009909EA">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> Ah-de-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[F]</w:t>
       </w:r>
-      <w:r w:rsidR="009909EA">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">lay-ee </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
-      <w:r w:rsidR="009909EA">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> ee</w:t>
       </w:r>
-      <w:r w:rsidR="009909EA" w:rsidRPr="009D61B4">
+      <w:r w:rsidRPr="009D61B4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="009909EA">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">    ee-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[F]</w:t>
       </w:r>
-      <w:r w:rsidR="009909EA">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">ee-ee </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
-      <w:r w:rsidR="009909EA">
-[...6 lines deleted...]
-      <w:r w:rsidR="009909EA" w:rsidRPr="009D61B4">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D61B4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>yeah...</w:t>
       </w:r>
-      <w:r w:rsidR="009909EA">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[F]</w:t>
       </w:r>
-      <w:r w:rsidR="009909EA">
-[...6 lines deleted...]
-      <w:r w:rsidR="009909EA" w:rsidRPr="00B914A1">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B914A1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
-      <w:r w:rsidR="009909EA">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
-      <w:r w:rsidR="009909EA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">       </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[F]</w:t>
       </w:r>
-      <w:r w:rsidR="009909EA">
-[...6 lines deleted...]
-      <w:r w:rsidR="009909EA" w:rsidRPr="00B914A1">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B914A1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00D16B41" w14:textId="77777777" w:rsidR="009909EA" w:rsidRPr="009D61B4" w:rsidRDefault="009909EA" w:rsidP="009909EA">
+    <w:p w14:paraId="02563392" w14:textId="77777777" w:rsidR="00D12CFA" w:rsidRPr="009D61B4" w:rsidRDefault="00D12CFA" w:rsidP="00D12CFA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">     </w:t>
       </w:r>
-      <w:r w:rsidRPr="009909EA">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="EE0000"/>
         </w:rPr>
-        <w:t>(up)</w:t>
-[...50 lines deleted...]
-    <w:p w14:paraId="5555104E" w14:textId="77777777" w:rsidR="009909EA" w:rsidRPr="009909EA" w:rsidRDefault="009909EA" w:rsidP="00C434AD">
+        <w:t>(hey)                            (hey)                            (hey)              (hey)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40051A64" w14:textId="77777777" w:rsidR="00D12CFA" w:rsidRPr="009909EA" w:rsidRDefault="00D12CFA" w:rsidP="00D12CFA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="12B1750B" w14:textId="45640A46" w:rsidR="00C434AD" w:rsidRPr="009909EA" w:rsidRDefault="00C150AD" w:rsidP="00C434AD">
-[...3 lines deleted...]
-          <w:bCs/>
+    <w:p w14:paraId="1ED24A92" w14:textId="77777777" w:rsidR="00D12CFA" w:rsidRPr="00FC2813" w:rsidRDefault="00D12CFA" w:rsidP="00D12CFA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
-      <w:r w:rsidR="009909EA">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> Ah-de-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[F]</w:t>
       </w:r>
-      <w:r w:rsidR="009909EA">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">lay-ee </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
-      <w:r w:rsidR="009909EA">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> ee</w:t>
       </w:r>
-      <w:r w:rsidR="009909EA" w:rsidRPr="009D61B4">
+      <w:r w:rsidRPr="009D61B4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="009909EA">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">    ee-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[F]</w:t>
       </w:r>
-      <w:r w:rsidR="009909EA">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">ee-ee </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
-      <w:r w:rsidR="009909EA">
-[...6 lines deleted...]
-      <w:r w:rsidR="009909EA" w:rsidRPr="009D61B4">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D61B4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>yeah...</w:t>
       </w:r>
-      <w:r w:rsidR="009909EA">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[F]</w:t>
       </w:r>
-      <w:r w:rsidR="009909EA">
-[...6 lines deleted...]
-      <w:r w:rsidR="009909EA" w:rsidRPr="00B914A1">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B914A1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
-      <w:r w:rsidR="009909EA">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
-      <w:r w:rsidR="009909EA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">       </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[F]</w:t>
       </w:r>
-      <w:r w:rsidR="009909EA">
-[...6 lines deleted...]
-      <w:r w:rsidR="009909EA" w:rsidRPr="00B914A1">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B914A1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
-      <w:r w:rsidR="009909EA">
-[...2 lines deleted...]
-          <w:bCs/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
-      <w:r w:rsidR="00843868" w:rsidRPr="00843868">
+      <w:r w:rsidRPr="00534747">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Courier New"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...6 lines deleted...]
-        </w:rPr>
         <w:sym w:font="Symbol" w:char="F0AF"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E33115D" w14:textId="77777777" w:rsidR="009909EA" w:rsidRPr="009D61B4" w:rsidRDefault="009909EA" w:rsidP="009909EA">
-[...3 lines deleted...]
-          <w:bCs/>
+    <w:p w14:paraId="04837E29" w14:textId="77777777" w:rsidR="00D12CFA" w:rsidRDefault="00D12CFA" w:rsidP="00D12CFA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">     </w:t>
       </w:r>
-      <w:r w:rsidRPr="009909EA">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="EE0000"/>
         </w:rPr>
-        <w:t>(up)</w:t>
-[...57 lines deleted...]
-    <w:p w14:paraId="16CF8762" w14:textId="77777777" w:rsidR="007B0B66" w:rsidRDefault="007B0B66" w:rsidP="007B0B66">
+        <w:t>(hey)                            (hey)                            (hey)              (hey)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="438BAA6F" w14:textId="77777777" w:rsidR="00D12CFA" w:rsidRPr="009D61B4" w:rsidRDefault="00D12CFA" w:rsidP="00D12CFA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="60163F5C" w14:textId="77777777" w:rsidR="00D12CFA" w:rsidRDefault="00D12CFA" w:rsidP="00D12CFA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3289848F" wp14:editId="60AF2023">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="232B5F4C" wp14:editId="51F3BC8D">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="2052849250" name="Picture 3"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
@@ -5726,51 +5154,51 @@
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3970D5C7" wp14:editId="38C5FED2">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0E95542D" wp14:editId="11CB0BDB">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1108799459" name="Picture 1108799459" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\D.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 10" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\D.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
@@ -5781,51 +5209,51 @@
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1ECD9BBA" wp14:editId="50DBF574">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="35928B4E" wp14:editId="51F6F265">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1654982640" name="Picture 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
@@ -5836,51 +5264,51 @@
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2164368A" wp14:editId="1C8D05FB">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="09BDFC57" wp14:editId="58863B71">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1556409730" name="Picture 2"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
@@ -5891,100 +5319,100 @@
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="692B2A59" wp14:editId="38049311">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="30A353D7" wp14:editId="04D42744">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="128737639" name="Picture 4"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 4"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId9">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="710192E3" w14:textId="77777777" w:rsidR="00B043CF" w:rsidRDefault="00B043CF" w:rsidP="00110521">
+    <w:p w14:paraId="5089A0DC" w14:textId="77777777" w:rsidR="00D12CFA" w:rsidRDefault="00D12CFA" w:rsidP="00D12CFA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="646CEFDF" w14:textId="6C8BCCCC" w:rsidR="00A029D3" w:rsidRDefault="00A029D3" w:rsidP="00A029D3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Lucida Console"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId10" w:history="1">
         <w:r w:rsidRPr="00055195">
           <w:rPr>
             <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Lucida Console"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
           </w:rPr>
@@ -6033,119 +5461,120 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="61002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Console">
     <w:panose1 w:val="020B0609040504020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="8000028F" w:usb1="00001800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000001F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009D61B4"/>
     <w:rsid w:val="000076D2"/>
     <w:rsid w:val="000961DF"/>
     <w:rsid w:val="000A348C"/>
     <w:rsid w:val="000D00ED"/>
     <w:rsid w:val="000F7214"/>
     <w:rsid w:val="00110521"/>
     <w:rsid w:val="00132109"/>
     <w:rsid w:val="00161445"/>
     <w:rsid w:val="00174C37"/>
     <w:rsid w:val="0017786C"/>
     <w:rsid w:val="001A030B"/>
+    <w:rsid w:val="001B27CB"/>
     <w:rsid w:val="001C26FA"/>
     <w:rsid w:val="001E2271"/>
     <w:rsid w:val="00252E97"/>
     <w:rsid w:val="00261C29"/>
     <w:rsid w:val="0028306C"/>
     <w:rsid w:val="002B40E7"/>
     <w:rsid w:val="002B56B4"/>
     <w:rsid w:val="003442C9"/>
     <w:rsid w:val="00380C0B"/>
     <w:rsid w:val="00414418"/>
     <w:rsid w:val="004607B6"/>
     <w:rsid w:val="0047277F"/>
     <w:rsid w:val="00490D27"/>
     <w:rsid w:val="004E65B6"/>
     <w:rsid w:val="00531581"/>
     <w:rsid w:val="00550EFA"/>
     <w:rsid w:val="005543FD"/>
     <w:rsid w:val="006076CA"/>
     <w:rsid w:val="006230AD"/>
     <w:rsid w:val="006325CA"/>
     <w:rsid w:val="006B1A98"/>
     <w:rsid w:val="0072210D"/>
     <w:rsid w:val="007320F1"/>
     <w:rsid w:val="007609ED"/>
     <w:rsid w:val="007A5D22"/>
@@ -6155,50 +5584,51 @@
     <w:rsid w:val="00843868"/>
     <w:rsid w:val="00866CDE"/>
     <w:rsid w:val="00924B54"/>
     <w:rsid w:val="00972E99"/>
     <w:rsid w:val="009909EA"/>
     <w:rsid w:val="009D61B4"/>
     <w:rsid w:val="00A029D3"/>
     <w:rsid w:val="00A42E3F"/>
     <w:rsid w:val="00A51F64"/>
     <w:rsid w:val="00A569E6"/>
     <w:rsid w:val="00A902E9"/>
     <w:rsid w:val="00A92235"/>
     <w:rsid w:val="00A9741C"/>
     <w:rsid w:val="00AB09B4"/>
     <w:rsid w:val="00AC4F3B"/>
     <w:rsid w:val="00AD3A18"/>
     <w:rsid w:val="00B043CF"/>
     <w:rsid w:val="00B16743"/>
     <w:rsid w:val="00B914A1"/>
     <w:rsid w:val="00BB114B"/>
     <w:rsid w:val="00C150AD"/>
     <w:rsid w:val="00C434AD"/>
     <w:rsid w:val="00C5218C"/>
     <w:rsid w:val="00CA07D7"/>
     <w:rsid w:val="00D113AB"/>
+    <w:rsid w:val="00D12CFA"/>
     <w:rsid w:val="00D4034F"/>
     <w:rsid w:val="00D66B4B"/>
     <w:rsid w:val="00D84579"/>
     <w:rsid w:val="00D946C4"/>
     <w:rsid w:val="00DB1F9F"/>
     <w:rsid w:val="00E04FA3"/>
     <w:rsid w:val="00E04FCE"/>
     <w:rsid w:val="00EE31D2"/>
     <w:rsid w:val="00F1691C"/>
     <w:rsid w:val="00F81E40"/>
     <w:rsid w:val="00F96D25"/>
     <w:rsid w:val="00FB061D"/>
     <w:rsid w:val="00FC6CD8"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
@@ -7053,70 +6483,70 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{75A02CBF-9B6D-4C04-98ED-B5E96D8DF686}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>TEMPLATE FOR SONGSHEET</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>502</Words>
-  <Characters>2864</Characters>
+  <Words>507</Words>
+  <Characters>2896</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>23</Lines>
+  <Lines>24</Lines>
   <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3360</CharactersWithSpaces>
+  <CharactersWithSpaces>3397</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>HP User</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>