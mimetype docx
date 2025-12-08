--- v0 (2025-10-29)
+++ v1 (2025-12-08)
@@ -264,2944 +264,2843 @@
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11C03D82" w14:textId="77777777" w:rsidR="0047118E" w:rsidRPr="000961DF" w:rsidRDefault="0047118E">
+    <w:p w14:paraId="7B93C185" w14:textId="77777777" w:rsidR="00B80795" w:rsidRPr="000961DF" w:rsidRDefault="00B80795" w:rsidP="00B80795">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="451FBC8F" w14:textId="5A1205A1" w:rsidR="00972E99" w:rsidRDefault="00972E99">
+    <w:p w14:paraId="6E7408D2" w14:textId="77777777" w:rsidR="00B80795" w:rsidRDefault="00B80795" w:rsidP="00B80795">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Courier New"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A902E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>INTRO:</w:t>
       </w:r>
-      <w:r w:rsidR="00E40C6E">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidRPr="00A902E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
-        <w:t>/</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00252E97" w:rsidRPr="00A902E9">
+        <w:t xml:space="preserve">/ 1 2 </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1 2 </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00E40C6E">
+        <w:t xml:space="preserve">3 4 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A902E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">3 4 </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A902E9" w:rsidRPr="00A902E9">
+        <w:t xml:space="preserve">/ </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">/ </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00560848">
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A902E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">        / [G]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
-      <w:r w:rsidR="00A902E9" w:rsidRPr="00A902E9">
+      <w:r w:rsidRPr="00C64C00">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AF"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="748343B7" w14:textId="77777777" w:rsidR="00B80795" w:rsidRPr="00E40C6E" w:rsidRDefault="00B80795" w:rsidP="00B80795">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00E40C6E">
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E40C6E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00D267CB">
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                             /   1 2 3 4  /  </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00E40C6E">
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C6E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
-        </w:rPr>
-[...22 lines deleted...]
-          <w:b/>
           <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         </w:rPr>
-      </w:pPr>
-[...9 lines deleted...]
-    <w:p w14:paraId="044FC486" w14:textId="77777777" w:rsidR="00A9741C" w:rsidRPr="001A030B" w:rsidRDefault="00A9741C" w:rsidP="00A9741C">
+        <w:t>1   2   3</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AC9C52E" w14:textId="77777777" w:rsidR="00B80795" w:rsidRPr="001A030B" w:rsidRDefault="00B80795" w:rsidP="00B80795">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="033309F2" w14:textId="169C2D71" w:rsidR="00C64C00" w:rsidRPr="00C64C00" w:rsidRDefault="00C64C00" w:rsidP="00C64C00">
+    <w:p w14:paraId="599E5FBC" w14:textId="77777777" w:rsidR="00B80795" w:rsidRPr="00C64C00" w:rsidRDefault="00B80795" w:rsidP="00B80795">
       <w:pPr>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C64C00">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">As you </w:t>
       </w:r>
-      <w:r w:rsidR="00560848">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C64C00">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">promised me that I was more than </w:t>
       </w:r>
-      <w:r w:rsidR="0038336B">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
-      <w:r w:rsidR="0038336B">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C64C00">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>all the miles combined</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58114468" w14:textId="28863476" w:rsidR="00C64C00" w:rsidRPr="00C64C00" w:rsidRDefault="00C64C00" w:rsidP="00C64C00">
+    <w:p w14:paraId="2BCB8A09" w14:textId="77777777" w:rsidR="00B80795" w:rsidRPr="00C64C00" w:rsidRDefault="00B80795" w:rsidP="00B80795">
       <w:pPr>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C64C00">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">You must have </w:t>
       </w:r>
-      <w:r w:rsidR="00560848">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>[D]</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C64C00">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>had yourself a change of heart</w:t>
       </w:r>
-      <w:r w:rsidR="00535458">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00C64C00">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> like </w:t>
       </w:r>
-      <w:r w:rsidR="0038336B">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>[D]</w:t>
       </w:r>
-      <w:r w:rsidR="0038336B">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C64C00">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>halfway through the drive</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="297A2C2B" w14:textId="237D05A9" w:rsidR="00C64C00" w:rsidRPr="00C64C00" w:rsidRDefault="0038336B" w:rsidP="00C64C00">
+    <w:p w14:paraId="3A7B53D6" w14:textId="77777777" w:rsidR="00B80795" w:rsidRPr="00C64C00" w:rsidRDefault="00B80795" w:rsidP="00B80795">
       <w:pPr>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Bec</w:t>
       </w:r>
-      <w:r w:rsidR="00C64C00" w:rsidRPr="00C64C00">
+      <w:r w:rsidRPr="00C64C00">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">ause your </w:t>
       </w:r>
-      <w:r w:rsidR="00560848">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>[Em]</w:t>
       </w:r>
-      <w:r w:rsidR="000F1B0C" w:rsidRPr="00C64C00">
-[...17 lines deleted...]
-      <w:r w:rsidR="00C64C00" w:rsidRPr="00C64C00">
+      <w:r w:rsidRPr="00C64C00">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> voice</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C64C00">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">trailed off exactly as you </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>[Em]</w:t>
       </w:r>
       <w:r w:rsidRPr="00C64C00">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...8 lines deleted...]
-    <w:p w14:paraId="4EFD24B1" w14:textId="2E387E04" w:rsidR="00C64C00" w:rsidRPr="00C64C00" w:rsidRDefault="00560848" w:rsidP="00C64C00">
+        <w:t xml:space="preserve"> passed my exit sign</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="284C070B" w14:textId="77777777" w:rsidR="00B80795" w:rsidRPr="00C64C00" w:rsidRDefault="00B80795" w:rsidP="00B80795">
       <w:pPr>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>[C]</w:t>
       </w:r>
-      <w:r w:rsidR="00C64C00">
-[...5 lines deleted...]
-      <w:r w:rsidR="00C64C00" w:rsidRPr="00C64C00">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C64C00">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Kept on driving straight and left our </w:t>
       </w:r>
-      <w:r w:rsidR="0038336B">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>[C]</w:t>
       </w:r>
-      <w:r w:rsidR="0038336B">
-[...5 lines deleted...]
-      <w:r w:rsidR="00C64C00" w:rsidRPr="00C64C00">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C64C00">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>future to the right</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17DDD942" w14:textId="77777777" w:rsidR="00C64C00" w:rsidRPr="00C64C00" w:rsidRDefault="00C64C00" w:rsidP="00C64C00">
+    <w:p w14:paraId="07B703B8" w14:textId="77777777" w:rsidR="00B80795" w:rsidRPr="00C64C00" w:rsidRDefault="00B80795" w:rsidP="00B80795">
       <w:pPr>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="34E472D2" w14:textId="3F975255" w:rsidR="00C64C00" w:rsidRPr="00C64C00" w:rsidRDefault="00C64C00" w:rsidP="00C64C00">
+    <w:p w14:paraId="131671B4" w14:textId="77777777" w:rsidR="00B80795" w:rsidRPr="00C64C00" w:rsidRDefault="00B80795" w:rsidP="00B80795">
       <w:pPr>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C64C00">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Now I am </w:t>
       </w:r>
-      <w:r w:rsidR="00560848">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C64C00">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>stuck between my anger</w:t>
       </w:r>
-      <w:r w:rsidR="00535458">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00C64C00">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> and the </w:t>
       </w:r>
-      <w:r w:rsidR="0038336B">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
-      <w:r w:rsidR="0038336B">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C64C00">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>blame that I can't face</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B15C4D2" w14:textId="6B3D3503" w:rsidR="00C64C00" w:rsidRPr="00C64C00" w:rsidRDefault="00C64C00" w:rsidP="00C64C00">
+    <w:p w14:paraId="5F14C148" w14:textId="77777777" w:rsidR="00B80795" w:rsidRPr="00C64C00" w:rsidRDefault="00B80795" w:rsidP="00B80795">
       <w:pPr>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C64C00">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>And memo</w:t>
       </w:r>
-      <w:r w:rsidR="00D267CB">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="00D267CB">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>[D]</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C64C00">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>ries</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C64C00">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>are something even smoking</w:t>
       </w:r>
-      <w:r w:rsidR="0038336B">
-[...5 lines deleted...]
-      <w:r w:rsidR="0038336B">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>[D]</w:t>
       </w:r>
-      <w:r w:rsidR="0038336B">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C64C00">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>weed does not replace</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D2C80A8" w14:textId="66DCAA01" w:rsidR="00C64C00" w:rsidRPr="00C64C00" w:rsidRDefault="00C64C00" w:rsidP="00C64C00">
+    <w:p w14:paraId="3A47DE85" w14:textId="77777777" w:rsidR="00B80795" w:rsidRPr="00C64C00" w:rsidRDefault="00B80795" w:rsidP="00B80795">
       <w:pPr>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C64C00">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">And I am </w:t>
       </w:r>
-      <w:r w:rsidR="00560848">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>[Em]</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C64C00">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>terrified of weather</w:t>
       </w:r>
-      <w:r w:rsidR="00D528CA">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00C64C00">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 'cause I </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0038336B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C64C00">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>'cause</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C64C00">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> I </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>[Em]</w:t>
       </w:r>
-      <w:r w:rsidR="0038336B">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C64C00">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>see you when it rains</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F509B1A" w14:textId="2B3E5AF3" w:rsidR="00C64C00" w:rsidRPr="00C64C00" w:rsidRDefault="00560848" w:rsidP="00C64C00">
+    <w:p w14:paraId="7230555A" w14:textId="77777777" w:rsidR="00B80795" w:rsidRPr="00C64C00" w:rsidRDefault="00B80795" w:rsidP="00B80795">
       <w:pPr>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>[C]</w:t>
       </w:r>
-      <w:r w:rsidR="00C64C00">
-[...5 lines deleted...]
-      <w:r w:rsidR="00C64C00" w:rsidRPr="00C64C00">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C64C00">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Doc told me to travel</w:t>
       </w:r>
-      <w:r w:rsidR="00535458">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00C64C00" w:rsidRPr="00C64C00">
+      <w:r w:rsidRPr="00C64C00">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> but there's </w:t>
       </w:r>
-      <w:r w:rsidR="0038336B">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>[C]</w:t>
       </w:r>
-      <w:r w:rsidR="0038336B">
-[...11 lines deleted...]
-      <w:r w:rsidR="00C64C00" w:rsidRPr="00C64C00">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Covid</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C64C00">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> on the planes</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="125B07C5" w14:textId="77777777" w:rsidR="00C64C00" w:rsidRPr="00C64C00" w:rsidRDefault="00C64C00" w:rsidP="00C64C00">
+    <w:p w14:paraId="43475103" w14:textId="77777777" w:rsidR="00B80795" w:rsidRPr="00C64C00" w:rsidRDefault="00B80795" w:rsidP="00B80795">
       <w:pPr>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1467ACB5" w14:textId="279E905A" w:rsidR="00C64C00" w:rsidRPr="00A91003" w:rsidRDefault="00C64C00" w:rsidP="00C64C00">
+    <w:p w14:paraId="21FBA88C" w14:textId="77777777" w:rsidR="00B80795" w:rsidRPr="00A91003" w:rsidRDefault="00B80795" w:rsidP="00B80795">
       <w:pPr>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C64C00">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
-      <w:r w:rsidR="00A91003">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>HORUS</w:t>
       </w:r>
       <w:r w:rsidRPr="00C64C00">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68594962" w14:textId="473A2EA6" w:rsidR="00C64C00" w:rsidRPr="00C64C00" w:rsidRDefault="00C64C00" w:rsidP="00C64C00">
+    <w:p w14:paraId="4E7DCF23" w14:textId="77777777" w:rsidR="00B80795" w:rsidRPr="00C64C00" w:rsidRDefault="00B80795" w:rsidP="00B80795">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C64C00">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">And I </w:t>
       </w:r>
-      <w:r w:rsidR="00560848">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
-      <w:r w:rsidR="00560848" w:rsidRPr="00C64C00">
+      <w:r w:rsidRPr="00C64C00">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Courier New"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:sym w:font="Symbol" w:char="F0AF"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Courier New"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C64C00">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>love Vermont</w:t>
       </w:r>
-      <w:r w:rsidR="00535458">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00C64C00">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> but it's the</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C64C00">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>season of the sticks and I</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44612631" w14:textId="299D8AAC" w:rsidR="00C64C00" w:rsidRPr="00C64C00" w:rsidRDefault="00407360" w:rsidP="00C64C00">
+    <w:p w14:paraId="4B80481B" w14:textId="77777777" w:rsidR="00B80795" w:rsidRPr="00C64C00" w:rsidRDefault="00B80795" w:rsidP="00B80795">
       <w:pPr>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>[D]</w:t>
       </w:r>
       <w:r w:rsidRPr="00C64C00">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Courier New"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:sym w:font="Symbol" w:char="F0AF"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Courier New"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C64C00" w:rsidRPr="00C64C00">
+      <w:r w:rsidRPr="00C64C00">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Saw your mom, she</w:t>
       </w:r>
-      <w:r w:rsidR="00C64C00">
-[...5 lines deleted...]
-      <w:r w:rsidR="00C64C00" w:rsidRPr="00C64C00">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C64C00">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>forgot that I exist</w:t>
       </w:r>
-      <w:r w:rsidR="00F14549">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>ed</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E030DBA" w14:textId="3716A1E9" w:rsidR="00C64C00" w:rsidRPr="00C64C00" w:rsidRDefault="00C64C00" w:rsidP="00C64C00">
+    <w:p w14:paraId="135B1E36" w14:textId="77777777" w:rsidR="00B80795" w:rsidRPr="00C64C00" w:rsidRDefault="00B80795" w:rsidP="00B80795">
       <w:pPr>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C64C00">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">And it's </w:t>
       </w:r>
-      <w:r w:rsidR="00560848">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>[Em]</w:t>
       </w:r>
-      <w:r w:rsidR="00560848" w:rsidRPr="00C64C00">
+      <w:r w:rsidRPr="00C64C00">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Courier New"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:sym w:font="Symbol" w:char="F0AF"/>
       </w:r>
       <w:r w:rsidRPr="00C64C00">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> half my fault</w:t>
       </w:r>
-      <w:r w:rsidR="00535458">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00C64C00">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> but I just like to play the victi</w:t>
       </w:r>
-      <w:r w:rsidR="00407360">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36326FF0" w14:textId="1233EE7A" w:rsidR="00C64C00" w:rsidRPr="00C64C00" w:rsidRDefault="00C64C00" w:rsidP="00C64C00">
+    <w:p w14:paraId="29A2AE66" w14:textId="77777777" w:rsidR="00B80795" w:rsidRPr="00C64C00" w:rsidRDefault="00B80795" w:rsidP="00B80795">
       <w:pPr>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidRPr="00C64C00">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">'ll drink </w:t>
       </w:r>
-      <w:r w:rsidR="00560848">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>[C]</w:t>
       </w:r>
-      <w:r w:rsidR="00560848" w:rsidRPr="00C64C00">
+      <w:r w:rsidRPr="00C64C00">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Courier New"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:sym w:font="Symbol" w:char="F0AF"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> alcohol</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00535458">
+        <w:t xml:space="preserve"> alcohol, ‘til</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C64C00">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> my </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C64C00">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>friends come home for Christmas</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61093C0B" w14:textId="77777777" w:rsidR="00B80795" w:rsidRDefault="00B80795" w:rsidP="00B80795">
+      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3A516CA8" w14:textId="77777777" w:rsidR="00B80795" w:rsidRPr="00C64C00" w:rsidRDefault="00B80795" w:rsidP="00B80795">
+      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C64C00">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>And I'll</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C64C00">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dream each night of some </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C64C00">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> version of you</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60C229C5" w14:textId="77777777" w:rsidR="00B80795" w:rsidRPr="00C64C00" w:rsidRDefault="00B80795" w:rsidP="00B80795">
+      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C64C00">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>That I</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[D]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C64C00">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C64C00">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>might not have</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> ‘til</w:t>
+      <w:r w:rsidRPr="00C64C00">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> but I </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[D]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C64C00">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C64C00">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>did not lose</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13C94203" w14:textId="77777777" w:rsidR="00B80795" w:rsidRPr="00C64C00" w:rsidRDefault="00B80795" w:rsidP="00B80795">
+      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C64C00">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Now you'r</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">e </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[Em]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C64C00">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tire tracks and one </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[Em]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C64C00">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pair of shoes</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AF61F98" w14:textId="77777777" w:rsidR="00B80795" w:rsidRDefault="00B80795" w:rsidP="00B80795">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C64C00">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>And I'm</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C64C00">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C64C00">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>split in half</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C64C00">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> but that'll</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[D]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C64C00">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> have to do</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-o-o-o </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A902E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">/ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A902E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">        / [G]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C64C00">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AF"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F26CE07" w14:textId="77777777" w:rsidR="00B80795" w:rsidRPr="00514B71" w:rsidRDefault="00B80795" w:rsidP="00B80795">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/  1 2 3 4  /  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t>1   2   3</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EBACB24" w14:textId="77777777" w:rsidR="00B80795" w:rsidRDefault="00B80795" w:rsidP="00B80795">
+      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6F1013CB" w14:textId="77777777" w:rsidR="00B80795" w:rsidRPr="00C64C00" w:rsidRDefault="00B80795" w:rsidP="00B80795">
+      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C64C00">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">So I </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C64C00">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">thought that if I piled something </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C64C00">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>good on all my bad</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56D44C47" w14:textId="77777777" w:rsidR="00B80795" w:rsidRPr="00C64C00" w:rsidRDefault="00B80795" w:rsidP="00B80795">
+      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C64C00">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">That I could </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">[D] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C64C00">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>cancel out</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the darkness I in-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[D]</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>herited</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> from D</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C64C00">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>ad</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="297F319C" w14:textId="77777777" w:rsidR="00B80795" w:rsidRPr="00C64C00" w:rsidRDefault="00B80795" w:rsidP="00B80795">
+      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C64C00">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>No, I am</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[Em]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C64C00">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> no longer funny </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C64C00">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>'cause</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C64C00">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> I </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[Em]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C64C00">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> miss the way you laugh</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F9F0424" w14:textId="77777777" w:rsidR="00B80795" w:rsidRPr="00C64C00" w:rsidRDefault="00B80795" w:rsidP="00B80795">
+      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C64C00">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">You </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C64C00">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">once called me forever, now you </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C64C00">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>still can't call me back</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="626EA414" w14:textId="77777777" w:rsidR="00B80795" w:rsidRPr="00C64C00" w:rsidRDefault="00B80795" w:rsidP="00B80795">
+      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="49998CA6" w14:textId="77777777" w:rsidR="00B80795" w:rsidRPr="00A91003" w:rsidRDefault="00B80795" w:rsidP="00B80795">
+      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C64C00">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>HORUS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C64C00">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22B5A009" w14:textId="77777777" w:rsidR="00B80795" w:rsidRPr="00C64C00" w:rsidRDefault="00B80795" w:rsidP="00B80795">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C64C00">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">And I </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C64C00">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>love Vermont</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C64C00">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> but it's the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C64C00">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>season of the sticks and I</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CC94A0B" w14:textId="77777777" w:rsidR="00B80795" w:rsidRPr="00C64C00" w:rsidRDefault="00B80795" w:rsidP="00B80795">
+      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">[D] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C64C00">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Saw your mom, she</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C64C00">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[D]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C64C00">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>got that I existed</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="412A5A7E" w14:textId="77777777" w:rsidR="00B80795" w:rsidRPr="00C64C00" w:rsidRDefault="00B80795" w:rsidP="00B80795">
+      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C64C00">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>And it's</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[Em]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C64C00">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> half my fault</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C64C00">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> but I just </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[Em]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C64C00">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> like to play the victim</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10DE6D17" w14:textId="77777777" w:rsidR="00B80795" w:rsidRPr="00C64C00" w:rsidRDefault="00B80795" w:rsidP="00B80795">
+      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C64C00">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>I'll drink</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> alcohol, ‘til</w:t>
       </w:r>
       <w:r w:rsidRPr="00C64C00">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> my </w:t>
       </w:r>
-      <w:r w:rsidR="00560848">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>[C]</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C64C00">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>friends come home for Christmas</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47FD1C15" w14:textId="77777777" w:rsidR="00C64C00" w:rsidRDefault="00C64C00" w:rsidP="00C64C00">
+    <w:p w14:paraId="400BD29D" w14:textId="77777777" w:rsidR="00B80795" w:rsidRDefault="00B80795" w:rsidP="00B80795">
       <w:pPr>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="542B3FEC" w14:textId="4B30D496" w:rsidR="00C64C00" w:rsidRPr="00C64C00" w:rsidRDefault="00C64C00" w:rsidP="00C64C00">
+    <w:p w14:paraId="209BA0E9" w14:textId="77777777" w:rsidR="00B80795" w:rsidRPr="00C64C00" w:rsidRDefault="00B80795" w:rsidP="00B80795">
       <w:pPr>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C64C00">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>And I'll</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0038336B">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
-      <w:r w:rsidR="0038336B" w:rsidRPr="00C64C00">
-[...11 lines deleted...]
-      <w:r w:rsidR="0038336B">
+      <w:r w:rsidRPr="00C64C00">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dream each night of some </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
-      <w:r w:rsidR="0038336B" w:rsidRPr="00C64C00">
-[...12 lines deleted...]
-    <w:p w14:paraId="1A4028F6" w14:textId="1E1C65CE" w:rsidR="00C64C00" w:rsidRPr="00C64C00" w:rsidRDefault="00C64C00" w:rsidP="00C64C00">
+      <w:r w:rsidRPr="00C64C00">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> version of you</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D78D640" w14:textId="77777777" w:rsidR="00B80795" w:rsidRPr="00C64C00" w:rsidRDefault="00B80795" w:rsidP="00B80795">
       <w:pPr>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C64C00">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>That I</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00560848">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>[D]</w:t>
       </w:r>
       <w:r w:rsidRPr="00C64C00">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
-          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> might not have</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C64C00">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> but I </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[D]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C64C00">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> did not lose</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FC0134A" w14:textId="77777777" w:rsidR="00B80795" w:rsidRPr="00C64C00" w:rsidRDefault="00B80795" w:rsidP="00B80795">
+      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C64C00">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Now you'r</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">e </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[Em]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C64C00">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tire tracks and one </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[Em]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C64C00">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pair of shoes</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36B0E702" w14:textId="77777777" w:rsidR="00B80795" w:rsidRPr="00C64C00" w:rsidRDefault="00B80795" w:rsidP="00B80795">
+      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C64C00">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>And I'm</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C64C00">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> split in half</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C64C00">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> but that'll</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[D]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C64C00">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> have to do</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-o-o-o </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B9B0B92" w14:textId="77777777" w:rsidR="00B80795" w:rsidRDefault="00B80795" w:rsidP="00B80795">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4617C3B2" w14:textId="77777777" w:rsidR="00B80795" w:rsidRPr="00C64C00" w:rsidRDefault="00B80795" w:rsidP="00B80795">
+      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="18BB4D79" w14:textId="77777777" w:rsidR="00B80795" w:rsidRPr="00A91003" w:rsidRDefault="00B80795" w:rsidP="00B80795">
+      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C64C00">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>RIDGE</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C64C00">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6497CB35" w14:textId="77777777" w:rsidR="00B80795" w:rsidRPr="00C64C00" w:rsidRDefault="00B80795" w:rsidP="00B80795">
+      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C64C00">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Oh that'll have to do</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[D]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E5BAF8F" w14:textId="77777777" w:rsidR="00B80795" w:rsidRPr="00C64C00" w:rsidRDefault="00B80795" w:rsidP="00B80795">
+      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">[D] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C64C00">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">My other half was </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[Em]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C64C00">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>you</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E6ACBBB" w14:textId="77777777" w:rsidR="00B80795" w:rsidRPr="00C64C00" w:rsidRDefault="00B80795" w:rsidP="00B80795">
+      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[Em]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C64C00">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I hope this pain's just </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C64C00">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>passing through</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3216830D" w14:textId="77777777" w:rsidR="00B80795" w:rsidRPr="00C64C00" w:rsidRDefault="00B80795" w:rsidP="00B80795">
+      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C64C00">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">But I </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[D]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C64C00">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>doubt it</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24AE5374" w14:textId="77777777" w:rsidR="00B80795" w:rsidRPr="00C64C00" w:rsidRDefault="00B80795" w:rsidP="00B80795">
+      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4EC458CA" w14:textId="77777777" w:rsidR="00B80795" w:rsidRPr="00A91003" w:rsidRDefault="00B80795" w:rsidP="00B80795">
+      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C64C00">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>HORUS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C64C00">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D8F1A71" w14:textId="77777777" w:rsidR="00B80795" w:rsidRPr="00C64C00" w:rsidRDefault="00B80795" w:rsidP="00B80795">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C64C00">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">And I </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C64C00">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AF"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C64C00">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>love Vermont</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C64C00">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> but it's the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C64C00">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>season of the sticks and I</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55F651D1" w14:textId="77777777" w:rsidR="00B80795" w:rsidRPr="00C64C00" w:rsidRDefault="00B80795" w:rsidP="00B80795">
+      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[D]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C64C00">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AF"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C64C00">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Saw your mom, she</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C64C00">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>forgot that I exist</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>ed</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65ADA6ED" w14:textId="77777777" w:rsidR="00B80795" w:rsidRPr="00C64C00" w:rsidRDefault="00B80795" w:rsidP="00B80795">
+      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C64C00">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">And it's </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[Em]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C64C00">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AF"/>
+      </w:r>
+      <w:r w:rsidRPr="00C64C00">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> half my fault</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C64C00">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> but I just like to play the victi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51E9B06E" w14:textId="77777777" w:rsidR="00B80795" w:rsidRPr="00C64C00" w:rsidRDefault="00B80795" w:rsidP="00B80795">
+      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C64C00">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">'ll drink </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C64C00">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AF"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> alcohol, ‘til</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C64C00">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> my </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C64C00">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>friends come home for Christmas</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D22601A" w14:textId="77777777" w:rsidR="00B80795" w:rsidRDefault="00B80795" w:rsidP="00B80795">
+      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7ACD8DBF" w14:textId="77777777" w:rsidR="00B80795" w:rsidRPr="00C64C00" w:rsidRDefault="00B80795" w:rsidP="00B80795">
+      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C64C00">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>And I'll</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C64C00">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dream each night of some </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C64C00">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> version of you</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AC3E374" w14:textId="77777777" w:rsidR="00B80795" w:rsidRPr="00C64C00" w:rsidRDefault="00B80795" w:rsidP="00B80795">
+      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C64C00">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>That I</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[D]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C64C00">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>might not have</w:t>
       </w:r>
-      <w:r w:rsidR="00535458">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00C64C00">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> but I </w:t>
       </w:r>
-      <w:r w:rsidR="00D528CA">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>[D]</w:t>
       </w:r>
-      <w:r w:rsidR="00D528CA" w:rsidRPr="00C64C00">
-[...2 lines deleted...]
-          <w:b/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C64C00">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>did not lose</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A70323F" w14:textId="3C69AB26" w:rsidR="00C64C00" w:rsidRPr="00C64C00" w:rsidRDefault="00C64C00" w:rsidP="00C64C00">
+    <w:p w14:paraId="07F9B7C7" w14:textId="77777777" w:rsidR="00B80795" w:rsidRPr="00C64C00" w:rsidRDefault="00B80795" w:rsidP="00B80795">
       <w:pPr>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C64C00">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Now you'r</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">e </w:t>
       </w:r>
-      <w:r w:rsidR="00560848">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>[Em]</w:t>
       </w:r>
       <w:r w:rsidRPr="00C64C00">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> tire tracks and one </w:t>
       </w:r>
-      <w:r w:rsidR="00D528CA">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>[Em]</w:t>
       </w:r>
-      <w:r w:rsidR="00D528CA" w:rsidRPr="00C64C00">
-[...17 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="00C64C00">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pair of shoes</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="120C1095" w14:textId="77777777" w:rsidR="00B80795" w:rsidRDefault="00B80795" w:rsidP="00B80795">
+      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C64C00">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>And I'm</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00560848">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>[C]</w:t>
       </w:r>
       <w:r w:rsidRPr="00C64C00">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
-          <w:b/>
-[...9 lines deleted...]
-      <w:r w:rsidR="00535458">
+        </w:rPr>
+        <w:t xml:space="preserve"> split in half</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00C64C00">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> but that'll</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00560848">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>[D]</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C64C00">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> have to do</w:t>
       </w:r>
-      <w:r w:rsidR="00D267CB">
-[...14 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+    </w:p>
+    <w:p w14:paraId="73E4DBF3" w14:textId="77777777" w:rsidR="00B80795" w:rsidRPr="00C64C00" w:rsidRDefault="00B80795" w:rsidP="00B80795">
+      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[D]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Have to do-o-o-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
-      <w:r w:rsidR="0038336B" w:rsidRPr="00A902E9">
-[...1646 lines deleted...]
-      <w:r w:rsidR="00560848" w:rsidRPr="00C64C00">
+      <w:r w:rsidRPr="00C64C00">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Courier New"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:sym w:font="Symbol" w:char="F0AF"/>
       </w:r>
       <w:r w:rsidRPr="00F14549">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Courier New"/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76982181" w14:textId="77777777" w:rsidR="001A030B" w:rsidRDefault="001A030B" w:rsidP="00A9741C">
+    <w:p w14:paraId="2DD6DF7B" w14:textId="77777777" w:rsidR="00B80795" w:rsidRDefault="00B80795" w:rsidP="00B80795">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="426FEFE6" w14:textId="77777777" w:rsidR="00535458" w:rsidRPr="003139F7" w:rsidRDefault="00535458" w:rsidP="00535458">
+    <w:p w14:paraId="2748423C" w14:textId="77777777" w:rsidR="00B80795" w:rsidRPr="003139F7" w:rsidRDefault="00B80795" w:rsidP="00B80795">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5B531136" wp14:editId="1CC82979">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1A387CA5" wp14:editId="04128C14">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1823591746" name="Picture 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
@@ -3212,51 +3111,51 @@
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="45EBCD2A" wp14:editId="022AA5AB">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="56948F57" wp14:editId="1C4BDFAA">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1964047049" name="Picture 1964047049" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\D.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 10" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\D.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
@@ -3267,51 +3166,51 @@
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="392249B1" wp14:editId="7371EA76">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="25D0352E" wp14:editId="3F94F6EF">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="845805230" name="Picture 2"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
@@ -3322,100 +3221,100 @@
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="743C9591" wp14:editId="5342E0AC">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="50D204C4" wp14:editId="240DBA28">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1328021454" name="Picture 3"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4AF8B621" w14:textId="77777777" w:rsidR="00535458" w:rsidRPr="001A030B" w:rsidRDefault="00535458" w:rsidP="00A9741C">
+    <w:p w14:paraId="1A21B564" w14:textId="77777777" w:rsidR="00B80795" w:rsidRPr="001A030B" w:rsidRDefault="00B80795" w:rsidP="00B80795">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="454A58CF" w14:textId="670FED21" w:rsidR="00A029D3" w:rsidRDefault="00A029D3" w:rsidP="00A029D3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Lucida Console"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidRPr="00055195">
           <w:rPr>
             <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Lucida Console"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
           </w:rPr>
@@ -3451,187 +3350,192 @@
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="61002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Console">
     <w:panose1 w:val="020B0609040504020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="8000028F" w:usb1="00001800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000001F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="120"/>
+  <w:proofState w:spelling="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D67EC2"/>
     <w:rsid w:val="000076D2"/>
     <w:rsid w:val="000961DF"/>
     <w:rsid w:val="000A348C"/>
     <w:rsid w:val="000D00ED"/>
     <w:rsid w:val="000F1B0C"/>
     <w:rsid w:val="000F7214"/>
     <w:rsid w:val="00110521"/>
     <w:rsid w:val="00132109"/>
     <w:rsid w:val="00161445"/>
     <w:rsid w:val="0017786C"/>
     <w:rsid w:val="001A030B"/>
     <w:rsid w:val="001C26FA"/>
     <w:rsid w:val="001E2271"/>
     <w:rsid w:val="001F2A98"/>
+    <w:rsid w:val="001F58C1"/>
     <w:rsid w:val="0021506D"/>
     <w:rsid w:val="00220C15"/>
     <w:rsid w:val="00252E97"/>
     <w:rsid w:val="002B56B4"/>
     <w:rsid w:val="002F490A"/>
     <w:rsid w:val="003139F7"/>
     <w:rsid w:val="003442C9"/>
     <w:rsid w:val="0038336B"/>
     <w:rsid w:val="00407360"/>
     <w:rsid w:val="00414418"/>
     <w:rsid w:val="0047118E"/>
     <w:rsid w:val="0047277F"/>
     <w:rsid w:val="00490D27"/>
     <w:rsid w:val="004E65B6"/>
     <w:rsid w:val="00514B71"/>
     <w:rsid w:val="00531581"/>
     <w:rsid w:val="00534D7F"/>
     <w:rsid w:val="00535458"/>
     <w:rsid w:val="00550EFA"/>
     <w:rsid w:val="005543FD"/>
     <w:rsid w:val="00560848"/>
+    <w:rsid w:val="00591E0F"/>
     <w:rsid w:val="006230AD"/>
     <w:rsid w:val="0063103E"/>
     <w:rsid w:val="006325CA"/>
     <w:rsid w:val="00672933"/>
     <w:rsid w:val="006C7061"/>
     <w:rsid w:val="007320F1"/>
     <w:rsid w:val="007E4748"/>
     <w:rsid w:val="0082492D"/>
     <w:rsid w:val="0084329B"/>
     <w:rsid w:val="00866CDE"/>
     <w:rsid w:val="00880746"/>
     <w:rsid w:val="008A5952"/>
     <w:rsid w:val="0091163E"/>
     <w:rsid w:val="00924B54"/>
     <w:rsid w:val="00972E99"/>
     <w:rsid w:val="009F0E03"/>
     <w:rsid w:val="00A029D3"/>
     <w:rsid w:val="00A40425"/>
     <w:rsid w:val="00A428EB"/>
     <w:rsid w:val="00A42E3F"/>
     <w:rsid w:val="00A569E6"/>
     <w:rsid w:val="00A902E9"/>
     <w:rsid w:val="00A91003"/>
     <w:rsid w:val="00A92235"/>
     <w:rsid w:val="00A9741C"/>
     <w:rsid w:val="00AA184F"/>
     <w:rsid w:val="00AB09B4"/>
     <w:rsid w:val="00AD3A18"/>
     <w:rsid w:val="00B043CF"/>
     <w:rsid w:val="00B16743"/>
+    <w:rsid w:val="00B80795"/>
     <w:rsid w:val="00BB114B"/>
     <w:rsid w:val="00C5218C"/>
     <w:rsid w:val="00C64C00"/>
     <w:rsid w:val="00CA07D7"/>
     <w:rsid w:val="00D113AB"/>
     <w:rsid w:val="00D267CB"/>
     <w:rsid w:val="00D4034F"/>
     <w:rsid w:val="00D528CA"/>
     <w:rsid w:val="00D66B4B"/>
     <w:rsid w:val="00D67EC2"/>
     <w:rsid w:val="00D84579"/>
     <w:rsid w:val="00DB1F9F"/>
     <w:rsid w:val="00E04FCE"/>
     <w:rsid w:val="00E26BB6"/>
     <w:rsid w:val="00E40C6E"/>
+    <w:rsid w:val="00EA3417"/>
     <w:rsid w:val="00F14549"/>
     <w:rsid w:val="00F403EC"/>
     <w:rsid w:val="00F81E40"/>
     <w:rsid w:val="00F930EB"/>
     <w:rsid w:val="00F96D25"/>
     <w:rsid w:val="00FB061D"/>
     <w:rsid w:val="00FC6CD8"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
@@ -5411,66 +5315,66 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{75A02CBF-9B6D-4C04-98ED-B5E96D8DF686}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>TEMPLATE FOR SONGSHEET</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>417</Words>
-  <Characters>2381</Characters>
+  <Words>418</Words>
+  <Characters>2388</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>19</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2793</CharactersWithSpaces>
+  <CharactersWithSpaces>2801</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Sue Rogers</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>