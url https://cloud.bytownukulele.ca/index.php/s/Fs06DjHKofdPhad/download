--- v0 (2025-10-27)
+++ v1 (2025-12-16)
@@ -1,4499 +1,4114 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="6632461B" w14:textId="60341490" w:rsidR="0082492D" w:rsidRPr="00A902E9" w:rsidRDefault="00233797" w:rsidP="00DB1F9F">
+    <w:p w14:paraId="6632461B" w14:textId="34A08CF9" w:rsidR="0082492D" w:rsidRPr="00A902E9" w:rsidRDefault="00233797" w:rsidP="00DB1F9F">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk120615209"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:t>Calling To Say</w:t>
       </w:r>
-    </w:p>
-[...39 lines deleted...]
-          <w:b/>
+      <w:r w:rsidR="008D4F55">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008D4F55">
+        <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="675A3583" wp14:editId="38BDBCBE">
-[...2 lines deleted...]
-            <wp:docPr id="24" name="Picture 24" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\Am.png"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0E4D0ED7" wp14:editId="3D3F148A">
+            <wp:extent cx="151130" cy="151130"/>
+            <wp:effectExtent l="0" t="0" r="1270" b="1270"/>
+            <wp:docPr id="1710697036" name="Picture 2"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 4" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\Am.png"/>
+                    <pic:cNvPr id="0" name="Picture 3"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="457200" cy="609600"/>
+                      <a:ext cx="153597" cy="153597"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="00110521">
+    </w:p>
+    <w:p w14:paraId="4C7761C2" w14:textId="77777777" w:rsidR="00487BD6" w:rsidRPr="00A902E9" w:rsidRDefault="00487BD6" w:rsidP="00487BD6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>Serena Ryder 2007</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AEE3887" w14:textId="77777777" w:rsidR="00487BD6" w:rsidRPr="007519FC" w:rsidRDefault="00487BD6" w:rsidP="00487BD6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3FFB5FD8" w14:textId="77777777" w:rsidR="00487BD6" w:rsidRDefault="00487BD6" w:rsidP="00487BD6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3CE36BF8" wp14:editId="269660C2">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="31816A7C" wp14:editId="4CDEF5FB">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="3" name="Picture 3" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\C.png"/>
+            <wp:docPr id="377" name="Picture 377" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\Am.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 3" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\C.png"/>
+                    <pic:cNvPr id="0" name="Picture 4" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\Am.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="60016334" wp14:editId="26BB7B48">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="208F7D58" wp14:editId="3BC866AC">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="25" name="Picture 25" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\Dm.png"/>
+            <wp:docPr id="378" name="Picture 378" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\C.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 5" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\Dm.png"/>
+                    <pic:cNvPr id="0" name="Picture 3" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\C.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="00110521">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="48F9E667" wp14:editId="3608E079">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="121795D3" wp14:editId="2DDB821D">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="6" name="Picture 6" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\Em.png"/>
+            <wp:docPr id="379" name="Picture 379" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\Dm.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 6" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\Em.png"/>
+                    <pic:cNvPr id="0" name="Picture 5" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\Dm.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="00110521">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="659588D4" wp14:editId="08AE03F9">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="591B70CB" wp14:editId="0CC308EC">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="7" name="Picture 7" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\F.png"/>
+            <wp:docPr id="380" name="Picture 380" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\Em.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 7" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\F.png"/>
+                    <pic:cNvPr id="0" name="Picture 6" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\Em.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId9">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="0015196C">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1C16C769" wp14:editId="30ECC603">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3139EBCD" wp14:editId="1617D571">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="5" name="Picture 5"/>
+            <wp:docPr id="381" name="Picture 381" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\F.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 1"/>
+                    <pic:cNvPr id="0" name="Picture 7" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\F.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId10">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="0015196C">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7B06E530" wp14:editId="52936A2B">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2B640BD8" wp14:editId="3827355C">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="14" name="Picture 14"/>
+            <wp:docPr id="382" name="Picture 382"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 3"/>
+                    <pic:cNvPr id="0" name="Picture 1"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId11">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="00110521">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3B9DDA99" wp14:editId="31D800B1">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5336E6BC" wp14:editId="7C3E8BBE">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="8" name="Picture 8" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\G.png"/>
+            <wp:docPr id="383" name="Picture 383"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 8" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\G.png"/>
+                    <pic:cNvPr id="0" name="Picture 3"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="00FF752E">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="35342024" wp14:editId="2BC1C9F0">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0683E2E0" wp14:editId="0CA35FC1">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="13" name="Picture 13"/>
+            <wp:docPr id="384" name="Picture 384" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\G.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 2"/>
+                    <pic:cNvPr id="0" name="Picture 8" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\G.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId13">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="469F495D" wp14:editId="67CE3E10">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="729D2150" wp14:editId="1113EEBB">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="23" name="Picture 23" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\G7.png"/>
+            <wp:docPr id="385" name="Picture 385"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 3" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\G7.png"/>
+                    <pic:cNvPr id="0" name="Picture 2"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId14">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-    </w:p>
-[...3066 lines deleted...]
-      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6B07F7EC" wp14:editId="2BBF0F7F">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="44BA285E" wp14:editId="34AB6CF9">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="15" name="Picture 15" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\Am.png"/>
+            <wp:docPr id="386" name="Picture 386" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\G7.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 4" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\Am.png"/>
+                    <pic:cNvPr id="0" name="Picture 3" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\G7.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5">
+                    <a:blip r:embed="rId15">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="2998C247" w14:textId="77777777" w:rsidR="00487BD6" w:rsidRPr="007519FC" w:rsidRDefault="00487BD6" w:rsidP="00487BD6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="8"/>
+          <w:szCs w:val="8"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6461EB58" w14:textId="77777777" w:rsidR="00487BD6" w:rsidRDefault="00487BD6" w:rsidP="00487BD6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A902E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">INTRO:  / 1 2 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A902E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A902E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D13D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A902E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D13D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B8E68BC" w14:textId="77777777" w:rsidR="00487BD6" w:rsidRPr="007519FC" w:rsidRDefault="00487BD6" w:rsidP="00487BD6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="8"/>
+          <w:szCs w:val="8"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4154BF00" w14:textId="77777777" w:rsidR="00487BD6" w:rsidRDefault="00487BD6" w:rsidP="00487BD6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">I wasn’t </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0015196C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[Gm]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sure, if I should </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D13D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> call</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B304082" w14:textId="77777777" w:rsidR="00487BD6" w:rsidRDefault="00487BD6" w:rsidP="00487BD6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">You know with </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0015196C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[Fm]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> family and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D13D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> all</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3527AF71" w14:textId="77777777" w:rsidR="00487BD6" w:rsidRDefault="00487BD6" w:rsidP="00487BD6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">It seems </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0015196C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[Gm]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> strange, to let it </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D13D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pass</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E825166" w14:textId="77777777" w:rsidR="00487BD6" w:rsidRDefault="00487BD6" w:rsidP="00487BD6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">I just </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0015196C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[Fm]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> thought I’d call and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D13D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ask</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78799D9A" w14:textId="77777777" w:rsidR="00487BD6" w:rsidRPr="007519FC" w:rsidRDefault="00487BD6" w:rsidP="00487BD6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6CA01E32" w14:textId="77777777" w:rsidR="00487BD6" w:rsidRDefault="00487BD6" w:rsidP="00487BD6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Are you </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0015196C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[Em]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> having </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D13D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> fun? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55B34ABD" w14:textId="77777777" w:rsidR="00487BD6" w:rsidRDefault="00487BD6" w:rsidP="00487BD6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Are you </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0015196C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[Em]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> seeing any-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D13D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[Am]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>one?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A472820" w14:textId="77777777" w:rsidR="00487BD6" w:rsidRDefault="00487BD6" w:rsidP="00487BD6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Yeah, I’ve been </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D13D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[Dm]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> busy too</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76DB29F0" w14:textId="77777777" w:rsidR="00487BD6" w:rsidRDefault="00487BD6" w:rsidP="00487BD6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D13D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[Dm]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> I hope I’m not </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF43B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D13D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> keeping </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D13D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[G7]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> you </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF43B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50E4E5FB" w14:textId="77777777" w:rsidR="00487BD6" w:rsidRDefault="00487BD6" w:rsidP="00487BD6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D13D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[G6]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> I’m just </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D13D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> calling to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF43B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D13D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> say</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7857A985" w14:textId="77777777" w:rsidR="00487BD6" w:rsidRPr="007519FC" w:rsidRDefault="00487BD6" w:rsidP="00487BD6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="560F3D44" w14:textId="77777777" w:rsidR="00487BD6" w:rsidRPr="00233797" w:rsidRDefault="00487BD6" w:rsidP="00487BD6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00233797">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>CHORUS:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21AE2D8D" w14:textId="77777777" w:rsidR="00487BD6" w:rsidRDefault="00487BD6" w:rsidP="00487BD6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Merry Christmas </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D13D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> merry, merry Christmas </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D13D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[Am]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> baby</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32163784" w14:textId="77777777" w:rsidR="00487BD6" w:rsidRDefault="00487BD6" w:rsidP="00487BD6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D13D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[Am]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> I’m just calling to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D13D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> say</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="195C8CC3" w14:textId="77777777" w:rsidR="00487BD6" w:rsidRDefault="00487BD6" w:rsidP="00487BD6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Merry Christmas </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D13D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> merry, merry Christmas </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D13D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[Am]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> baby </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D13D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[Am]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E90C519" w14:textId="77777777" w:rsidR="00487BD6" w:rsidRPr="007519FC" w:rsidRDefault="00487BD6" w:rsidP="00487BD6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="62E602A8" w14:textId="77777777" w:rsidR="00487BD6" w:rsidRDefault="00487BD6" w:rsidP="00487BD6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Hey I’m </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0015196C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[Gm]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> glad, this number’s </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D13D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> good</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D00D82D" w14:textId="77777777" w:rsidR="00487BD6" w:rsidRDefault="00487BD6" w:rsidP="00487BD6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">I wasn’t </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0015196C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[Fm]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sure just where we </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D13D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> stood</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1471F477" w14:textId="77777777" w:rsidR="00487BD6" w:rsidRDefault="00487BD6" w:rsidP="00487BD6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">It’s good to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0015196C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[Gm]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> know, that we’re still </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D13D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> friends</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72BC42F5" w14:textId="77777777" w:rsidR="00487BD6" w:rsidRDefault="00487BD6" w:rsidP="00487BD6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nothing’s </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0015196C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[Fm]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> changed much on my </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D13D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> end</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B61A704" w14:textId="77777777" w:rsidR="00487BD6" w:rsidRPr="007519FC" w:rsidRDefault="00487BD6" w:rsidP="00487BD6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C512197" w14:textId="77777777" w:rsidR="00487BD6" w:rsidRDefault="00487BD6" w:rsidP="00487BD6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Yeah I’m </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0015196C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[Em]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> doing </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D13D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> fine</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F826F3A" w14:textId="77777777" w:rsidR="00487BD6" w:rsidRDefault="00487BD6" w:rsidP="00487BD6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">You just </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0015196C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[Em]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> came to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D13D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[Am]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mind</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09F1E7F4" w14:textId="77777777" w:rsidR="00487BD6" w:rsidRDefault="00487BD6" w:rsidP="00487BD6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">I guess it’s the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D13D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[Dm]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> time of year</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="205C33FD" w14:textId="77777777" w:rsidR="00487BD6" w:rsidRDefault="00487BD6" w:rsidP="00487BD6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D13D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[Dm]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> It’s strange that </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF43B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D13D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [G]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> you’re not </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D13D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[G7]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> here </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF43B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C433B2B" w14:textId="77777777" w:rsidR="00487BD6" w:rsidRDefault="00487BD6" w:rsidP="00487BD6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D13D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[G6]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> I’m just </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D13D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> calling to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF43B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D13D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [C]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> say</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A419453" w14:textId="77777777" w:rsidR="00487BD6" w:rsidRPr="007519FC" w:rsidRDefault="00487BD6" w:rsidP="00487BD6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="10E3F45E" w14:textId="77777777" w:rsidR="00487BD6" w:rsidRPr="00233797" w:rsidRDefault="00487BD6" w:rsidP="00487BD6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00233797">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>CHORUS:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1422872D" w14:textId="77777777" w:rsidR="00487BD6" w:rsidRDefault="00487BD6" w:rsidP="00487BD6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Merry Christmas </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D13D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> merry, merry Christmas </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D13D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[Am]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> baby</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BA898B3" w14:textId="77777777" w:rsidR="00487BD6" w:rsidRDefault="00487BD6" w:rsidP="00487BD6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D13D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[Am]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> I’m just calling to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D13D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> say</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DF6CC37" w14:textId="77777777" w:rsidR="00487BD6" w:rsidRDefault="00487BD6" w:rsidP="00487BD6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Merry Christmas </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D13D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> merry, merry Christmas </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D13D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[Am]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> baby </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D13D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[Am]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="600534DE" w14:textId="77777777" w:rsidR="00487BD6" w:rsidRPr="007519FC" w:rsidRDefault="00487BD6" w:rsidP="00487BD6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42CA0F27" w14:textId="77777777" w:rsidR="00487BD6" w:rsidRPr="00136B0C" w:rsidRDefault="00487BD6" w:rsidP="00487BD6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00136B0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>BRIDGE:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CB41139" w14:textId="77777777" w:rsidR="00487BD6" w:rsidRDefault="00487BD6" w:rsidP="00487BD6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Yeah we </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D13D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> all went out last </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D13D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> night</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0305B18B" w14:textId="77777777" w:rsidR="00487BD6" w:rsidRDefault="00487BD6" w:rsidP="00487BD6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Driving a-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0015196C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[Em]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">round to see the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D13D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[Am]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> lights</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C78E250" w14:textId="77777777" w:rsidR="00487BD6" w:rsidRDefault="00487BD6" w:rsidP="00487BD6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Just like we </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D13D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[Dm]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> always do</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="148ECF1D" w14:textId="77777777" w:rsidR="00487BD6" w:rsidRDefault="00487BD6" w:rsidP="00487BD6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D13D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[Dm]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Everyone’s </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF43B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D13D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [G]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> there but </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D13D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[G7]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> you </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF43B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45AC50E9" w14:textId="77777777" w:rsidR="00487BD6" w:rsidRDefault="00487BD6" w:rsidP="00487BD6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D13D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[G6]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> I’m just </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D13D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> calling to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF43B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D13D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [C]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> say</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EA8CCE0" w14:textId="77777777" w:rsidR="00487BD6" w:rsidRPr="007519FC" w:rsidRDefault="00487BD6" w:rsidP="00487BD6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2CC8A7CF" w14:textId="77777777" w:rsidR="00487BD6" w:rsidRPr="00233797" w:rsidRDefault="00487BD6" w:rsidP="00487BD6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00233797">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>CHORUS:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28DA828C" w14:textId="77777777" w:rsidR="00487BD6" w:rsidRDefault="00487BD6" w:rsidP="00487BD6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Merry Christmas </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D13D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> merry, merry Christmas </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D13D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[Am]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> baby</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61CF003C" w14:textId="77777777" w:rsidR="00487BD6" w:rsidRDefault="00487BD6" w:rsidP="00487BD6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D13D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[Am]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> I’m just calling to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D13D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> say</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D48F3A8" w14:textId="77777777" w:rsidR="00487BD6" w:rsidRDefault="00487BD6" w:rsidP="00487BD6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Merry Christmas </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D13D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> merry, merry Christmas </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D13D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[Am]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> baby </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D13D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[Am]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52B86985" w14:textId="77777777" w:rsidR="00487BD6" w:rsidRDefault="00487BD6" w:rsidP="00487BD6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07B4E5F7" w14:textId="77777777" w:rsidR="00487BD6" w:rsidRPr="007519FC" w:rsidRDefault="00487BD6" w:rsidP="00487BD6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="41E6F59E" w14:textId="77777777" w:rsidR="00487BD6" w:rsidRDefault="00487BD6" w:rsidP="00487BD6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Yeah I’m </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0015196C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[Em]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00534747">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AF"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> having </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D13D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00534747">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AF"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> fun</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="546993C7" w14:textId="77777777" w:rsidR="00487BD6" w:rsidRDefault="00487BD6" w:rsidP="00487BD6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">I’ve been </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0015196C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[Em]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00534747">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AF"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> seeing some-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D13D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[Am]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00534747">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AF"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>one</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="715709EA" w14:textId="77777777" w:rsidR="00487BD6" w:rsidRDefault="00487BD6" w:rsidP="00487BD6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Okay </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D13D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[Dm]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> that’s a little lie </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="332440EE" w14:textId="77777777" w:rsidR="00487BD6" w:rsidRDefault="00487BD6" w:rsidP="00487BD6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D13D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[Dm]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> There’s been no </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0019742C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D13D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [G]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> other guy</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0019742C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> /</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D13D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[G7]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0019742C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D13D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[G6]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0019742C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> /</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0019742C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10DBCC19" w14:textId="77777777" w:rsidR="00487BD6" w:rsidRDefault="00487BD6" w:rsidP="00487BD6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D13D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> I’m just calling to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D13D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> say</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B318231" w14:textId="77777777" w:rsidR="00487BD6" w:rsidRDefault="00487BD6" w:rsidP="00487BD6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="155C8AF6" w14:textId="77777777" w:rsidR="00487BD6" w:rsidRPr="00233797" w:rsidRDefault="00487BD6" w:rsidP="00487BD6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">FINAL </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00233797">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>CHORUS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>ES</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00233797">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A4BCE32" w14:textId="77777777" w:rsidR="00487BD6" w:rsidRDefault="00487BD6" w:rsidP="00487BD6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Merry Christmas </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D13D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> merry, merry Christmas </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D13D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[Am]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> baby </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69320AEF" w14:textId="77777777" w:rsidR="00487BD6" w:rsidRDefault="00487BD6" w:rsidP="00487BD6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D13D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[Am]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> I’m just calling to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D13D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> say</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FDA6A8F" w14:textId="77777777" w:rsidR="00487BD6" w:rsidRDefault="00487BD6" w:rsidP="00487BD6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3936D3D4" w14:textId="77777777" w:rsidR="00487BD6" w:rsidRDefault="00487BD6" w:rsidP="00487BD6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Merry Christmas </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D13D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> merry, merry Christmas </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D13D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[Am]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> baby</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07694ABB" w14:textId="77777777" w:rsidR="00487BD6" w:rsidRDefault="00487BD6" w:rsidP="00487BD6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D13D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[Am]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> I’m just calling to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D13D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> say</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D648BD2" w14:textId="77777777" w:rsidR="00487BD6" w:rsidRDefault="00487BD6" w:rsidP="00487BD6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4554F7B7" w14:textId="77777777" w:rsidR="00487BD6" w:rsidRDefault="00487BD6" w:rsidP="00487BD6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Merry Christmas </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D13D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> merry, merry Christmas </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D13D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[Am]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> baby</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67B00E34" w14:textId="77777777" w:rsidR="00487BD6" w:rsidRDefault="00487BD6" w:rsidP="00487BD6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D13D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[Am]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> I’m just calling to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D13D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> say</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="681DE237" w14:textId="77777777" w:rsidR="00487BD6" w:rsidRDefault="00487BD6" w:rsidP="00487BD6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5D7C4573" w14:textId="77777777" w:rsidR="00487BD6" w:rsidRDefault="00487BD6" w:rsidP="00487BD6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Merry Christmas </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D13D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> merry, merry Christmas </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D13D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[Am]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> baby </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D13D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[Am]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03813515" w14:textId="77777777" w:rsidR="00487BD6" w:rsidRDefault="00487BD6" w:rsidP="00487BD6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0EDE141D" w14:textId="77777777" w:rsidR="00487BD6" w:rsidRDefault="00487BD6" w:rsidP="00487BD6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D13D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Merry Christmas, merry, merry Christmas </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78B659D3" w14:textId="77777777" w:rsidR="00487BD6" w:rsidRDefault="00487BD6" w:rsidP="00487BD6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D13D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[Am]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Merry Christmas </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D13D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[Am]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> merry, merry Christmas</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06A0E3D3" w14:textId="77777777" w:rsidR="00487BD6" w:rsidRDefault="00487BD6" w:rsidP="00487BD6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6550C5FB" w14:textId="77777777" w:rsidR="00487BD6" w:rsidRDefault="00487BD6" w:rsidP="00487BD6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D13D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Merry Christmas, merry, merry Christmas </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D13D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[Am]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> baby</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66C80E17" w14:textId="77777777" w:rsidR="00487BD6" w:rsidRPr="00397578" w:rsidRDefault="00487BD6" w:rsidP="00487BD6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D13D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[Am]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Merry, merry Christmas </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D13D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00534747">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AF"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>baby</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23D17561" w14:textId="77777777" w:rsidR="00487BD6" w:rsidRDefault="00487BD6" w:rsidP="00487BD6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3590C8BB" w14:textId="77777777" w:rsidR="00487BD6" w:rsidRDefault="00487BD6" w:rsidP="00487BD6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5BC2513A" wp14:editId="48B312F5">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2F806998" wp14:editId="6C5FBD97">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="16" name="Picture 16" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\C.png"/>
+            <wp:docPr id="387" name="Picture 387" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\Am.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 3" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\C.png"/>
+                    <pic:cNvPr id="0" name="Picture 4" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\Am.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="18EB28A2" wp14:editId="10828A59">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2FF92DBC" wp14:editId="055C6416">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="17" name="Picture 17" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\Dm.png"/>
+            <wp:docPr id="388" name="Picture 388" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\C.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 5" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\Dm.png"/>
+                    <pic:cNvPr id="0" name="Picture 3" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\C.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7B023459" wp14:editId="1E9F2721">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="44784ADA" wp14:editId="55DC6323">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="18" name="Picture 18" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\Em.png"/>
+            <wp:docPr id="413" name="Picture 413" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\Dm.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 6" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\Em.png"/>
+                    <pic:cNvPr id="0" name="Picture 5" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\Dm.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5AACECEF" wp14:editId="370A85C2">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="02D41CAC" wp14:editId="1E5C95A1">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="19" name="Picture 19" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\F.png"/>
+            <wp:docPr id="414" name="Picture 414" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\Em.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 7" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\F.png"/>
+                    <pic:cNvPr id="0" name="Picture 6" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\Em.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId9">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="29BA43C3" wp14:editId="69C652F9">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="60E4FC3C" wp14:editId="4BAD63DC">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="20" name="Picture 20"/>
+            <wp:docPr id="415" name="Picture 415" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\F.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 1"/>
+                    <pic:cNvPr id="0" name="Picture 7" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\F.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId10">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="786A1111" wp14:editId="181DA79F">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="55DCD57F" wp14:editId="13F75C88">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="33" name="Picture 33"/>
+            <wp:docPr id="672" name="Picture 672"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 3"/>
+                    <pic:cNvPr id="0" name="Picture 1"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId11">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="44B44EB6" wp14:editId="543C6EB0">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="13A57665" wp14:editId="4DBBC1E1">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="41" name="Picture 41" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\G.png"/>
+            <wp:docPr id="673" name="Picture 673"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 8" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\G.png"/>
+                    <pic:cNvPr id="0" name="Picture 3"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="00FF752E">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="131B045E" wp14:editId="0E833B88">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3709AFA1" wp14:editId="09A373A1">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="43" name="Picture 43"/>
+            <wp:docPr id="674" name="Picture 674" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\G.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 2"/>
+                    <pic:cNvPr id="0" name="Picture 8" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\G.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId13">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2D6F3639" wp14:editId="1E7FEBD8">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5E97AD8B" wp14:editId="7BE9A753">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="42" name="Picture 42" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\G7.png"/>
+            <wp:docPr id="675" name="Picture 675"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 3" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\G7.png"/>
+                    <pic:cNvPr id="0" name="Picture 2"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId14">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-    </w:p>
-[...8 lines deleted...]
-    <w:p w14:paraId="47123962" w14:textId="3B6636A0" w:rsidR="00B043CF" w:rsidRPr="004E65B6" w:rsidRDefault="00000000" w:rsidP="00110521">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4DC528B1" wp14:editId="1FB6ECCA">
+            <wp:extent cx="457200" cy="609600"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="676" name="Picture 676" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\G7.png"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 3" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\G7.png"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId15">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="457200" cy="609600"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E717425" w14:textId="77777777" w:rsidR="00487BD6" w:rsidRDefault="00487BD6" w:rsidP="00487BD6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="47123962" w14:textId="3B6636A0" w:rsidR="00B043CF" w:rsidRPr="004E65B6" w:rsidRDefault="00B043CF" w:rsidP="00110521">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId15" w:history="1">
-        <w:r w:rsidR="00B043CF" w:rsidRPr="00055195">
+      <w:hyperlink r:id="rId16" w:history="1">
+        <w:r w:rsidRPr="00055195">
           <w:rPr>
             <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Lucida Console"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>www.bytownukulele.ca</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr w:rsidR="00B043CF" w:rsidRPr="004E65B6" w:rsidSect="00D4034F">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="450" w:right="180" w:bottom="284" w:left="900" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="61002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Console">
     <w:panose1 w:val="020B0609040504020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="8000028F" w:usb1="00001800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000001F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00233797"/>
     <w:rsid w:val="000076D2"/>
     <w:rsid w:val="000961DF"/>
     <w:rsid w:val="000A348C"/>
     <w:rsid w:val="000D00ED"/>
     <w:rsid w:val="001024C8"/>
     <w:rsid w:val="00110521"/>
     <w:rsid w:val="00132109"/>
     <w:rsid w:val="00136B0C"/>
     <w:rsid w:val="0015196C"/>
     <w:rsid w:val="00161445"/>
     <w:rsid w:val="0017786C"/>
     <w:rsid w:val="0019742C"/>
     <w:rsid w:val="001C26FA"/>
     <w:rsid w:val="001E2271"/>
     <w:rsid w:val="00233797"/>
     <w:rsid w:val="00252E97"/>
     <w:rsid w:val="002B56B4"/>
     <w:rsid w:val="003442C9"/>
     <w:rsid w:val="00355575"/>
     <w:rsid w:val="00414418"/>
     <w:rsid w:val="0047277F"/>
+    <w:rsid w:val="00487BD6"/>
     <w:rsid w:val="00490D27"/>
     <w:rsid w:val="004E65B6"/>
     <w:rsid w:val="00531581"/>
     <w:rsid w:val="00550EFA"/>
     <w:rsid w:val="0060624A"/>
     <w:rsid w:val="006230AD"/>
     <w:rsid w:val="006325CA"/>
     <w:rsid w:val="006D13D3"/>
     <w:rsid w:val="007320F1"/>
     <w:rsid w:val="007476D0"/>
     <w:rsid w:val="007519FC"/>
     <w:rsid w:val="007528DE"/>
     <w:rsid w:val="007E4748"/>
     <w:rsid w:val="0082492D"/>
     <w:rsid w:val="00866CDE"/>
+    <w:rsid w:val="008D4F55"/>
     <w:rsid w:val="00972E99"/>
     <w:rsid w:val="00A42E3F"/>
     <w:rsid w:val="00A569E6"/>
     <w:rsid w:val="00A902E9"/>
     <w:rsid w:val="00A92235"/>
     <w:rsid w:val="00A9741C"/>
     <w:rsid w:val="00AB09B4"/>
     <w:rsid w:val="00AD3A18"/>
     <w:rsid w:val="00B043CF"/>
     <w:rsid w:val="00B16743"/>
     <w:rsid w:val="00BB114B"/>
     <w:rsid w:val="00C5218C"/>
     <w:rsid w:val="00CA07D7"/>
     <w:rsid w:val="00CE7771"/>
     <w:rsid w:val="00D4034F"/>
     <w:rsid w:val="00D66B4B"/>
     <w:rsid w:val="00D84579"/>
     <w:rsid w:val="00DB1F9F"/>
     <w:rsid w:val="00E04FCE"/>
+    <w:rsid w:val="00F7490C"/>
     <w:rsid w:val="00F81E40"/>
     <w:rsid w:val="00F96D25"/>
     <w:rsid w:val="00FB061D"/>
     <w:rsid w:val="00FB60F3"/>
     <w:rsid w:val="00FF752E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="78D4E99B"/>
   <w14:defaultImageDpi w14:val="300"/>
   <w15:docId w15:val="{5FFFFEE5-82E4-4291-81A2-5BFB823974AA}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -4937,57 +4552,57 @@
     <w:unhideWhenUsed/>
     <w:rsid w:val="007320F1"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="007320F1"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bytownukulele.ca" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bytownukulele.ca" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///D:\BUG%20Regular%20Jam%20Playlists\TEMPLATE%20FOR%20SONGSHEET.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -5291,70 +4906,70 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{75A02CBF-9B6D-4C04-98ED-B5E96D8DF686}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>TEMPLATE FOR SONGSHEET</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>330</Words>
-  <Characters>1882</Characters>
+  <Words>334</Words>
+  <Characters>1906</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>15</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2208</CharactersWithSpaces>
+  <CharactersWithSpaces>2236</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>HP User</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>