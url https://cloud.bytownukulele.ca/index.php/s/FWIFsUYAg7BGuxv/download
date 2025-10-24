--- v0 (2025-10-02)
+++ v1 (2025-10-24)
@@ -1225,51 +1225,51 @@
       <w:r w:rsidRPr="00054443">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
         <w:t>Am7</w:t>
       </w:r>
       <w:r w:rsidRPr="00054443">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
       <w:r w:rsidRPr="00054443">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> marry</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FBFE3A3" w14:textId="494080B9" w:rsidR="00054443" w:rsidRPr="00054443" w:rsidRDefault="00054443" w:rsidP="00054443">
+    <w:p w14:paraId="1FBFE3A3" w14:textId="11FE01D9" w:rsidR="00054443" w:rsidRPr="00054443" w:rsidRDefault="00054443" w:rsidP="00054443">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Courier New"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00054443">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve">Look at </w:t>
       </w:r>
       <w:r w:rsidRPr="00054443">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r w:rsidRPr="00054443">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
@@ -1346,57 +1346,57 @@
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00054443">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>py</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00054443">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054443">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>[Am]</w:t>
       </w:r>
-      <w:r w:rsidR="00015BD5" w:rsidRPr="00054443">
+      <w:r w:rsidR="0018294A" w:rsidRPr="00054443">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:eastAsia="ja-JP"/>
         </w:rPr>
-        <w:t>↓</w:t>
+        <w:t>↑</w:t>
       </w:r>
       <w:r w:rsidRPr="00054443">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Courier New"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054443">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>[Am7]</w:t>
       </w:r>
       <w:r w:rsidR="00015BD5" w:rsidRPr="00054443">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t>↓</w:t>
       </w:r>
       <w:r w:rsidRPr="00054443">
@@ -3340,100 +3340,114 @@
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00054443">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-CA"/>
         </w:rPr>
         <w:t>INSTRUMENTAL:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C7191F0" w14:textId="77777777" w:rsidR="00054443" w:rsidRPr="00054443" w:rsidRDefault="00054443" w:rsidP="00054443">
+    <w:p w14:paraId="6C7191F0" w14:textId="4D114718" w:rsidR="00054443" w:rsidRPr="00054443" w:rsidRDefault="00054443" w:rsidP="00054443">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00054443">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         </w:rPr>
         <w:t xml:space="preserve">It's not </w:t>
       </w:r>
       <w:r w:rsidRPr="00054443">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r w:rsidRPr="00054443">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
         <w:t>G</w:t>
       </w:r>
       <w:r w:rsidRPr="00054443">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
       <w:r w:rsidRPr="00054443">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054443">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         </w:rPr>
-        <w:t xml:space="preserve">time to make a change </w:t>
+        <w:t>time</w:t>
+      </w:r>
+      <w:r w:rsidR="00C87C2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00054443">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to make a change </w:t>
       </w:r>
       <w:r w:rsidRPr="00054443">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r w:rsidRPr="00054443">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidRPr="00054443">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>]</w:t>
@@ -3487,101 +3501,115 @@
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
         <w:t>[Am7</w:t>
       </w:r>
       <w:r w:rsidRPr="00054443">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00054443">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         </w:rPr>
         <w:t>sy</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="5BF8837F" w14:textId="77777777" w:rsidR="00054443" w:rsidRPr="00054443" w:rsidRDefault="00054443" w:rsidP="00054443">
+    <w:p w14:paraId="5BF8837F" w14:textId="2AE131B9" w:rsidR="00054443" w:rsidRPr="00054443" w:rsidRDefault="00054443" w:rsidP="00054443">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00054443">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         </w:rPr>
         <w:t xml:space="preserve">You're still </w:t>
       </w:r>
       <w:r w:rsidRPr="00054443">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r w:rsidRPr="00054443">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
         <w:t>G</w:t>
       </w:r>
       <w:r w:rsidRPr="00054443">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
       <w:r w:rsidRPr="00054443">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054443">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         </w:rPr>
-        <w:t xml:space="preserve">young that's your </w:t>
+        <w:t>young</w:t>
+      </w:r>
+      <w:r w:rsidR="00C87C2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00054443">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> that's your </w:t>
       </w:r>
       <w:r w:rsidRPr="00054443">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r w:rsidRPr="00054443">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
         <w:t>Em</w:t>
       </w:r>
       <w:r w:rsidRPr="00054443">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>]</w:t>
@@ -3641,173 +3669,201 @@
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r w:rsidRPr="00054443">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidRPr="00054443">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67D97AC6" w14:textId="77777777" w:rsidR="00054443" w:rsidRPr="00054443" w:rsidRDefault="00054443" w:rsidP="00054443">
+    <w:p w14:paraId="67D97AC6" w14:textId="2C555A47" w:rsidR="00054443" w:rsidRPr="00054443" w:rsidRDefault="00054443" w:rsidP="00054443">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4305"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00054443">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         </w:rPr>
-        <w:t xml:space="preserve">Find a </w:t>
+        <w:t>Find a</w:t>
+      </w:r>
+      <w:r w:rsidR="00C87C2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> girl</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00054443">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054443">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r w:rsidRPr="00054443">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
         <w:t>G</w:t>
       </w:r>
       <w:r w:rsidRPr="00054443">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
       <w:r w:rsidRPr="00054443">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054443">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         </w:rPr>
-        <w:t xml:space="preserve">girl, settle down </w:t>
+        <w:t xml:space="preserve">settle down </w:t>
       </w:r>
       <w:r w:rsidRPr="00054443">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r w:rsidRPr="00054443">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidRPr="00054443">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
       <w:r w:rsidRPr="00054443">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         </w:rPr>
-        <w:t xml:space="preserve"> if you </w:t>
+        <w:t xml:space="preserve"> if you</w:t>
+      </w:r>
+      <w:r w:rsidR="00C87C2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> want</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00054443">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054443">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r w:rsidRPr="00054443">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidRPr="00054443">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
       <w:r w:rsidRPr="00054443">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054443">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         </w:rPr>
-        <w:t xml:space="preserve">want you can </w:t>
+        <w:t xml:space="preserve">you can </w:t>
       </w:r>
       <w:r w:rsidRPr="00054443">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r w:rsidRPr="00054443">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
         <w:t>Am7</w:t>
       </w:r>
       <w:r w:rsidRPr="00054443">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>]</w:t>
@@ -7153,152 +7209,156 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="61002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Console">
     <w:panose1 w:val="020B0609040504020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="8000028F" w:usb1="00001800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000001F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="110"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00054443"/>
     <w:rsid w:val="000076D2"/>
     <w:rsid w:val="00015BD5"/>
     <w:rsid w:val="00054443"/>
     <w:rsid w:val="000961DF"/>
     <w:rsid w:val="000A348C"/>
     <w:rsid w:val="000B48A5"/>
     <w:rsid w:val="000D00ED"/>
     <w:rsid w:val="000F7214"/>
     <w:rsid w:val="00110521"/>
     <w:rsid w:val="00132109"/>
     <w:rsid w:val="00161445"/>
     <w:rsid w:val="0017786C"/>
+    <w:rsid w:val="0018294A"/>
     <w:rsid w:val="001A030B"/>
     <w:rsid w:val="001C26FA"/>
     <w:rsid w:val="001E2271"/>
     <w:rsid w:val="00252E97"/>
+    <w:rsid w:val="002635BB"/>
     <w:rsid w:val="00264CB1"/>
     <w:rsid w:val="002B56B4"/>
     <w:rsid w:val="003442C9"/>
     <w:rsid w:val="00357CEF"/>
     <w:rsid w:val="00414418"/>
     <w:rsid w:val="0047277F"/>
     <w:rsid w:val="00490D27"/>
     <w:rsid w:val="004D19BA"/>
     <w:rsid w:val="004E65B6"/>
     <w:rsid w:val="00531581"/>
     <w:rsid w:val="00550EFA"/>
     <w:rsid w:val="005543FD"/>
     <w:rsid w:val="006230AD"/>
     <w:rsid w:val="006325CA"/>
     <w:rsid w:val="007320F1"/>
     <w:rsid w:val="0077121A"/>
     <w:rsid w:val="007E4748"/>
     <w:rsid w:val="0082492D"/>
     <w:rsid w:val="00866CDE"/>
     <w:rsid w:val="00924B54"/>
     <w:rsid w:val="00972E99"/>
     <w:rsid w:val="00A029D3"/>
     <w:rsid w:val="00A42E3F"/>
     <w:rsid w:val="00A569E6"/>
     <w:rsid w:val="00A902E9"/>
     <w:rsid w:val="00A92235"/>
     <w:rsid w:val="00A9741C"/>
     <w:rsid w:val="00AB09B4"/>
     <w:rsid w:val="00AC5CF2"/>
     <w:rsid w:val="00AD3A18"/>
     <w:rsid w:val="00B043CF"/>
     <w:rsid w:val="00B16743"/>
     <w:rsid w:val="00B345CA"/>
     <w:rsid w:val="00BB114B"/>
+    <w:rsid w:val="00BE34F1"/>
     <w:rsid w:val="00C5218C"/>
+    <w:rsid w:val="00C87C2C"/>
     <w:rsid w:val="00CA07D7"/>
     <w:rsid w:val="00D00832"/>
     <w:rsid w:val="00D113AB"/>
     <w:rsid w:val="00D4034F"/>
     <w:rsid w:val="00D66B4B"/>
     <w:rsid w:val="00D84579"/>
     <w:rsid w:val="00DB1F9F"/>
     <w:rsid w:val="00E04FCE"/>
     <w:rsid w:val="00F81E40"/>
     <w:rsid w:val="00F96D25"/>
     <w:rsid w:val="00FB061D"/>
     <w:rsid w:val="00FC6CD8"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
@@ -8175,69 +8235,69 @@
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{75A02CBF-9B6D-4C04-98ED-B5E96D8DF686}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>TEMPLATE FOR SONGSHEET</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
   <Words>588</Words>
-  <Characters>3352</Characters>
+  <Characters>3353</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>27</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3933</CharactersWithSpaces>
+  <CharactersWithSpaces>3934</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>HP User</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>