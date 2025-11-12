--- v0 (2025-10-07)
+++ v1 (2025-11-12)
@@ -1,3810 +1,3613 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00145CB7" w:rsidRDefault="00145CB7" w:rsidP="00145CB7">
+    <w:p w14:paraId="1CBE28D8" w14:textId="77777777" w:rsidR="00145CB7" w:rsidRDefault="00145CB7" w:rsidP="00145CB7">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc6857797"/>
       <w:r>
         <w:t>I Will Survive</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w:rsidR="00145CB7" w:rsidRPr="008A7458" w:rsidRDefault="00145CB7" w:rsidP="00145CB7">
-[...47 lines deleted...]
-    <w:p w:rsidR="00145CB7" w:rsidRPr="008A7458" w:rsidRDefault="00145CB7" w:rsidP="00145CB7">
+    <w:p w14:paraId="463195C0" w14:textId="77777777" w:rsidR="00145CB7" w:rsidRPr="008A7458" w:rsidRDefault="00145CB7" w:rsidP="00145CB7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>Freddie Perren, Dino Fekaris 1978 (recorded by Gloria Gaynor)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="774AB1D3" w14:textId="77777777" w:rsidR="00145CB7" w:rsidRPr="008A7458" w:rsidRDefault="00145CB7" w:rsidP="00145CB7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0794EC02" w14:textId="77777777" w:rsidR="00145CB7" w:rsidRPr="008A7458" w:rsidRDefault="00145CB7" w:rsidP="00145CB7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A7458">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="44CF3C33" wp14:editId="5D45414C">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5DEC8B1F" wp14:editId="56A21507">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="434" name="Picture 434" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\A.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\A.png"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId5">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="457200" cy="609600"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="230D958C" wp14:editId="5B2ED3D4">
+            <wp:extent cx="457200" cy="609600"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="435" name="Picture 435" descr="C:\Users\msrog\AppData\Local\Microsoft\Windows\INetCache\Content.Word\A7.png"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 27" descr="C:\Users\msrog\AppData\Local\Microsoft\Windows\INetCache\Content.Word\A7.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="008A7458">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="44E6F978" wp14:editId="6BFD49E8">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2E816028" wp14:editId="3452A6D7">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="435" name="Picture 435" descr="C:\Users\msrog\AppData\Local\Microsoft\Windows\INetCache\Content.Word\A7.png"/>
+            <wp:docPr id="436" name="Picture 436" descr="C:\Users\msrog\AppData\Local\Microsoft\Windows\INetCache\Content.Word\Bbmaj7.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 27" descr="C:\Users\msrog\AppData\Local\Microsoft\Windows\INetCache\Content.Word\A7.png"/>
+                    <pic:cNvPr id="0" name="Picture 26" descr="C:\Users\msrog\AppData\Local\Microsoft\Windows\INetCache\Content.Word\Bbmaj7.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="008A7458">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6F0936E6" wp14:editId="4F8C0BDE">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="61D74472" wp14:editId="1A69A80D">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="436" name="Picture 436" descr="C:\Users\msrog\AppData\Local\Microsoft\Windows\INetCache\Content.Word\Bbmaj7.png"/>
+            <wp:docPr id="437" name="Picture 437" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\C.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 26" descr="C:\Users\msrog\AppData\Local\Microsoft\Windows\INetCache\Content.Word\Bbmaj7.png"/>
+                    <pic:cNvPr id="0" name="Picture 3" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\C.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="008A7458">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4AB0164B" wp14:editId="6054227F">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6260BE02" wp14:editId="346630EA">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="437" name="Picture 437" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\C.png"/>
+            <wp:docPr id="438" name="Picture 438" descr="C:\Users\msrog\AppData\Local\Microsoft\Windows\INetCache\Content.Word\Dm.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 3" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\C.png"/>
+                    <pic:cNvPr id="0" name="Picture 25" descr="C:\Users\msrog\AppData\Local\Microsoft\Windows\INetCache\Content.Word\Dm.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId9">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="008A7458">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="16BC4784" wp14:editId="50106393">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4F6F40D9" wp14:editId="7A179560">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="438" name="Picture 438" descr="C:\Users\msrog\AppData\Local\Microsoft\Windows\INetCache\Content.Word\Dm.png"/>
+            <wp:docPr id="439" name="Picture 439" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\F.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 25" descr="C:\Users\msrog\AppData\Local\Microsoft\Windows\INetCache\Content.Word\Dm.png"/>
+                    <pic:cNvPr id="0" name="Picture 7" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\F.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId10">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="008A7458">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1FC8E954" wp14:editId="79ABF6B5">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="75CA8E31" wp14:editId="76BDD3A0">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="439" name="Picture 439" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\F.png"/>
+            <wp:docPr id="440" name="Picture 440" descr="C:\Users\msrog\AppData\Local\Microsoft\Windows\INetCache\Content.Word\Gm7.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 7" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\F.png"/>
+                    <pic:cNvPr id="0" name="Picture 24" descr="C:\Users\msrog\AppData\Local\Microsoft\Windows\INetCache\Content.Word\Gm7.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId11">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="772EC20B" w14:textId="77777777" w:rsidR="00145CB7" w:rsidRPr="008A7458" w:rsidRDefault="00145CB7" w:rsidP="00145CB7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="57D71E79" w14:textId="77777777" w:rsidR="00145CB7" w:rsidRPr="008A7458" w:rsidRDefault="00145CB7" w:rsidP="00145CB7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>INTRO:  / 1 2 3 4 / [A7]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AF"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72B8F92C" w14:textId="77777777" w:rsidR="00145CB7" w:rsidRPr="008A7458" w:rsidRDefault="00145CB7" w:rsidP="00145CB7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3D3BF86F" w14:textId="77777777" w:rsidR="00145CB7" w:rsidRPr="008A7458" w:rsidRDefault="00145CB7" w:rsidP="00145CB7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">At </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[Dm]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AF"/>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> first I was afraid, I was </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[Gm7]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AF"/>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> petrified</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40B68015" w14:textId="77777777" w:rsidR="00145CB7" w:rsidRPr="008A7458" w:rsidRDefault="00145CB7" w:rsidP="00145CB7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kept </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>thinkin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">' </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AF"/>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> I could never live without you </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AF"/>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> by my side</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="345C8397" w14:textId="77777777" w:rsidR="00145CB7" w:rsidRPr="008A7458" w:rsidRDefault="00145CB7" w:rsidP="00145CB7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">But then I </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[Bbmaj7]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AF"/>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> spent so many nights</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C310927" w14:textId="77777777" w:rsidR="00145CB7" w:rsidRPr="008A7458" w:rsidRDefault="00145CB7" w:rsidP="00145CB7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>Thinkin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">' </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[Gm7]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AF"/>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> how you did me wrong</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6038FA14" w14:textId="77777777" w:rsidR="00145CB7" w:rsidRPr="008A7458" w:rsidRDefault="00145CB7" w:rsidP="00145CB7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">And I grew </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[A]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AF"/>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> strong, and I learned </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[A7]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AF"/>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> how to get along</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04DEB41A" w14:textId="77777777" w:rsidR="00145CB7" w:rsidRPr="008A7458" w:rsidRDefault="00145CB7" w:rsidP="00145CB7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6EAFECF5" w14:textId="77777777" w:rsidR="00145CB7" w:rsidRPr="008A7458" w:rsidRDefault="00145CB7" w:rsidP="00145CB7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">But now you're </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[Dm]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> back, from outer </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[Gm7]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> space</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E2276F3" w14:textId="77777777" w:rsidR="00145CB7" w:rsidRPr="008A7458" w:rsidRDefault="00145CB7" w:rsidP="00145CB7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I just walked </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in to find you here with that sad </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> look upon your face</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B3A4389" w14:textId="77777777" w:rsidR="00145CB7" w:rsidRPr="008A7458" w:rsidRDefault="00145CB7" w:rsidP="00145CB7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I should have </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[Bbmaj7]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> changed that stupid lock</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="453DB0F7" w14:textId="77777777" w:rsidR="00145CB7" w:rsidRPr="008A7458" w:rsidRDefault="00145CB7" w:rsidP="00145CB7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I should have </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[Gm7]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> made you leave your key</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6ABAD788" w14:textId="77777777" w:rsidR="00145CB7" w:rsidRPr="008A7458" w:rsidRDefault="00145CB7" w:rsidP="00145CB7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>I'd've</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[A]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> known for just one second, you'd be </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[A7]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> back to bother me</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CEB7A83" w14:textId="77777777" w:rsidR="00145CB7" w:rsidRPr="008A7458" w:rsidRDefault="00145CB7" w:rsidP="00145CB7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="10C7C1F8" w14:textId="77777777" w:rsidR="00145CB7" w:rsidRPr="008A7458" w:rsidRDefault="00145CB7" w:rsidP="00145CB7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>CHORUS:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A68FA6B" w14:textId="77777777" w:rsidR="00145CB7" w:rsidRPr="008A7458" w:rsidRDefault="00145CB7" w:rsidP="00145CB7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Go on now </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[Dm]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> go, walk out the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[Gm7]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> door</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="085BC4F9" w14:textId="77777777" w:rsidR="00145CB7" w:rsidRPr="008A7458" w:rsidRDefault="00145CB7" w:rsidP="00145CB7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>Just turn a-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">round now, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>'cause</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> you're not </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> welcome anymore</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43A03FBA" w14:textId="77777777" w:rsidR="00145CB7" w:rsidRPr="008A7458" w:rsidRDefault="00145CB7" w:rsidP="00145CB7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[Bbmaj7]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Weren't you the one who tried to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[Gm7]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> hurt me with goodbye</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75B9900B" w14:textId="77777777" w:rsidR="00145CB7" w:rsidRPr="008A7458" w:rsidRDefault="00145CB7" w:rsidP="00145CB7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Did you think I’d </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[A]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> crumble, did you think I'd </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[A7]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> lay down and die?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AD7EF27" w14:textId="77777777" w:rsidR="00145CB7" w:rsidRPr="008A7458" w:rsidRDefault="00145CB7" w:rsidP="00145CB7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="78FEA06D" w14:textId="77777777" w:rsidR="00145CB7" w:rsidRPr="008A7458" w:rsidRDefault="00145CB7" w:rsidP="00145CB7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Oh no, not </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[Dm]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> I, I will sur-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[Gm7]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>vive</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B5D8024" w14:textId="77777777" w:rsidR="00145CB7" w:rsidRPr="008A7458" w:rsidRDefault="00145CB7" w:rsidP="00145CB7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Oh as </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> long as I know how to love, I </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> know I'll stay alive</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D09B960" w14:textId="77777777" w:rsidR="00145CB7" w:rsidRPr="008A7458" w:rsidRDefault="00145CB7" w:rsidP="00145CB7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I've got </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[Bbmaj7]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> all my life to live, and I've got </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[Gm7]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> all my love to give</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6919589C" w14:textId="77777777" w:rsidR="00145CB7" w:rsidRPr="008A7458" w:rsidRDefault="00145CB7" w:rsidP="00145CB7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>And I'll sur-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[A]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>vive, I will sur-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[A7]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>vive, I will sur-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[Dm]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>vive</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C69567B" w14:textId="77777777" w:rsidR="00145CB7" w:rsidRPr="008A7458" w:rsidRDefault="00145CB7" w:rsidP="00145CB7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="40275F30" w14:textId="77777777" w:rsidR="00145CB7" w:rsidRPr="008A7458" w:rsidRDefault="00145CB7" w:rsidP="00145CB7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>INSTRUMENTAL:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="417B783F" w14:textId="77777777" w:rsidR="00145CB7" w:rsidRPr="008A7458" w:rsidRDefault="00145CB7" w:rsidP="00145CB7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Walk out the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[Gm7]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t>door</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38C0F17D" w14:textId="77777777" w:rsidR="00145CB7" w:rsidRPr="008A7458" w:rsidRDefault="00145CB7" w:rsidP="00145CB7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t>Just turn a-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">round now, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t>'cause</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> you're not </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t>welcome anymore</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="739F5F5F" w14:textId="74E0B55D" w:rsidR="00145CB7" w:rsidRPr="008A7458" w:rsidRDefault="00145CB7" w:rsidP="00145CB7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[Bbmaj7]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t>Weren't you the one who tried</w:t>
+      </w:r>
+      <w:r w:rsidR="00C76691">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C76691" w:rsidRPr="00C76691">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">o </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[Gm7]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t>hurt me with goodbye</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="441AB12E" w14:textId="77777777" w:rsidR="00145CB7" w:rsidRPr="008A7458" w:rsidRDefault="00145CB7" w:rsidP="00145CB7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Did you think I’d </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[A]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">crumble, did you think I'd </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[A7]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t>lay down</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F0BFA51" w14:textId="77777777" w:rsidR="00145CB7" w:rsidRPr="008A7458" w:rsidRDefault="00145CB7" w:rsidP="00145CB7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="198ECFA4" w14:textId="77777777" w:rsidR="00145CB7" w:rsidRPr="008A7458" w:rsidRDefault="00145CB7" w:rsidP="00145CB7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Only the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[Dm]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Lord could give me strength, not to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[Gm7]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> fall apart</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16C094BB" w14:textId="77777777" w:rsidR="00145CB7" w:rsidRPr="008A7458" w:rsidRDefault="00145CB7" w:rsidP="00145CB7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Though I tried </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> hard to mend the pieces of my </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> broken heart</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75168EB7" w14:textId="77777777" w:rsidR="00145CB7" w:rsidRPr="008A7458" w:rsidRDefault="00145CB7" w:rsidP="00145CB7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">And I spent </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[Bbmaj7]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> oh so many nights, just </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>feelin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">’ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[Gm7]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sorry for myself</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D6DF8F0" w14:textId="77777777" w:rsidR="00145CB7" w:rsidRPr="008A7458" w:rsidRDefault="00145CB7" w:rsidP="00145CB7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I used to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[A]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> cry, but now I </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[A7]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> hold my head up high</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EF41621" w14:textId="77777777" w:rsidR="00145CB7" w:rsidRPr="008A7458" w:rsidRDefault="00145CB7" w:rsidP="00145CB7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7501F56F" w14:textId="77777777" w:rsidR="00145CB7" w:rsidRPr="008A7458" w:rsidRDefault="00145CB7" w:rsidP="00145CB7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">And you see </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[Dm]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> me, somebody </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[Gm7]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> new</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6731907E" w14:textId="77777777" w:rsidR="00145CB7" w:rsidRPr="008A7458" w:rsidRDefault="00145CB7" w:rsidP="00145CB7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I'm not that </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> chained-up little person still in </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> love with you</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="738124A3" w14:textId="77777777" w:rsidR="00145CB7" w:rsidRPr="008A7458" w:rsidRDefault="00145CB7" w:rsidP="00145CB7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">And so you </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[Bbmaj7]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> felt like </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>droppin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>' in, and just ex-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[Gm7]</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>pect</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> me to be free</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C676C83" w14:textId="77777777" w:rsidR="00145CB7" w:rsidRDefault="00145CB7" w:rsidP="00145CB7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Well now I'm </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[A]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> savin' all my </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>lovin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>' for some-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[A7]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">one who's </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>lovin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>' me</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66BABB9F" w14:textId="77777777" w:rsidR="00145CB7" w:rsidRDefault="00145CB7" w:rsidP="00145CB7">
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24BCC164" w14:textId="77777777" w:rsidR="00145CB7" w:rsidRPr="008A7458" w:rsidRDefault="00145CB7" w:rsidP="00145CB7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7853F21D" w14:textId="77777777" w:rsidR="00145CB7" w:rsidRPr="008A7458" w:rsidRDefault="00145CB7" w:rsidP="00145CB7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>CHORUS:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="477C4C1A" w14:textId="77777777" w:rsidR="00145CB7" w:rsidRPr="008A7458" w:rsidRDefault="00145CB7" w:rsidP="00145CB7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Go on now </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[Dm]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> go, walk out the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[Gm7]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> door</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06806E2C" w14:textId="77777777" w:rsidR="00145CB7" w:rsidRPr="008A7458" w:rsidRDefault="00145CB7" w:rsidP="00145CB7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>Just turn a-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">round now, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>'cause</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> you're not </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> welcome anymore</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="080F309B" w14:textId="77777777" w:rsidR="00145CB7" w:rsidRPr="008A7458" w:rsidRDefault="00145CB7" w:rsidP="00145CB7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[Bbmaj7]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Weren't you the one who tried, to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[Gm7]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> crush me with goodbye</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49C85AA3" w14:textId="77777777" w:rsidR="00145CB7" w:rsidRPr="008A7458" w:rsidRDefault="00145CB7" w:rsidP="00145CB7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Did you think I’d </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[A]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> crumble, did you think I'd </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[A7]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> lay down and die?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2649FF20" w14:textId="77777777" w:rsidR="00145CB7" w:rsidRPr="008A7458" w:rsidRDefault="00145CB7" w:rsidP="00145CB7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7FCD3547" w14:textId="77777777" w:rsidR="00145CB7" w:rsidRPr="008A7458" w:rsidRDefault="00145CB7" w:rsidP="00145CB7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Oh no </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[Dm]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> not I, I will sur-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[Gm7]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>vive</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E81F002" w14:textId="77777777" w:rsidR="00145CB7" w:rsidRPr="008A7458" w:rsidRDefault="00145CB7" w:rsidP="00145CB7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">And as </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> long as I know how to love, I </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> know I'll stay alive</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59E16972" w14:textId="77777777" w:rsidR="00145CB7" w:rsidRPr="008A7458" w:rsidRDefault="00145CB7" w:rsidP="00145CB7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I've got </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[Bbmaj7]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> all my life to live, and I've got </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[Gm7]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> all my love to give</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="379729D5" w14:textId="77777777" w:rsidR="00145CB7" w:rsidRPr="008A7458" w:rsidRDefault="00145CB7" w:rsidP="00145CB7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>And I'll sur-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[A]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>vive, I will sur-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[A7]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>vive, I will sur-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[Dm]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>vive</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D2CAE0A" w14:textId="77777777" w:rsidR="00145CB7" w:rsidRDefault="00145CB7" w:rsidP="00145CB7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="761D916B" w14:textId="77777777" w:rsidR="00145CB7" w:rsidRPr="009B2BCD" w:rsidRDefault="00145CB7" w:rsidP="00145CB7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B2BCD">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>INSTRUMENTAL:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DF10689" w14:textId="77777777" w:rsidR="00C76691" w:rsidRPr="008A7458" w:rsidRDefault="00C76691" w:rsidP="00C76691">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Walk out the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[Gm7]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t>door</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0294A3D8" w14:textId="77777777" w:rsidR="00C76691" w:rsidRPr="008A7458" w:rsidRDefault="00C76691" w:rsidP="00C76691">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t>Just turn a-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">round now, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t>'cause</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> you're not </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[F]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t>welcome anymore</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B5E426E" w14:textId="77777777" w:rsidR="00C76691" w:rsidRPr="008A7458" w:rsidRDefault="00C76691" w:rsidP="00C76691">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[Bbmaj7]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t>Weren't you the one who tried</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C76691">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">o </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[Gm7]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t>hurt me with goodbye</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2325FF15" w14:textId="2CAF059A" w:rsidR="00145CB7" w:rsidRPr="008A7458" w:rsidRDefault="00C76691" w:rsidP="00145CB7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Did you think I’d </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[A]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">crumble, did you think I'd </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[A7]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t>lay down</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C76691">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00145CB7" w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t>I will sur-</w:t>
+      </w:r>
+      <w:r w:rsidR="00145CB7" w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[Dm]</w:t>
+      </w:r>
+      <w:r w:rsidR="00145CB7" w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AF"/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00145CB7" w:rsidRPr="008A7458">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t>vive</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="03B77B36" w14:textId="77777777" w:rsidR="00145CB7" w:rsidRPr="008A7458" w:rsidRDefault="00145CB7" w:rsidP="00145CB7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="30FE6B09" w14:textId="77777777" w:rsidR="00145CB7" w:rsidRPr="008A7458" w:rsidRDefault="00145CB7" w:rsidP="00145CB7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="008A7458">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="55246AA0" wp14:editId="711B531D">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6B6C9BA1" wp14:editId="409B6F17">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="440" name="Picture 440" descr="C:\Users\msrog\AppData\Local\Microsoft\Windows\INetCache\Content.Word\Gm7.png"/>
+            <wp:docPr id="441" name="Picture 441" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\A.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 24" descr="C:\Users\msrog\AppData\Local\Microsoft\Windows\INetCache\Content.Word\Gm7.png"/>
+                    <pic:cNvPr id="0" name="Picture 1" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\A.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId12">
+                    <a:blip r:embed="rId5">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-    </w:p>
-[...494 lines deleted...]
-      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
-        </w:rPr>
-[...1775 lines deleted...]
-          <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="40507B51" wp14:editId="6A97AEF6">
-[...2 lines deleted...]
-            <wp:docPr id="441" name="Picture 441" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\A.png"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2601AC16" wp14:editId="29337C98">
+            <wp:extent cx="457200" cy="619125"/>
+            <wp:effectExtent l="0" t="0" r="0" b="9525"/>
+            <wp:docPr id="15" name="Picture 15" descr="A7"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 1" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\A.png"/>
+                    <pic:cNvPr id="0" name="Picture 1" descr="A7"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="457200" cy="609600"/>
+                      <a:ext cx="457200" cy="619125"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="373F9A54" wp14:editId="1E104A74">
             <wp:extent cx="457200" cy="619125"/>
             <wp:effectExtent l="0" t="0" r="0" b="9525"/>
-            <wp:docPr id="15" name="Picture 15" descr="A7"/>
+            <wp:docPr id="14" name="Picture 14" descr="Bbmaj7"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 1" descr="A7"/>
+                    <pic:cNvPr id="0" name="Picture 2" descr="Bbmaj7"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="619125"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="008A7458">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
-[...2 lines deleted...]
-            <wp:docPr id="14" name="Picture 14" descr="Bbmaj7"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="720517FC" wp14:editId="48760234">
+            <wp:extent cx="457200" cy="609600"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="442" name="Picture 442" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\C.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 2" descr="Bbmaj7"/>
+                    <pic:cNvPr id="0" name="Picture 3" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\C.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="457200" cy="609600"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="723F4ED8" wp14:editId="01C09907">
+            <wp:extent cx="457200" cy="619125"/>
+            <wp:effectExtent l="0" t="0" r="0" b="9525"/>
+            <wp:docPr id="13" name="Picture 13" descr="Dm"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 3" descr="Dm"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId9">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="619125"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="008A7458">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="581FF9B8" wp14:editId="5DBBE654">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="54BB4C07" wp14:editId="30608203">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="442" name="Picture 442" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\C.png"/>
+            <wp:docPr id="443" name="Picture 443" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\F.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 3" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\C.png"/>
+                    <pic:cNvPr id="0" name="Picture 7" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\F.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9">
+                    <a:blip r:embed="rId10">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="016872ED" wp14:editId="1F0DACAA">
             <wp:extent cx="457200" cy="619125"/>
             <wp:effectExtent l="0" t="0" r="0" b="9525"/>
-            <wp:docPr id="13" name="Picture 13" descr="Dm"/>
+            <wp:docPr id="5" name="Picture 5" descr="Gm7"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 3" descr="Dm"/>
+                    <pic:cNvPr id="0" name="Picture 4" descr="Gm7"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId10">
+                    <a:blip r:embed="rId11">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="619125"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="008A7458">
-[...118 lines deleted...]
-    <w:p w:rsidR="00145CB7" w:rsidRDefault="00145CB7" w:rsidP="00145CB7">
+    </w:p>
+    <w:p w14:paraId="2B5CF663" w14:textId="77777777" w:rsidR="00145CB7" w:rsidRDefault="00145CB7" w:rsidP="00145CB7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2864FDB2" w14:textId="77777777" w:rsidR="00145CB7" w:rsidRDefault="00145CB7" w:rsidP="00145CB7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Lucida Console"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId13" w:history="1">
+      <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidRPr="00055195">
           <w:rPr>
             <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Lucida Console"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>www.bytownukulele.ca</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
-[...2 lines deleted...]
-    <w:p w:rsidR="00B043CF" w:rsidRPr="004E65B6" w:rsidRDefault="00B043CF" w:rsidP="00110521">
+    </w:p>
+    <w:p w14:paraId="45656550" w14:textId="77777777" w:rsidR="00B043CF" w:rsidRPr="004E65B6" w:rsidRDefault="00B043CF" w:rsidP="00110521">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00B043CF" w:rsidRPr="004E65B6" w:rsidSect="00D4034F">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="450" w:right="180" w:bottom="284" w:left="900" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
-    <w:altName w:val="Meiryo"/>
+    <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
-    <w:family w:val="roman"/>
-    <w:notTrueType/>
+    <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="00000000" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
-    <w:notTrueType/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="00000001" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="61002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Console">
     <w:panose1 w:val="020B0609040504020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="8000028F" w:usb1="00001800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000001F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:savePreviewPicture/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00145CB7"/>
     <w:rsid w:val="000961DF"/>
     <w:rsid w:val="000A348C"/>
     <w:rsid w:val="000D00ED"/>
     <w:rsid w:val="00110521"/>
     <w:rsid w:val="00132109"/>
     <w:rsid w:val="00145CB7"/>
     <w:rsid w:val="00161445"/>
     <w:rsid w:val="0017786C"/>
     <w:rsid w:val="001E2271"/>
     <w:rsid w:val="00252E97"/>
     <w:rsid w:val="002B56B4"/>
     <w:rsid w:val="003442C9"/>
+    <w:rsid w:val="003C690E"/>
     <w:rsid w:val="00414418"/>
     <w:rsid w:val="0047277F"/>
     <w:rsid w:val="00490D27"/>
     <w:rsid w:val="004E65B6"/>
     <w:rsid w:val="00531581"/>
     <w:rsid w:val="00550EFA"/>
     <w:rsid w:val="006230AD"/>
     <w:rsid w:val="006325CA"/>
     <w:rsid w:val="007320F1"/>
     <w:rsid w:val="007E4748"/>
     <w:rsid w:val="0082492D"/>
     <w:rsid w:val="00866CDE"/>
     <w:rsid w:val="00972E99"/>
     <w:rsid w:val="00A42E3F"/>
     <w:rsid w:val="00A569E6"/>
     <w:rsid w:val="00A902E9"/>
     <w:rsid w:val="00A92235"/>
     <w:rsid w:val="00AB09B4"/>
     <w:rsid w:val="00AD3A18"/>
     <w:rsid w:val="00B043CF"/>
     <w:rsid w:val="00B16743"/>
     <w:rsid w:val="00C5218C"/>
+    <w:rsid w:val="00C76691"/>
     <w:rsid w:val="00CA07D7"/>
     <w:rsid w:val="00D4034F"/>
     <w:rsid w:val="00D66B4B"/>
     <w:rsid w:val="00D84579"/>
     <w:rsid w:val="00DB1F9F"/>
     <w:rsid w:val="00E04FCE"/>
     <w:rsid w:val="00F81E40"/>
     <w:rsid w:val="00F96D25"/>
     <w:rsid w:val="00FB061D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
+  <w14:docId w14:val="2E8DCD79"/>
   <w14:defaultImageDpi w14:val="300"/>
+  <w15:docId w15:val="{970EE2C7-CF29-4E00-85F3-82E36C9C2EC8}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...409 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00145CB7"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00DB1F9F"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="32"/>
@@ -3884,57 +3687,57 @@
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00145CB7"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00145CB7"/>
     <w:rPr>
       <w:color w:val="800080" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bytownukulele.ca" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bytownukulele.ca" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Ourfiles\Bytown%20Ukulele%20Group\Special%20Event\MIDLAND\2019\TEMPLATE%20FOR%20SONGSHEET.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -4238,77 +4041,77 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{56997304-845F-4D3C-9D37-338EA6CB58B2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>TEMPLATE FOR SONGSHEET</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>411</Words>
-  <Characters>2344</Characters>
+  <Words>412</Words>
+  <Characters>2355</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>19</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Headings</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr>Title</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2750</CharactersWithSpaces>
+  <CharactersWithSpaces>2762</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Mark Rogers</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>