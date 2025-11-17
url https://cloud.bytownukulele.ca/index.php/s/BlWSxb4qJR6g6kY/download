--- v0 (2025-10-27)
+++ v1 (2025-11-17)
@@ -828,58 +828,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>Am</w:t>
       </w:r>
       <w:r w:rsidR="00161445">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
       <w:r w:rsidR="00A902E9" w:rsidRPr="00A902E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> /</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...6 lines deleted...]
-        <w:t>[Am]</w:t>
+        <w:t xml:space="preserve"> [Am]</w:t>
       </w:r>
       <w:r w:rsidRPr="00A902E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> / </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>[Am]</w:t>
       </w:r>
       <w:r w:rsidRPr="00A902E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> /</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F23DDAB" w14:textId="77777777" w:rsidR="0062700D" w:rsidRPr="001A030B" w:rsidRDefault="0062700D" w:rsidP="0062700D">
       <w:pPr>
@@ -1756,69 +1749,81 @@
         </w:rPr>
         <w:t>[C]</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000C4049">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>lilah</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000C4049">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>[C]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D25ABA5" w14:textId="3E964FFA" w:rsidR="0062700D" w:rsidRPr="000C4049" w:rsidRDefault="0062700D" w:rsidP="0062700D">
+    <w:p w14:paraId="0D25ABA5" w14:textId="0067EB9D" w:rsidR="0062700D" w:rsidRPr="000C4049" w:rsidRDefault="0062700D" w:rsidP="0062700D">
       <w:pPr>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000C4049">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>[C]</w:t>
       </w:r>
       <w:r w:rsidRPr="000C4049">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> So be-</w:t>
+        <w:t xml:space="preserve"> So</w:t>
+      </w:r>
+      <w:r w:rsidR="00743262">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C4049">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> be-</w:t>
       </w:r>
       <w:r w:rsidRPr="000C4049">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>[C7]</w:t>
       </w:r>
       <w:r w:rsidRPr="000C4049">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>fore</w:t>
       </w:r>
       <w:r w:rsidR="000736C1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="000C4049">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> they </w:t>
@@ -2419,1472 +2424,1475 @@
       <w:r w:rsidR="00805EA6" w:rsidRPr="00805EA6">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         </w:rPr>
         <w:t xml:space="preserve"> + </w:t>
       </w:r>
       <w:r w:rsidR="0092625E">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00805EA6" w:rsidRPr="00805EA6">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         </w:rPr>
+        <w:t xml:space="preserve"> | 1 </w:t>
+      </w:r>
+      <w:r w:rsidR="0092625E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00805EA6" w:rsidRPr="00805EA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> + </w:t>
+      </w:r>
+      <w:r w:rsidR="0092625E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00805EA6" w:rsidRPr="00805EA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0092625E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00805EA6" w:rsidRPr="00805EA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0092625E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00805EA6" w:rsidRPr="00805EA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0092625E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00805EA6" w:rsidRPr="00805EA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> | 1 </w:t>
+      </w:r>
+      <w:r w:rsidR="0092625E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00805EA6" w:rsidRPr="00805EA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0092625E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00805EA6" w:rsidRPr="00805EA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0092625E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00805EA6" w:rsidRPr="00805EA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0092625E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00805EA6" w:rsidRPr="00805EA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0092625E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00805EA6" w:rsidRPr="00805EA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> | </w:t>
+      </w:r>
+      <w:r w:rsidR="0092625E" w:rsidRPr="00805EA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 </w:t>
+      </w:r>
+      <w:r w:rsidR="0092625E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="0092625E" w:rsidRPr="00805EA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0092625E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="0092625E" w:rsidRPr="00805EA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0092625E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="0092625E" w:rsidRPr="00805EA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0092625E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="0092625E" w:rsidRPr="00805EA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0092625E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="0092625E" w:rsidRPr="00805EA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00805EA6" w:rsidRPr="00805EA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t>|</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A2C3933" w14:textId="09B05C81" w:rsidR="00AD44BB" w:rsidRDefault="00AD44BB" w:rsidP="00AD44BB">
+      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00805EA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  | 1 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00805EA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00805EA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> | 1 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00805EA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00805EA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">| 1 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00805EA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00805EA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t>| 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00805EA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00805EA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t>|</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="501FAC92" w14:textId="77777777" w:rsidR="00AD44BB" w:rsidRDefault="00AD44BB" w:rsidP="0062700D">
+      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1CC59EAD" w14:textId="77777777" w:rsidR="00805EA6" w:rsidRDefault="00805EA6" w:rsidP="0062700D">
+      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0AA1DA99" w14:textId="77777777" w:rsidR="0092625E" w:rsidRPr="00805EA6" w:rsidRDefault="0092625E" w:rsidP="0092625E">
+      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00805EA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">  [Am]              </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[Am]            [</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00805EA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>E7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>]          [E7]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E4BE63C" w14:textId="77777777" w:rsidR="0092625E" w:rsidRPr="00805EA6" w:rsidRDefault="0092625E" w:rsidP="0092625E">
+      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00805EA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>A-|-7---7-7-7---7-7-|</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00805EA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>7-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>--</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00805EA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>7-7-7-5-3-|-2---------2-|</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00805EA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>5--</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>-----</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00805EA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>3-2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00805EA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>|</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40CC9704" w14:textId="0CEAD931" w:rsidR="0092625E" w:rsidRPr="00805EA6" w:rsidRDefault="0092625E" w:rsidP="0092625E">
+      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00805EA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>E-|-----------------|------------</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>---</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00805EA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>|---</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00805EA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>---</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>--</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00805EA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>4---|----------</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>---</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00805EA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>|</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="136ACB08" w14:textId="30F1F0F3" w:rsidR="00AD44BB" w:rsidRDefault="0092625E" w:rsidP="0062700D">
+      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00805EA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  | 1 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00805EA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> + </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00805EA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00805EA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00805EA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> + </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00805EA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> | 1 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00805EA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> + </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00805EA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00805EA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00805EA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00805EA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> | 1 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00805EA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00805EA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00805EA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00805EA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00805EA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> | 1 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00805EA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00805EA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00805EA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00805EA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00805EA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
         <w:t xml:space="preserve"> |</w:t>
       </w:r>
-      <w:r w:rsidR="00805EA6" w:rsidRPr="00805EA6">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> 1 </w:t>
+    </w:p>
+    <w:p w14:paraId="4CB57803" w14:textId="77777777" w:rsidR="00AD44BB" w:rsidRDefault="00AD44BB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A2ED018" w14:textId="77777777" w:rsidR="0062700D" w:rsidRPr="00AD44BB" w:rsidRDefault="0062700D" w:rsidP="0062700D">
+      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="283A5755" w14:textId="77777777" w:rsidR="00AD44BB" w:rsidRDefault="00AD44BB" w:rsidP="0062700D">
+      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="02FBC0A9" w14:textId="4DD96667" w:rsidR="0062700D" w:rsidRPr="000C4049" w:rsidRDefault="0062700D" w:rsidP="0062700D">
+      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C4049">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[A]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C4049">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> She </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C4049">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[A7]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C4049">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> stood there </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C4049">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[Dm]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C4049">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> laughing</w:t>
       </w:r>
       <w:r w:rsidR="0092625E">
         <w:rPr>
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...29 lines deleted...]
-          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0092625E">
-[...13 lines deleted...]
-          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+      <w:r w:rsidR="0092625E" w:rsidRPr="000C4049">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[Dm]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CB57451" w14:textId="53B0C75B" w:rsidR="00AD44BB" w:rsidRPr="00AD44BB" w:rsidRDefault="0092625E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C4049">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[Am]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C4049">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> I felt the knife in my </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C4049">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[E7]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00534747">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AF"/>
+      </w:r>
+      <w:r w:rsidRPr="000C4049">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> hand</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C4049">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and she laughed no </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C4049">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[Am]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C4049">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> more </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C4049">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[G7]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F507845" w14:textId="77777777" w:rsidR="0062700D" w:rsidRDefault="0062700D" w:rsidP="0062700D">
+      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="683C271B" w14:textId="2CDEB583" w:rsidR="0062700D" w:rsidRPr="000C4049" w:rsidRDefault="0062700D" w:rsidP="0062700D">
+      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>CHORUS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0074702C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19CC2D11" w14:textId="77777777" w:rsidR="0092625E" w:rsidRPr="000C4049" w:rsidRDefault="0092625E" w:rsidP="0092625E">
+      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C4049">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C4049">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> My, my, my, De-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C4049">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C4049">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>lilah</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0092625E">
-[...13 lines deleted...]
-          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+      <w:r w:rsidRPr="000C4049">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48E9B307" w14:textId="77777777" w:rsidR="0092625E" w:rsidRPr="000C4049" w:rsidRDefault="0092625E" w:rsidP="0092625E">
+      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C4049">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C4049">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Why, why </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C4049">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[G7]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C4049">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> why, De-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C4049">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C4049">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>lilah</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0092625E">
-[...216 lines deleted...]
-    <w:p w14:paraId="6A2C3933" w14:textId="09B05C81" w:rsidR="00AD44BB" w:rsidRDefault="00AD44BB" w:rsidP="00AD44BB">
+      <w:r w:rsidRPr="000C4049">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A4F71FF" w14:textId="2DC69E63" w:rsidR="0062700D" w:rsidRPr="000C4049" w:rsidRDefault="0062700D" w:rsidP="0062700D">
       <w:pPr>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...990 lines deleted...]
-        <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000C4049">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>[C]</w:t>
       </w:r>
       <w:r w:rsidRPr="000C4049">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> My, my, my, De-</w:t>
-[...110 lines deleted...]
-        <w:t xml:space="preserve"> So be</w:t>
+        <w:t xml:space="preserve"> So</w:t>
+      </w:r>
+      <w:r w:rsidR="00743262">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C4049">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> be</w:t>
       </w:r>
       <w:r w:rsidRPr="0062700D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>-[C7]</w:t>
       </w:r>
       <w:r w:rsidRPr="000C4049">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">fore they </w:t>
       </w:r>
       <w:r w:rsidRPr="000C4049">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>[F]</w:t>
       </w:r>
       <w:r w:rsidRPr="000C4049">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
@@ -4847,69 +4855,71 @@
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0062700D"/>
     <w:rsid w:val="000076D2"/>
     <w:rsid w:val="000736C1"/>
     <w:rsid w:val="000961DF"/>
     <w:rsid w:val="000A348C"/>
     <w:rsid w:val="000D00ED"/>
     <w:rsid w:val="000F7214"/>
     <w:rsid w:val="00110521"/>
     <w:rsid w:val="00132109"/>
     <w:rsid w:val="00161445"/>
     <w:rsid w:val="0017786C"/>
     <w:rsid w:val="001A030B"/>
+    <w:rsid w:val="001B27CB"/>
     <w:rsid w:val="001C26FA"/>
     <w:rsid w:val="001E2271"/>
     <w:rsid w:val="00252E97"/>
     <w:rsid w:val="002B56B4"/>
     <w:rsid w:val="003442C9"/>
     <w:rsid w:val="00414418"/>
     <w:rsid w:val="0047277F"/>
     <w:rsid w:val="00490D27"/>
     <w:rsid w:val="004E65B6"/>
     <w:rsid w:val="00531581"/>
     <w:rsid w:val="005427BB"/>
     <w:rsid w:val="00550EFA"/>
     <w:rsid w:val="005543FD"/>
     <w:rsid w:val="006230AD"/>
     <w:rsid w:val="0062700D"/>
     <w:rsid w:val="006325CA"/>
     <w:rsid w:val="006432C6"/>
     <w:rsid w:val="006C5E5B"/>
     <w:rsid w:val="007320F1"/>
+    <w:rsid w:val="00743262"/>
     <w:rsid w:val="007E4748"/>
     <w:rsid w:val="00805EA6"/>
     <w:rsid w:val="0082492D"/>
     <w:rsid w:val="00866CDE"/>
     <w:rsid w:val="00924B54"/>
     <w:rsid w:val="0092625E"/>
     <w:rsid w:val="00972E99"/>
     <w:rsid w:val="00984911"/>
     <w:rsid w:val="00A029D3"/>
     <w:rsid w:val="00A42E3F"/>
     <w:rsid w:val="00A569E6"/>
     <w:rsid w:val="00A902E9"/>
     <w:rsid w:val="00A92235"/>
     <w:rsid w:val="00A9741C"/>
     <w:rsid w:val="00AB09B4"/>
     <w:rsid w:val="00AD3A18"/>
     <w:rsid w:val="00AD44BB"/>
     <w:rsid w:val="00B043CF"/>
     <w:rsid w:val="00B16743"/>
     <w:rsid w:val="00BB114B"/>
     <w:rsid w:val="00C5218C"/>
     <w:rsid w:val="00C87606"/>
     <w:rsid w:val="00CA07D7"/>
     <w:rsid w:val="00D113AB"/>
     <w:rsid w:val="00D4034F"/>
@@ -5786,69 +5796,69 @@
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{75A02CBF-9B6D-4C04-98ED-B5E96D8DF686}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>TEMPLATE FOR SONGSHEET</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
   <Words>337</Words>
-  <Characters>1924</Characters>
+  <Characters>1926</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>16</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2257</CharactersWithSpaces>
+  <CharactersWithSpaces>2259</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>HP User</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>