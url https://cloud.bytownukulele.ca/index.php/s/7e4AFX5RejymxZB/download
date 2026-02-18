--- v0 (2025-11-27)
+++ v1 (2026-02-18)
@@ -428,89 +428,71 @@
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Roboto Mono" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:color w:val="141417"/>
           <w:highlight w:val="white"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00267918">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Roboto Mono" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:color w:val="141417"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t>G |-----------------|-----------------</w:t>
       </w:r>
       <w:r w:rsidR="00267918" w:rsidRPr="00267918">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Roboto Mono" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:color w:val="141417"/>
           <w:highlight w:val="white"/>
         </w:rPr>
-        <w:t>|</w:t>
-[...8 lines deleted...]
-        <w:t>-----------------|-----------------|</w:t>
+        <w:t>|-----------------|-----------------|</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3AAB8131" w14:textId="4C7C3673" w:rsidR="00267918" w:rsidRPr="00267918" w:rsidRDefault="00267918" w:rsidP="00267918">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Roboto Mono" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:highlight w:val="white"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00267918">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Roboto Mono" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:highlight w:val="white"/>
         </w:rPr>
-        <w:t xml:space="preserve">  | 1 + 2 + 3 + 4 + |</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> 1 + 2 + 3 + 4 + | 1 + 2 + 3 + 4 + | 1 + 2 + 3 + 4 + |</w:t>
+        <w:t xml:space="preserve">  | 1 + 2 + 3 + 4 + | 1 + 2 + 3 + 4 + | 1 + 2 + 3 + 4 + | 1 + 2 + 3 + 4 + |</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53EE51B9" w14:textId="77777777" w:rsidR="00267918" w:rsidRPr="00267918" w:rsidRDefault="00267918" w:rsidP="00267918">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Roboto Mono" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:bCs/>
           <w:color w:val="141417"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="white"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0B85568A" w14:textId="356F24DC" w:rsidR="00267918" w:rsidRDefault="00267918" w:rsidP="00267918">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A902E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
@@ -981,51 +963,51 @@
       </w:r>
       <w:r w:rsidR="00C9310C">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="003B5406">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">gain </w:t>
       </w:r>
       <w:r w:rsidRPr="003B5406">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[C]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59677820" w14:textId="6E4E64DB" w:rsidR="003B5406" w:rsidRPr="003B5406" w:rsidRDefault="003B5406" w:rsidP="003B5406">
+    <w:p w14:paraId="59677820" w14:textId="7535204E" w:rsidR="003B5406" w:rsidRPr="003B5406" w:rsidRDefault="003B5406" w:rsidP="003B5406">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>B</w:t>
       </w:r>
       <w:r w:rsidRPr="003B5406">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="00C9310C">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
@@ -1066,74 +1048,117 @@
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>to love a</w:t>
       </w:r>
       <w:r w:rsidR="00C9310C">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="00C9310C" w:rsidRPr="003B5406">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[D]</w:t>
       </w:r>
       <w:r w:rsidRPr="003B5406">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">gain but I </w:t>
+        <w:t>gain but I</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C338DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C338DD" w:rsidRPr="00C338DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="00C338DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003B5406">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[D]</w:t>
       </w:r>
       <w:r w:rsidRPr="003B5406">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> know </w:t>
       </w:r>
-      <w:r w:rsidRPr="003B5406">
-[...5 lines deleted...]
-        <w:t>[D]</w:t>
+      <w:r w:rsidR="00C338DD" w:rsidRPr="00C338DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="00C338DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B5406">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[D]</w:t>
+      </w:r>
+      <w:r w:rsidR="00C338DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> /</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7178373E" w14:textId="77777777" w:rsidR="003B5406" w:rsidRPr="003B5406" w:rsidRDefault="003B5406" w:rsidP="003B5406">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B5406">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2BEC3AA3" w14:textId="1F2ED5C8" w:rsidR="003B5406" w:rsidRPr="003B5406" w:rsidRDefault="003B5406" w:rsidP="003B5406">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B5406">
@@ -1825,51 +1850,51 @@
         <w:t xml:space="preserve"> cut is the deep</w:t>
       </w:r>
       <w:r w:rsidR="00AC77F1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="00AC77F1" w:rsidRPr="003B5406">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[C]</w:t>
       </w:r>
       <w:r w:rsidRPr="003B5406">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>est</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BAB8B6E" w14:textId="6C7DF614" w:rsidR="003B5406" w:rsidRPr="003B5406" w:rsidRDefault="003B5406" w:rsidP="003B5406">
+    <w:p w14:paraId="7BAB8B6E" w14:textId="51B64DF2" w:rsidR="003B5406" w:rsidRPr="003B5406" w:rsidRDefault="003B5406" w:rsidP="003B5406">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>B</w:t>
       </w:r>
       <w:r w:rsidRPr="003B5406">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="00AC77F1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
@@ -2389,51 +2414,51 @@
       </w:r>
       <w:r w:rsidR="008B61B8" w:rsidRPr="003B5406">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[D]</w:t>
       </w:r>
       <w:r w:rsidRPr="003B5406">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">gain </w:t>
       </w:r>
       <w:r w:rsidRPr="003B5406">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[C]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AC67130" w14:textId="137F7EED" w:rsidR="003B5406" w:rsidRPr="003B5406" w:rsidRDefault="008B61B8" w:rsidP="003B5406">
+    <w:p w14:paraId="5AC67130" w14:textId="1ECA9E4F" w:rsidR="003B5406" w:rsidRPr="003B5406" w:rsidRDefault="008B61B8" w:rsidP="003B5406">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008B61B8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>But</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003B5406" w:rsidRPr="003B5406">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
@@ -2481,81 +2506,117 @@
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>to love a</w:t>
       </w:r>
       <w:r w:rsidR="00A37264">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="00A37264" w:rsidRPr="003B5406">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[C]</w:t>
       </w:r>
       <w:r w:rsidR="003B5406" w:rsidRPr="003B5406">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">gain, but I </w:t>
-[...9 lines deleted...]
-      <w:r w:rsidR="003B5406" w:rsidRPr="003B5406">
+        <w:t xml:space="preserve">gain, but </w:t>
+      </w:r>
+      <w:r w:rsidR="00C338DD" w:rsidRPr="003B5406">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidR="00C338DD" w:rsidRPr="00C338DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> /</w:t>
+      </w:r>
+      <w:r w:rsidR="00C338DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C338DD" w:rsidRPr="003B5406">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[D]</w:t>
+      </w:r>
+      <w:r w:rsidR="00C338DD" w:rsidRPr="003B5406">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> know </w:t>
       </w:r>
-      <w:r w:rsidR="003B5406" w:rsidRPr="003B5406">
-[...12 lines deleted...]
-        <w:t xml:space="preserve">  </w:t>
+      <w:r w:rsidR="00C338DD" w:rsidRPr="00C338DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="00C338DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C338DD" w:rsidRPr="003B5406">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[D]</w:t>
+      </w:r>
+      <w:r w:rsidR="00C338DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> /</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09F13667" w14:textId="77777777" w:rsidR="003B5406" w:rsidRPr="003B5406" w:rsidRDefault="003B5406" w:rsidP="003B5406">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B5406">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="171D8945" w14:textId="77777777" w:rsidR="00C60E8B" w:rsidRPr="003B5406" w:rsidRDefault="00C60E8B" w:rsidP="00C60E8B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B5406">
@@ -3430,59 +3491,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00894E34" w:rsidRPr="003B5406">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[D]</w:t>
       </w:r>
       <w:r w:rsidR="00894E34" w:rsidRPr="00534747">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Courier New"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:sym w:font="Symbol" w:char="F0AF"/>
       </w:r>
       <w:r w:rsidR="00894E34">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Courier New"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...7 lines deleted...]
-        <w:t>/</w:t>
+        <w:t xml:space="preserve"> /</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36C76674" w14:textId="06018256" w:rsidR="00894E34" w:rsidRDefault="00894E34">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F73BC09" w14:textId="77777777" w:rsidR="00894E34" w:rsidRPr="003B5406" w:rsidRDefault="00894E34" w:rsidP="003B5406">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -4658,92 +4711,92 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="61002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Roboto Mono">
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="1000205B" w:usb2="00000020" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Console">
     <w:panose1 w:val="020B0609040504020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="8000028F" w:usb1="00001800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000001F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="90"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003B5406"/>
     <w:rsid w:val="000076D2"/>
     <w:rsid w:val="00015157"/>
     <w:rsid w:val="00017902"/>
     <w:rsid w:val="000961DF"/>
     <w:rsid w:val="000A348C"/>
     <w:rsid w:val="000D00ED"/>
     <w:rsid w:val="000F7214"/>
     <w:rsid w:val="00110521"/>
     <w:rsid w:val="00120213"/>
     <w:rsid w:val="00126B09"/>
@@ -4774,54 +4827,56 @@
     <w:rsid w:val="00710429"/>
     <w:rsid w:val="00714D12"/>
     <w:rsid w:val="00731B7E"/>
     <w:rsid w:val="007320F1"/>
     <w:rsid w:val="007E4748"/>
     <w:rsid w:val="0082492D"/>
     <w:rsid w:val="00866CDE"/>
     <w:rsid w:val="00894E34"/>
     <w:rsid w:val="008B61B8"/>
     <w:rsid w:val="00924B54"/>
     <w:rsid w:val="00972E99"/>
     <w:rsid w:val="00A029D3"/>
     <w:rsid w:val="00A37264"/>
     <w:rsid w:val="00A42E3F"/>
     <w:rsid w:val="00A569E6"/>
     <w:rsid w:val="00A902E9"/>
     <w:rsid w:val="00A92235"/>
     <w:rsid w:val="00A9741C"/>
     <w:rsid w:val="00AB09B4"/>
     <w:rsid w:val="00AC1C9C"/>
     <w:rsid w:val="00AC77F1"/>
     <w:rsid w:val="00AD3A18"/>
     <w:rsid w:val="00B043CF"/>
     <w:rsid w:val="00B16743"/>
     <w:rsid w:val="00BB114B"/>
+    <w:rsid w:val="00C338DD"/>
     <w:rsid w:val="00C5218C"/>
     <w:rsid w:val="00C60E8B"/>
     <w:rsid w:val="00C9310C"/>
     <w:rsid w:val="00CA07D7"/>
+    <w:rsid w:val="00CB3812"/>
     <w:rsid w:val="00D113AB"/>
     <w:rsid w:val="00D4034F"/>
     <w:rsid w:val="00D66B4B"/>
     <w:rsid w:val="00D84579"/>
     <w:rsid w:val="00DA2C9F"/>
     <w:rsid w:val="00DB1F9F"/>
     <w:rsid w:val="00E04FCE"/>
     <w:rsid w:val="00F26480"/>
     <w:rsid w:val="00F81E40"/>
     <w:rsid w:val="00F96D25"/>
     <w:rsid w:val="00FB061D"/>
     <w:rsid w:val="00FC6CD8"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
@@ -5675,70 +5730,70 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{75A02CBF-9B6D-4C04-98ED-B5E96D8DF686}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>TEMPLATE FOR SONGSHEET</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>376</Words>
-  <Characters>2147</Characters>
+  <Words>378</Words>
+  <Characters>2155</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>17</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2518</CharactersWithSpaces>
+  <CharactersWithSpaces>2528</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>HP User</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>