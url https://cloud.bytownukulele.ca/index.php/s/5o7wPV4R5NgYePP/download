--- v0 (2025-11-25)
+++ v1 (2025-12-16)
@@ -28,59 +28,61 @@
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Merry Christmas</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="140C17D6" w14:textId="4C11BEBF" w:rsidR="00972E99" w:rsidRPr="00A902E9" w:rsidRDefault="008E642E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>Ed Sheeran, Elton John</w:t>
       </w:r>
       <w:r w:rsidR="001D4425">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2021</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EFB29A9" w14:textId="77777777" w:rsidR="00972E99" w:rsidRPr="00FC6CD8" w:rsidRDefault="00972E99">
-[...7 lines deleted...]
-    <w:p w14:paraId="242CEBDE" w14:textId="2E41D561" w:rsidR="001D4425" w:rsidRDefault="001D4425" w:rsidP="001D4425">
+    <w:p w14:paraId="2EFB29A9" w14:textId="77777777" w:rsidR="00972E99" w:rsidRPr="00D2360D" w:rsidRDefault="00972E99">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0D24939A" w14:textId="77777777" w:rsidR="00D2360D" w:rsidRDefault="001D4425" w:rsidP="001D4425">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6A615AA5" wp14:editId="33DF5238">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="36764422" name="Picture 36764422" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\Am.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 4" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\Am.png"/>
@@ -539,106 +541,308 @@
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="083A4F12" w14:textId="77777777" w:rsidR="007320F1" w:rsidRPr="000961DF" w:rsidRDefault="007320F1">
-[...3 lines deleted...]
-          <w:b/>
+    <w:p w14:paraId="47AAF977" w14:textId="278F3BF7" w:rsidR="00D2360D" w:rsidRDefault="00D2360D" w:rsidP="001D4425">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D2360D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>For the last 3 chords in the song you can play as an alternative:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EFA5A63" w14:textId="77777777" w:rsidR="00D2360D" w:rsidRPr="00D2360D" w:rsidRDefault="00D2360D" w:rsidP="001D4425">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="242CEBDE" w14:textId="431C35B1" w:rsidR="001D4425" w:rsidRDefault="00D2360D" w:rsidP="001D4425">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6EC2DCAF" wp14:editId="44991C09">
+            <wp:extent cx="451821" cy="600075"/>
+            <wp:effectExtent l="0" t="0" r="5715" b="0"/>
+            <wp:docPr id="1566900636" name="Picture 2"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 2"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId6">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="456758" cy="606632"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="49404836" wp14:editId="69047460">
+            <wp:extent cx="457200" cy="607219"/>
+            <wp:effectExtent l="0" t="0" r="0" b="2540"/>
+            <wp:docPr id="349661171" name="Picture 2"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 2"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId14">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="460762" cy="611950"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3475309F" wp14:editId="13082532">
+            <wp:extent cx="457200" cy="609600"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="1043610782" name="Picture 1"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 1"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId15">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="457200" cy="609600"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74744C50" w14:textId="77777777" w:rsidR="00D2360D" w:rsidRPr="00D2360D" w:rsidRDefault="00D2360D" w:rsidP="001D4425">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3FF81651" w14:textId="219EAC59" w:rsidR="00972E99" w:rsidRDefault="00972E99">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A902E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>INTRO:</w:t>
       </w:r>
       <w:r w:rsidR="00252E97" w:rsidRPr="00A902E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidRPr="00A902E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
       <w:r w:rsidR="00252E97" w:rsidRPr="00A902E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> 1 2 </w:t>
       </w:r>
       <w:r w:rsidR="001D4425">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>3 4 /</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B7D04C8" w14:textId="77777777" w:rsidR="00A9741C" w:rsidRPr="001A030B" w:rsidRDefault="00A9741C" w:rsidP="00A9741C">
-[...3 lines deleted...]
-          <w:bCs/>
+    <w:p w14:paraId="2B7D04C8" w14:textId="77777777" w:rsidR="00A9741C" w:rsidRPr="00D2360D" w:rsidRDefault="00A9741C" w:rsidP="00A9741C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="762D40F3" w14:textId="1392ACC1" w:rsidR="000076D2" w:rsidRPr="009052A1" w:rsidRDefault="00103CA8" w:rsidP="00A9741C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Courier New"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00103CA8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[C]</w:t>
       </w:r>
       <w:r w:rsidR="009052A1" w:rsidRPr="00534747">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Courier New"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
@@ -1428,85 +1632,75 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                          |</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A7CE470" w14:textId="77777777" w:rsidR="00A8784C" w:rsidRPr="001F55F9" w:rsidRDefault="00A8784C" w:rsidP="00A8784C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F55F9">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>|  1  +  2  + 3  +  4  +  |  1  +  2  +  3  +  4  +  |</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10F0524D" w14:textId="77777777" w:rsidR="00A8784C" w:rsidRPr="001F55F9" w:rsidRDefault="00A8784C" w:rsidP="001F55F9">
+    <w:p w14:paraId="2DF54250" w14:textId="4B7E2A5E" w:rsidR="008E642E" w:rsidRPr="00A8784C" w:rsidRDefault="001F55F9" w:rsidP="00A9741C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
-          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-      </w:pPr>
-[...8 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F55F9">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="001F55F9">
-[...7 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="67C2F8C8" w14:textId="27E517FC" w:rsidR="008E642E" w:rsidRPr="001D4425" w:rsidRDefault="008E642E" w:rsidP="00A9741C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D4425">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>Ed Sheerhan:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="081601AA" w14:textId="42191A64" w:rsidR="008E642E" w:rsidRPr="00BC107B" w:rsidRDefault="00103CA8" w:rsidP="00A9741C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC107B">
         <w:rPr>
@@ -2679,51 +2873,51 @@
         <w:t>[G]</w:t>
       </w:r>
       <w:r w:rsidR="000703B8" w:rsidRPr="00BC107B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> ah </w:t>
       </w:r>
       <w:r w:rsidR="00103CA8" w:rsidRPr="00BC107B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[Am]</w:t>
       </w:r>
       <w:r w:rsidR="000703B8" w:rsidRPr="00BC107B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> ah</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B147212" w14:textId="5189A899" w:rsidR="008E642E" w:rsidRPr="00BC107B" w:rsidRDefault="00103CA8" w:rsidP="00A9741C">
+    <w:p w14:paraId="5DC14E2F" w14:textId="2754FD93" w:rsidR="00BC107B" w:rsidRDefault="00103CA8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC107B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[F]</w:t>
       </w:r>
       <w:r w:rsidR="008E642E" w:rsidRPr="00BC107B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> Ah </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="008E642E" w:rsidRPr="00BC107B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
@@ -2761,59 +2955,51 @@
         </w:rPr>
         <w:t xml:space="preserve">ah </w:t>
       </w:r>
       <w:r w:rsidRPr="00BC107B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[G]</w:t>
       </w:r>
       <w:r w:rsidR="008E642E" w:rsidRPr="00BC107B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> a</w:t>
       </w:r>
       <w:r w:rsidR="00F11FDC" w:rsidRPr="00BC107B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>h</w:t>
       </w:r>
-    </w:p>
-[...7 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00BC107B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="23BCF595" w14:textId="26F09AAB" w:rsidR="008E642E" w:rsidRPr="00BC107B" w:rsidRDefault="008E642E" w:rsidP="00A9741C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC107B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Ed Sheerhan:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F422DB6" w14:textId="7FBEAA82" w:rsidR="008E642E" w:rsidRPr="00BC107B" w:rsidRDefault="008E642E" w:rsidP="00A9741C">
       <w:pPr>
@@ -5804,51 +5990,51 @@
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="1EB00779" w14:textId="77777777" w:rsidR="00B043CF" w:rsidRPr="007F4698" w:rsidRDefault="00B043CF" w:rsidP="00110521">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="53ECBED8" w14:textId="332AA052" w:rsidR="00B043CF" w:rsidRPr="007F4698" w:rsidRDefault="00A029D3" w:rsidP="00A029D3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Lucida Console"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId14" w:history="1">
+      <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidRPr="00055195">
           <w:rPr>
             <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Lucida Console"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>www.bytownukulele.ca</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr w:rsidR="00B043CF" w:rsidRPr="007F4698" w:rsidSect="005543FD">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="450" w:right="180" w:bottom="284" w:left="900" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Cambria">
@@ -5976,58 +6162,60 @@
     <w:rsid w:val="006325CA"/>
     <w:rsid w:val="006B5984"/>
     <w:rsid w:val="007320F1"/>
     <w:rsid w:val="007739F9"/>
     <w:rsid w:val="007E4748"/>
     <w:rsid w:val="007F4698"/>
     <w:rsid w:val="00822C72"/>
     <w:rsid w:val="0082492D"/>
     <w:rsid w:val="00866CDE"/>
     <w:rsid w:val="008E642E"/>
     <w:rsid w:val="009052A1"/>
     <w:rsid w:val="00924B54"/>
     <w:rsid w:val="00972E99"/>
     <w:rsid w:val="00A029D3"/>
     <w:rsid w:val="00A42E3F"/>
     <w:rsid w:val="00A569E6"/>
     <w:rsid w:val="00A8784C"/>
     <w:rsid w:val="00A902E9"/>
     <w:rsid w:val="00A92235"/>
     <w:rsid w:val="00A9741C"/>
     <w:rsid w:val="00AB09B4"/>
     <w:rsid w:val="00AD3A18"/>
     <w:rsid w:val="00AF6C48"/>
     <w:rsid w:val="00B043CF"/>
     <w:rsid w:val="00B16743"/>
+    <w:rsid w:val="00B8127D"/>
     <w:rsid w:val="00B97B37"/>
     <w:rsid w:val="00BB114B"/>
     <w:rsid w:val="00BC107B"/>
     <w:rsid w:val="00C5218C"/>
     <w:rsid w:val="00C75E13"/>
     <w:rsid w:val="00CA07D7"/>
     <w:rsid w:val="00CF30C6"/>
     <w:rsid w:val="00D113AB"/>
+    <w:rsid w:val="00D2360D"/>
     <w:rsid w:val="00D4034F"/>
     <w:rsid w:val="00D66B4B"/>
     <w:rsid w:val="00D84579"/>
     <w:rsid w:val="00DB1F9F"/>
     <w:rsid w:val="00E04FCE"/>
     <w:rsid w:val="00E32456"/>
     <w:rsid w:val="00F11FDC"/>
     <w:rsid w:val="00F81E40"/>
     <w:rsid w:val="00F96D25"/>
     <w:rsid w:val="00FB061D"/>
     <w:rsid w:val="00FC6CD8"/>
     <w:rsid w:val="00FE180B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
@@ -6533,51 +6721,51 @@
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A029D3"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bytownukulele.ca" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bytownukulele.ca" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///D:\BUG%20Regular%20Jam%20Playlists\TEMPLATE%20FOR%20SONGSHEET.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -6881,70 +7069,70 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{75A02CBF-9B6D-4C04-98ED-B5E96D8DF686}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>TEMPLATE FOR SONGSHEET</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>502</Words>
-  <Characters>2868</Characters>
+  <Words>513</Words>
+  <Characters>2926</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>23</Lines>
+  <Lines>24</Lines>
   <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3364</CharactersWithSpaces>
+  <CharactersWithSpaces>3433</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>HP User</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>