--- v0 (2025-10-07)
+++ v1 (2025-11-17)
@@ -275,78 +275,134 @@
           <w:b/>
         </w:rPr>
         <w:t>strum shown below throughout the song &gt;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20BEB756" w14:textId="77777777" w:rsidR="00E01069" w:rsidRPr="00677559" w:rsidRDefault="00E01069" w:rsidP="00E01069">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Courier"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4F8C2B7E" w14:textId="77777777" w:rsidR="00E01069" w:rsidRPr="00677559" w:rsidRDefault="00E01069" w:rsidP="00E01069">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Courier New"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00677559">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Courier"/>
           <w:b/>
         </w:rPr>
-        <w:t>INTRO:  / 1 2 3 4 /</w:t>
+        <w:t>INTRO</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00677559">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Courier"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>:  /</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00677559">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Courier"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1 2 3 4 /</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F6D6507" w14:textId="77777777" w:rsidR="00E01069" w:rsidRPr="00677559" w:rsidRDefault="00E01069" w:rsidP="00E01069">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Courier New"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="32C998BB" w14:textId="77777777" w:rsidR="00E01069" w:rsidRDefault="00E01069" w:rsidP="00E01069">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>|[D]     [C]      |[G]              |</w:t>
+        <w:t xml:space="preserve">|[D]  </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   [</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>C]      |[</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">G]   </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">           |</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7AF519F1" w14:textId="77777777" w:rsidR="00E01069" w:rsidRPr="00D73742" w:rsidRDefault="00E01069" w:rsidP="00E01069">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">| </w:t>
       </w:r>
       <w:r w:rsidRPr="00D73742">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:sz w:val="28"/>
@@ -497,51 +553,91 @@
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="77635837" w14:textId="77777777" w:rsidR="00E01069" w:rsidRDefault="00E01069" w:rsidP="00E01069">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>|[D]     [C]      |[G]              |</w:t>
+        <w:t xml:space="preserve">|[D]  </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   [</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>C]      |[</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">G]   </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">           |</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="393C3117" w14:textId="77777777" w:rsidR="00E01069" w:rsidRDefault="00E01069" w:rsidP="00E01069">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">| </w:t>
       </w:r>
       <w:r w:rsidRPr="00D73742">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:sz w:val="28"/>
@@ -671,51 +767,91 @@
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="477B8A15" w14:textId="77777777" w:rsidR="00E01069" w:rsidRDefault="00E01069" w:rsidP="00E01069">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>|[D]     [C]      |[G]              |</w:t>
+        <w:t xml:space="preserve">|[D]  </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   [</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>C]      |[</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">G]   </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">           |</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="696D1E9E" w14:textId="77777777" w:rsidR="00E01069" w:rsidRDefault="00E01069" w:rsidP="00E01069">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">| </w:t>
       </w:r>
       <w:r w:rsidRPr="00D73742">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:sz w:val="28"/>
@@ -845,51 +981,91 @@
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="204DB440" w14:textId="77777777" w:rsidR="00E01069" w:rsidRDefault="00E01069" w:rsidP="00E01069">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>|[D]     [C]      |[G]              |</w:t>
+        <w:t xml:space="preserve">|[D]  </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   [</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>C]      |[</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">G]   </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">           |</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6008BB3D" w14:textId="77777777" w:rsidR="00E01069" w:rsidRPr="00DA1433" w:rsidRDefault="00E01069" w:rsidP="00E01069">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">| </w:t>
       </w:r>
       <w:r w:rsidRPr="00D73742">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
@@ -1996,51 +2172,91 @@
     </w:p>
     <w:p w14:paraId="407A9A78" w14:textId="77777777" w:rsidR="00E01069" w:rsidRPr="00677559" w:rsidRDefault="00E01069" w:rsidP="00E01069">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3A84D00D" w14:textId="77777777" w:rsidR="00E01069" w:rsidRDefault="00E01069" w:rsidP="00E01069">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>|[D]     [C]      |[G]              |</w:t>
+        <w:t xml:space="preserve">|[D]  </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   [</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>C]      |[</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">G]   </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">           |</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="142E5020" w14:textId="77777777" w:rsidR="00E01069" w:rsidRPr="00D73742" w:rsidRDefault="00E01069" w:rsidP="00E01069">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">| </w:t>
       </w:r>
       <w:r w:rsidRPr="00D73742">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:sz w:val="28"/>
@@ -2191,51 +2407,91 @@
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5A9988C1" w14:textId="77777777" w:rsidR="00E01069" w:rsidRDefault="00E01069" w:rsidP="00E01069">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>|[D]     [C]      |[G]              |</w:t>
+        <w:t xml:space="preserve">|[D]  </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   [</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>C]      |[</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">G]   </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">           |</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F202902" w14:textId="77777777" w:rsidR="00E01069" w:rsidRDefault="00E01069" w:rsidP="00E01069">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">| </w:t>
       </w:r>
       <w:r w:rsidRPr="00D73742">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:sz w:val="28"/>
@@ -2365,51 +2621,91 @@
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="56EA78AB" w14:textId="77777777" w:rsidR="00E01069" w:rsidRDefault="00E01069" w:rsidP="00E01069">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>|[D]     [C]      |[G]              |</w:t>
+        <w:t xml:space="preserve">|[D]  </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   [</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>C]      |[</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">G]   </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">           |</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C2413FB" w14:textId="77777777" w:rsidR="00E01069" w:rsidRDefault="00E01069" w:rsidP="00E01069">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">| </w:t>
       </w:r>
       <w:r w:rsidRPr="00D73742">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:sz w:val="28"/>
@@ -2539,51 +2835,91 @@
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="45607025" w14:textId="77777777" w:rsidR="00E01069" w:rsidRDefault="00E01069" w:rsidP="00E01069">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>|[D]     [C]      |[G]              |</w:t>
+        <w:t xml:space="preserve">|[D]  </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   [</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>C]      |[</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">G]   </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">           |</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1FBB1AC1" w14:textId="77777777" w:rsidR="00E01069" w:rsidRPr="00DA1433" w:rsidRDefault="00E01069" w:rsidP="00E01069">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">| </w:t>
       </w:r>
       <w:r w:rsidRPr="00D73742">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
@@ -2719,87 +3055,99 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Courier"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                               </w:t>
       </w:r>
       <w:r w:rsidRPr="00710450">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Courier"/>
           <w:b/>
           <w:bCs/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>He's the</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="193A9C6D" w14:textId="77777777" w:rsidR="00E01069" w:rsidRPr="00677559" w:rsidRDefault="00E01069" w:rsidP="00E01069">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Courier"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="788FC4CE" w14:textId="77777777" w:rsidR="00E01069" w:rsidRPr="00677559" w:rsidRDefault="00E01069" w:rsidP="00E01069">
+    <w:p w14:paraId="788FC4CE" w14:textId="7E9B2A21" w:rsidR="00E01069" w:rsidRPr="00677559" w:rsidRDefault="00E01069" w:rsidP="00E01069">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Courier"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00677559">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">[D] </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Courier"/>
         </w:rPr>
         <w:t>H</w:t>
       </w:r>
       <w:r w:rsidRPr="00677559">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Courier"/>
         </w:rPr>
         <w:t xml:space="preserve">airy-handed </w:t>
       </w:r>
       <w:r w:rsidRPr="00677559">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">[C] </w:t>
       </w:r>
       <w:r w:rsidRPr="00677559">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Courier"/>
         </w:rPr>
-        <w:t xml:space="preserve">gent who </w:t>
+        <w:t>gent</w:t>
+      </w:r>
+      <w:r w:rsidR="00423BA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Courier"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00677559">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Courier"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> who </w:t>
       </w:r>
       <w:r w:rsidRPr="00677559">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">[G] </w:t>
       </w:r>
       <w:r w:rsidRPr="00677559">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Courier"/>
         </w:rPr>
         <w:t>ran amok in Kent</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E7E106B" w14:textId="77777777" w:rsidR="00E01069" w:rsidRPr="00677559" w:rsidRDefault="00E01069" w:rsidP="00E01069">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Courier"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00677559">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
@@ -3452,68 +3800,74 @@
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Courier"/>
         </w:rPr>
         <w:t>drinkin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00677559">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Courier"/>
         </w:rPr>
         <w:t xml:space="preserve">’ a </w:t>
       </w:r>
       <w:r w:rsidRPr="00677559">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">[G] </w:t>
       </w:r>
       <w:r w:rsidRPr="00677559">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Courier"/>
         </w:rPr>
         <w:t>piña colada at Trader Vic's</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18A8E30F" w14:textId="77777777" w:rsidR="00E01069" w:rsidRPr="00677559" w:rsidRDefault="00E01069" w:rsidP="00E01069">
+    <w:p w14:paraId="18A8E30F" w14:textId="7290F231" w:rsidR="00E01069" w:rsidRPr="00677559" w:rsidRDefault="00E01069" w:rsidP="00E01069">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Courier"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00677559">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">[D] </w:t>
       </w:r>
-      <w:r w:rsidRPr="00677559">
-[...3 lines deleted...]
-        <w:t xml:space="preserve">His </w:t>
+      <w:r w:rsidR="00CA2395">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Courier"/>
+        </w:rPr>
+        <w:t>And his</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00677559">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Courier"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00677559">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">[C] </w:t>
       </w:r>
       <w:r w:rsidRPr="00677559">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Courier"/>
         </w:rPr>
         <w:t xml:space="preserve">hair was </w:t>
       </w:r>
       <w:r w:rsidRPr="00677559">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">[G] </w:t>
       </w:r>
       <w:r w:rsidRPr="00677559">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Courier"/>
         </w:rPr>
@@ -4040,122 +4394,126 @@
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Console">
     <w:panose1 w:val="020B0609040504020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="8000028F" w:usb1="00001800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000001F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
+  <w:zoom w:percent="130"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00917961"/>
     <w:rsid w:val="000961DF"/>
     <w:rsid w:val="000A348C"/>
+    <w:rsid w:val="000C6952"/>
     <w:rsid w:val="000D00ED"/>
     <w:rsid w:val="00110521"/>
     <w:rsid w:val="00132109"/>
     <w:rsid w:val="0013317A"/>
     <w:rsid w:val="001423CB"/>
     <w:rsid w:val="00161445"/>
     <w:rsid w:val="0017786C"/>
     <w:rsid w:val="00195A41"/>
     <w:rsid w:val="001E2271"/>
     <w:rsid w:val="00252E97"/>
     <w:rsid w:val="002B56B4"/>
+    <w:rsid w:val="00315996"/>
     <w:rsid w:val="003442C9"/>
     <w:rsid w:val="003A5F43"/>
     <w:rsid w:val="00414418"/>
+    <w:rsid w:val="00423BA6"/>
     <w:rsid w:val="00490D27"/>
     <w:rsid w:val="00531581"/>
     <w:rsid w:val="00550EFA"/>
     <w:rsid w:val="006230AD"/>
     <w:rsid w:val="006325CA"/>
     <w:rsid w:val="00677559"/>
     <w:rsid w:val="007320F1"/>
     <w:rsid w:val="007E4748"/>
     <w:rsid w:val="007E4E27"/>
     <w:rsid w:val="0082492D"/>
     <w:rsid w:val="008274A6"/>
     <w:rsid w:val="00866CDE"/>
     <w:rsid w:val="00875AD4"/>
     <w:rsid w:val="00917961"/>
     <w:rsid w:val="00972E99"/>
     <w:rsid w:val="00A42E3F"/>
     <w:rsid w:val="00A44A9D"/>
     <w:rsid w:val="00A569E6"/>
     <w:rsid w:val="00A902E9"/>
     <w:rsid w:val="00A92235"/>
     <w:rsid w:val="00AB09B4"/>
     <w:rsid w:val="00B043CF"/>
     <w:rsid w:val="00B16743"/>
     <w:rsid w:val="00BD3059"/>
     <w:rsid w:val="00C5218C"/>
     <w:rsid w:val="00C7455D"/>
     <w:rsid w:val="00CA07D7"/>
+    <w:rsid w:val="00CA2395"/>
     <w:rsid w:val="00CD378B"/>
     <w:rsid w:val="00D106FB"/>
     <w:rsid w:val="00D4034F"/>
     <w:rsid w:val="00D667D4"/>
     <w:rsid w:val="00D66B4B"/>
     <w:rsid w:val="00D73742"/>
     <w:rsid w:val="00DB1F9F"/>
     <w:rsid w:val="00E01069"/>
     <w:rsid w:val="00E04FCE"/>
     <w:rsid w:val="00E117AE"/>
     <w:rsid w:val="00F815A0"/>
     <w:rsid w:val="00F81E40"/>
     <w:rsid w:val="00F96D25"/>
     <w:rsid w:val="00FB061D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
@@ -5039,65 +5397,65 @@
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{701F6236-5AC5-43CF-98DC-BFBC89279ADA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>TEMPLATE FOR SONGSHEET</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
   <Words>372</Words>
-  <Characters>2122</Characters>
+  <Characters>2127</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>17</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Hewlett-Packard</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2490</CharactersWithSpaces>
+  <CharactersWithSpaces>2495</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>MARK ROGERS</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>