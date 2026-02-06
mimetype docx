--- v0 (2025-10-08)
+++ v1 (2026-02-06)
@@ -1,3289 +1,3281 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="2885E466" w14:textId="6276C64E" w:rsidR="0082492D" w:rsidRPr="00A902E9" w:rsidRDefault="002127FF" w:rsidP="00DB1F9F">
+    <w:p w14:paraId="2885E466" w14:textId="756FD911" w:rsidR="0082492D" w:rsidRPr="00A902E9" w:rsidRDefault="002127FF" w:rsidP="00DB1F9F">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Lucille</w:t>
       </w:r>
-    </w:p>
-[...43 lines deleted...]
-          <w:b/>
+      <w:r w:rsidR="00BE26AD">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE26AD">
+        <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2D4E867E" wp14:editId="388A4C8B">
-[...2 lines deleted...]
-            <wp:docPr id="5" name="Picture 5" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\C.png"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5EE74D98" wp14:editId="6A98BA20">
+            <wp:extent cx="151130" cy="151130"/>
+            <wp:effectExtent l="0" t="0" r="1270" b="1270"/>
+            <wp:docPr id="1641278630" name="Picture 2"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 3" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\C.png"/>
+                    <pic:cNvPr id="0" name="Picture 3"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="457200" cy="609600"/>
+                      <a:ext cx="153597" cy="153597"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="3397EDFA" w14:textId="31950B93" w:rsidR="00972E99" w:rsidRPr="00A902E9" w:rsidRDefault="002127FF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>Fred Eaglesmith</w:t>
+      </w:r>
+      <w:r w:rsidR="00F75770">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00906B6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>1997</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66917040" w14:textId="77777777" w:rsidR="00972E99" w:rsidRPr="00806EED" w:rsidRDefault="00972E99">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3BF7D260" w14:textId="77777777" w:rsidR="00806EED" w:rsidRDefault="00806EED" w:rsidP="00806EED">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2CA72FE3" wp14:editId="24E4E491">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2D4E867E" wp14:editId="388A4C8B">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="13" name="Picture 13" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\D.png"/>
+            <wp:docPr id="5" name="Picture 5" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\C.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 10" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\D.png"/>
+                    <pic:cNvPr id="0" name="Picture 3" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\C.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7C2164FD" wp14:editId="282C47B4">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2CA72FE3" wp14:editId="24E4E491">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="14" name="Picture 14" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\G.png"/>
+            <wp:docPr id="13" name="Picture 13" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\D.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 8" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\G.png"/>
+                    <pic:cNvPr id="0" name="Picture 10" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\D.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-    </w:p>
-[...1 lines deleted...]
-      <w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-          <w:bCs/>
-[...2815 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3FC02E2D" wp14:editId="0530E747">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7C2164FD" wp14:editId="282C47B4">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="31" name="Picture 31" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\C.png"/>
+            <wp:docPr id="14" name="Picture 14" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\G.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 3" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\C.png"/>
+                    <pic:cNvPr id="0" name="Picture 8" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\G.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5">
+                    <a:blip r:embed="rId8">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="077B7904" w14:textId="77777777" w:rsidR="00A9741C" w:rsidRPr="00806EED" w:rsidRDefault="00A9741C" w:rsidP="00A9741C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3C4D5F80" w14:textId="7AD05177" w:rsidR="002127FF" w:rsidRPr="009007A5" w:rsidRDefault="002127FF" w:rsidP="002127FF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">INTRO:  / 1 2 3 4 / </w:t>
+      </w:r>
+      <w:r w:rsidR="004D2AA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / </w:t>
+      </w:r>
+      <w:r w:rsidR="004D2AA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / </w:t>
+      </w:r>
+      <w:r w:rsidR="004D2AA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / </w:t>
+      </w:r>
+      <w:r w:rsidR="004D2AA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F5580B2" w14:textId="77777777" w:rsidR="002127FF" w:rsidRPr="00806EED" w:rsidRDefault="002127FF" w:rsidP="002127FF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E55CCCD" w14:textId="30349AB1" w:rsidR="002127FF" w:rsidRDefault="002127FF" w:rsidP="002127FF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Well, Lu-</w:t>
+      </w:r>
+      <w:r w:rsidR="004D2AA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>cille</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> was a woman and I was a boy</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E372CA5" w14:textId="339DEFBE" w:rsidR="002127FF" w:rsidRPr="009007A5" w:rsidRDefault="00271ADD" w:rsidP="002127FF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidR="002127FF" w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">t was </w:t>
+      </w:r>
+      <w:r w:rsidR="00806EED">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidR="002127FF" w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002127FF" w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>obvious that she wanted more</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75B872B5" w14:textId="644EAFE1" w:rsidR="002127FF" w:rsidRPr="009007A5" w:rsidRDefault="002127FF" w:rsidP="002127FF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Than a </w:t>
+      </w:r>
+      <w:r w:rsidR="004D2AA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">man her age could give her and that was </w:t>
+      </w:r>
+      <w:r w:rsidR="004D2AA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[D]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">me </w:t>
+      </w:r>
+      <w:r w:rsidR="004D2AA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[D]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="144964A3" w14:textId="51C42E73" w:rsidR="002127FF" w:rsidRDefault="004D2AA3" w:rsidP="002127FF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r w:rsidR="002127FF" w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002127FF" w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I was wild as a summer squall </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40156F82" w14:textId="16EB797E" w:rsidR="002127FF" w:rsidRPr="009007A5" w:rsidRDefault="00806EED" w:rsidP="002127FF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidR="002127FF" w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002127FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidR="002127FF" w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>lowin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002127FF" w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>’ through town no direction at all</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11639B7B" w14:textId="23EEA9F6" w:rsidR="002127FF" w:rsidRPr="009007A5" w:rsidRDefault="004D2AA3" w:rsidP="002127FF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r w:rsidR="002127FF" w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002127FF" w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I was wilder than </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[D]</w:t>
+      </w:r>
+      <w:r w:rsidR="002127FF" w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002127FF" w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>even she could be-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002127FF" w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>lieve</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002127FF" w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35507B93" w14:textId="77777777" w:rsidR="002127FF" w:rsidRPr="009007A5" w:rsidRDefault="002127FF" w:rsidP="002127FF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6BA19196" w14:textId="297D6610" w:rsidR="002127FF" w:rsidRPr="009007A5" w:rsidRDefault="002127FF" w:rsidP="002127FF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>CHORUS:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="305B29DE" w14:textId="4340C94C" w:rsidR="002127FF" w:rsidRPr="009007A5" w:rsidRDefault="002127FF" w:rsidP="002127FF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I had a </w:t>
+      </w:r>
+      <w:r w:rsidR="00806EED">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Cobra Jet 428 in a </w:t>
+      </w:r>
+      <w:r w:rsidR="004D2AA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>’65 Ford and it ran great</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34620596" w14:textId="24850FBA" w:rsidR="002127FF" w:rsidRPr="009007A5" w:rsidRDefault="00806EED" w:rsidP="002127FF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidR="002127FF" w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002127FF" w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Take it on out to where that gravel turns to </w:t>
+      </w:r>
+      <w:r w:rsidR="004D2AA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r w:rsidR="002127FF" w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002127FF" w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">road </w:t>
+      </w:r>
+      <w:r w:rsidR="004D2AA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4961E88C" w14:textId="1D2052DF" w:rsidR="002127FF" w:rsidRDefault="00806EED" w:rsidP="002127FF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidR="002127FF" w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002127FF" w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Take it on up to a hundred and ten </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F7D2076" w14:textId="497F4EA5" w:rsidR="002127FF" w:rsidRPr="009007A5" w:rsidRDefault="004D2AA3" w:rsidP="002127FF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r w:rsidR="002127FF" w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002127FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidR="002127FF" w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ires </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002127FF" w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>screamin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002127FF" w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>’ in and out of the bends</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E5327F4" w14:textId="6E1F3B7B" w:rsidR="002127FF" w:rsidRPr="009007A5" w:rsidRDefault="002127FF" w:rsidP="002127FF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">And </w:t>
+      </w:r>
+      <w:r w:rsidR="004D2AA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Lucille </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>hangin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">’ on just as tight as she </w:t>
+      </w:r>
+      <w:r w:rsidR="004D2AA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[D]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">could </w:t>
+      </w:r>
+      <w:r w:rsidR="004D2AA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[D]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AF"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57F21BD2" w14:textId="44D4A281" w:rsidR="002127FF" w:rsidRDefault="002127FF" w:rsidP="002127FF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">And it was </w:t>
+      </w:r>
+      <w:r w:rsidR="00806EED">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>craaa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00806EED">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>aaa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="004D2AA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[D]</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>zy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004D2AA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[D]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AF"/>
+      </w:r>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0730BAB9" w14:textId="78DCF87A" w:rsidR="002127FF" w:rsidRPr="009007A5" w:rsidRDefault="002127FF" w:rsidP="002127FF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ut it sure was </w:t>
+      </w:r>
+      <w:r w:rsidR="004D2AA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>good</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00806EED">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / </w:t>
+      </w:r>
+      <w:r w:rsidR="004D2AA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / </w:t>
+      </w:r>
+      <w:r w:rsidR="00806EED">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73780114" w14:textId="77777777" w:rsidR="002127FF" w:rsidRPr="009007A5" w:rsidRDefault="002127FF" w:rsidP="002127FF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="46805EE3" w14:textId="2494B1CF" w:rsidR="002127FF" w:rsidRDefault="00271ADD" w:rsidP="002127FF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Well </w:t>
+      </w:r>
+      <w:r w:rsidR="002127FF" w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Lu-</w:t>
+      </w:r>
+      <w:r w:rsidR="004D2AA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002127FF" w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>cille</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002127FF" w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> was fifty and I was nineteen</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DCE4D1B" w14:textId="36D51483" w:rsidR="002127FF" w:rsidRPr="009007A5" w:rsidRDefault="00271ADD" w:rsidP="002127FF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>You</w:t>
+      </w:r>
+      <w:r w:rsidR="002127FF" w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00806EED">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidR="002127FF" w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002127FF" w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>know it never bothered me</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E70F3ED" w14:textId="136EE6CD" w:rsidR="002127FF" w:rsidRPr="009007A5" w:rsidRDefault="002127FF" w:rsidP="002127FF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Not </w:t>
+      </w:r>
+      <w:r w:rsidR="004D2AA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">even when they called out in the </w:t>
+      </w:r>
+      <w:r w:rsidR="004D2AA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[D]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">bars </w:t>
+      </w:r>
+      <w:r w:rsidR="004D2AA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[D]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A5AEE59" w14:textId="29465F1B" w:rsidR="002127FF" w:rsidRDefault="004D2AA3" w:rsidP="002127FF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r w:rsidR="002127FF" w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002127FF" w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I’d get tough and I’d bust some heads </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E4AB33F" w14:textId="32987DC0" w:rsidR="002127FF" w:rsidRPr="009007A5" w:rsidRDefault="002127FF" w:rsidP="002127FF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Lu-</w:t>
+      </w:r>
+      <w:r w:rsidR="00806EED">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>cille</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> would laugh when the cops got there</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72CB6428" w14:textId="1691E2CE" w:rsidR="002127FF" w:rsidRPr="009007A5" w:rsidRDefault="002127FF" w:rsidP="002127FF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">We’d </w:t>
+      </w:r>
+      <w:r w:rsidR="004D2AA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">sneak out the back and </w:t>
+      </w:r>
+      <w:r w:rsidR="004D2AA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[D]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">take off in my </w:t>
+      </w:r>
+      <w:r w:rsidR="004D2AA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">car </w:t>
+      </w:r>
+      <w:r w:rsidR="004D2AA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FCE3E6D" w14:textId="77777777" w:rsidR="002127FF" w:rsidRPr="009007A5" w:rsidRDefault="002127FF" w:rsidP="002127FF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="263DCB05" w14:textId="16207EB1" w:rsidR="002127FF" w:rsidRPr="009007A5" w:rsidRDefault="002127FF" w:rsidP="002127FF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>CHORUS:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BA23631" w14:textId="356F9698" w:rsidR="002127FF" w:rsidRPr="009007A5" w:rsidRDefault="002127FF" w:rsidP="002127FF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I had a </w:t>
+      </w:r>
+      <w:r w:rsidR="00806EED">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Cobra Jet 428 in a </w:t>
+      </w:r>
+      <w:r w:rsidR="004D2AA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>’65 Ford and it ran great</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0905B232" w14:textId="7D39628C" w:rsidR="002127FF" w:rsidRPr="009007A5" w:rsidRDefault="00806EED" w:rsidP="002127FF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidR="002127FF" w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002127FF" w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Take it on out to where that gravel turns to </w:t>
+      </w:r>
+      <w:r w:rsidR="004D2AA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r w:rsidR="002127FF" w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002127FF" w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">road </w:t>
+      </w:r>
+      <w:r w:rsidR="004D2AA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="050E2F36" w14:textId="4C7F1640" w:rsidR="002127FF" w:rsidRDefault="00806EED" w:rsidP="002127FF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidR="002127FF" w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002127FF" w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Take it on up to a hundred and ten </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A91EB13" w14:textId="4F3B5A91" w:rsidR="002127FF" w:rsidRPr="009007A5" w:rsidRDefault="004D2AA3" w:rsidP="002127FF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r w:rsidR="002127FF" w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002127FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidR="002127FF" w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ires </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002127FF" w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>screamin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002127FF" w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>’ in and out of the bends</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AF4199D" w14:textId="44A0140A" w:rsidR="002127FF" w:rsidRPr="009007A5" w:rsidRDefault="002127FF" w:rsidP="002127FF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">And </w:t>
+      </w:r>
+      <w:r w:rsidR="004D2AA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Lucille </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>hangin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">’ on just as tight as she </w:t>
+      </w:r>
+      <w:r w:rsidR="004D2AA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[D]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">could </w:t>
+      </w:r>
+      <w:r w:rsidR="004D2AA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[D]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AF"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D475104" w14:textId="331389FB" w:rsidR="002127FF" w:rsidRDefault="002127FF" w:rsidP="002127FF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">And it was </w:t>
+      </w:r>
+      <w:r w:rsidR="00806EED">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>craaa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00806EED">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>aaa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="004D2AA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[D]</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>zy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004D2AA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[D]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AF"/>
+      </w:r>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51874A1E" w14:textId="62228037" w:rsidR="002127FF" w:rsidRPr="009007A5" w:rsidRDefault="002127FF" w:rsidP="002127FF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ut it sure was </w:t>
+      </w:r>
+      <w:r w:rsidR="004D2AA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>good</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00806EED">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / </w:t>
+      </w:r>
+      <w:r w:rsidR="004D2AA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / </w:t>
+      </w:r>
+      <w:r w:rsidR="00806EED">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E332F93" w14:textId="77777777" w:rsidR="002127FF" w:rsidRPr="009007A5" w:rsidRDefault="002127FF" w:rsidP="002127FF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="432742CF" w14:textId="31FDD99E" w:rsidR="002127FF" w:rsidRDefault="002127FF" w:rsidP="002127FF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Well </w:t>
+      </w:r>
+      <w:r w:rsidR="004D2AA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>last week I turned forty-five</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CB4E99B" w14:textId="19014306" w:rsidR="002127FF" w:rsidRPr="009007A5" w:rsidRDefault="002127FF" w:rsidP="002127FF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>W</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">hen </w:t>
+      </w:r>
+      <w:r w:rsidR="00806EED">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>I woke up, well, out in the driveway</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6372928F" w14:textId="7234757D" w:rsidR="002127FF" w:rsidRPr="009007A5" w:rsidRDefault="002127FF" w:rsidP="002127FF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">My </w:t>
+      </w:r>
+      <w:r w:rsidR="004D2AA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">wife had fixed that old car up for </w:t>
+      </w:r>
+      <w:r w:rsidR="004D2AA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[D]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">me </w:t>
+      </w:r>
+      <w:r w:rsidR="004D2AA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[D]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55E2EAE8" w14:textId="5815D1C9" w:rsidR="002127FF" w:rsidRDefault="002127FF" w:rsidP="002127FF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">She </w:t>
+      </w:r>
+      <w:r w:rsidR="004D2AA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>had it in the garage for a week or two</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D6D5B14" w14:textId="236DF33F" w:rsidR="002127FF" w:rsidRPr="009007A5" w:rsidRDefault="00010279" w:rsidP="002127FF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>W</w:t>
+      </w:r>
+      <w:r w:rsidR="002127FF" w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">hen I </w:t>
+      </w:r>
+      <w:r w:rsidR="00806EED">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidR="002127FF" w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002127FF" w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>got it back it was good as new</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="274BF405" w14:textId="066B4834" w:rsidR="002127FF" w:rsidRPr="009007A5" w:rsidRDefault="002127FF" w:rsidP="002127FF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I </w:t>
+      </w:r>
+      <w:r w:rsidR="004D2AA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">started it up and I </w:t>
+      </w:r>
+      <w:r w:rsidR="004D2AA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[D]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">took off down the </w:t>
+      </w:r>
+      <w:r w:rsidR="004D2AA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">highway </w:t>
+      </w:r>
+      <w:r w:rsidR="004D2AA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27DD30EB" w14:textId="77777777" w:rsidR="002127FF" w:rsidRPr="009007A5" w:rsidRDefault="002127FF" w:rsidP="002127FF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7751"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0040050B" w14:textId="77777777" w:rsidR="00806EED" w:rsidRDefault="00806EED">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BAA7DB0" w14:textId="3871C930" w:rsidR="002127FF" w:rsidRPr="009007A5" w:rsidRDefault="002127FF" w:rsidP="002127FF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>CHORUS:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F84EFD9" w14:textId="4C1983F0" w:rsidR="002127FF" w:rsidRDefault="002127FF" w:rsidP="002127FF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I </w:t>
+      </w:r>
+      <w:r w:rsidR="00806EED">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>drove on up to Randolf Heights</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06A4AC5F" w14:textId="72A715B0" w:rsidR="002127FF" w:rsidRPr="009007A5" w:rsidRDefault="002127FF" w:rsidP="002127FF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">here’s an </w:t>
+      </w:r>
+      <w:r w:rsidR="004D2AA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>old folks’ home there past the lights</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76756D7C" w14:textId="0FA82E09" w:rsidR="002127FF" w:rsidRPr="009007A5" w:rsidRDefault="00806EED" w:rsidP="002127FF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidR="002127FF" w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002127FF" w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lucille </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002127FF" w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>sittin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002127FF" w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">’ out there in the </w:t>
+      </w:r>
+      <w:r w:rsidR="004D2AA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r w:rsidR="002127FF" w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002127FF" w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">shade </w:t>
+      </w:r>
+      <w:r w:rsidR="004D2AA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51CEE7A9" w14:textId="2C9D2159" w:rsidR="002127FF" w:rsidRDefault="002127FF" w:rsidP="002127FF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I </w:t>
+      </w:r>
+      <w:r w:rsidR="00806EED">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>wheeled her around to the passenger door</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11F61800" w14:textId="112A10A7" w:rsidR="002127FF" w:rsidRPr="009007A5" w:rsidRDefault="002127FF" w:rsidP="002127FF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I </w:t>
+      </w:r>
+      <w:r w:rsidR="004D2AA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>picked her up and put her in that car</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2903657C" w14:textId="2D092823" w:rsidR="002127FF" w:rsidRPr="009007A5" w:rsidRDefault="002127FF" w:rsidP="002127FF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">And </w:t>
+      </w:r>
+      <w:r w:rsidR="004D2AA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">we took off like a </w:t>
+      </w:r>
+      <w:r w:rsidR="004D2AA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[D]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">dustbowl </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>hurri</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="004D2AA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">cane </w:t>
+      </w:r>
+      <w:r w:rsidR="004D2AA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02590358" w14:textId="706BC3C6" w:rsidR="002127FF" w:rsidRDefault="002127FF" w:rsidP="002127FF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="71427EA2" w14:textId="23071CEC" w:rsidR="002127FF" w:rsidRPr="009007A5" w:rsidRDefault="002127FF" w:rsidP="002127FF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">FINAL </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>CHORUS:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BE1EA69" w14:textId="7BF59EDA" w:rsidR="002127FF" w:rsidRPr="009007A5" w:rsidRDefault="002127FF" w:rsidP="002127FF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">And that </w:t>
+      </w:r>
+      <w:r w:rsidR="00806EED">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Cobra Jet 428 </w:t>
+      </w:r>
+      <w:r w:rsidR="00271ADD">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in </w:t>
+      </w:r>
+      <w:r w:rsidR="00F75770">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>that</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004D2AA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>’65 Ford well it ran great</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14EA94C4" w14:textId="170E2204" w:rsidR="002127FF" w:rsidRPr="009007A5" w:rsidRDefault="00806EED" w:rsidP="002127FF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidR="002127FF" w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002127FF" w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Took it on out to where that gravel turns to </w:t>
+      </w:r>
+      <w:r w:rsidR="004D2AA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r w:rsidR="002127FF" w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002127FF" w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">road </w:t>
+      </w:r>
+      <w:r w:rsidR="004D2AA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F95B50C" w14:textId="53B89981" w:rsidR="002127FF" w:rsidRDefault="00806EED" w:rsidP="002127FF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidR="002127FF" w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002127FF" w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Took it on up to a hundred and ten </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0659ECC9" w14:textId="08487622" w:rsidR="002127FF" w:rsidRPr="009007A5" w:rsidRDefault="004D2AA3" w:rsidP="002127FF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r w:rsidR="002127FF" w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002127FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidR="002127FF" w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ires </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002127FF" w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>screamin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002127FF" w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>’ in and out of the bends</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42DD9CBB" w14:textId="1D8BC9EA" w:rsidR="002127FF" w:rsidRPr="009007A5" w:rsidRDefault="002127FF" w:rsidP="002127FF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">And </w:t>
+      </w:r>
+      <w:r w:rsidR="004D2AA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Lucille </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>hangin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">’ on just as tight as she </w:t>
+      </w:r>
+      <w:r w:rsidR="004D2AA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[D]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">could </w:t>
+      </w:r>
+      <w:r w:rsidR="004D2AA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[D]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AF"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50199E44" w14:textId="21228C3D" w:rsidR="002127FF" w:rsidRDefault="002127FF" w:rsidP="002127FF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">And it was </w:t>
+      </w:r>
+      <w:r w:rsidR="00806EED">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>craaa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00806EED">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>aaa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="004D2AA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[D]</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>zy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004D2AA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[D]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AF"/>
+      </w:r>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AD2973C" w14:textId="7BAE22A5" w:rsidR="002127FF" w:rsidRPr="002127FF" w:rsidRDefault="002127FF" w:rsidP="002127FF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ut it sure was </w:t>
+      </w:r>
+      <w:r w:rsidR="004D2AA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">good </w:t>
+      </w:r>
+      <w:r w:rsidR="00806EED">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / </w:t>
+      </w:r>
+      <w:r w:rsidR="004D2AA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / </w:t>
+      </w:r>
+      <w:r w:rsidR="00806EED">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / </w:t>
+      </w:r>
+      <w:r w:rsidR="00F75770">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r w:rsidR="00F75770" w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / </w:t>
+      </w:r>
+      <w:r w:rsidR="00F75770">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[C]</w:t>
+      </w:r>
+      <w:r w:rsidR="00F75770" w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / </w:t>
+      </w:r>
+      <w:r w:rsidR="004D2AA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[G]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009007A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0AF"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58C7CD5D" w14:textId="77777777" w:rsidR="00A42E3F" w:rsidRDefault="00A42E3F">
+      <w:pPr>
+        <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="041E4F5E" w14:textId="2ABED16D" w:rsidR="00A569E6" w:rsidRDefault="00A569E6" w:rsidP="00A569E6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4B2AA88C" wp14:editId="6E9D578F">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3FC02E2D" wp14:editId="0530E747">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="32" name="Picture 32" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\D.png"/>
+            <wp:docPr id="31" name="Picture 31" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\C.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 10" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\D.png"/>
+                    <pic:cNvPr id="0" name="Picture 3" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\C.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7943E5E4" wp14:editId="556F528D">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4B2AA88C" wp14:editId="6E9D578F">
             <wp:extent cx="457200" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="39" name="Picture 39" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\G.png"/>
+            <wp:docPr id="32" name="Picture 32" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\D.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 8" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\G.png"/>
+                    <pic:cNvPr id="0" name="Picture 10" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\D.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="457200" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7943E5E4" wp14:editId="556F528D">
+            <wp:extent cx="457200" cy="609600"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="39" name="Picture 39" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\G.png"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 8" descr="C:\Ourfiles\Bytown Ukulele Group\Chord Boxes\Hans chord boxes\uke-chords\48x64\G.png"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId8">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="457200" cy="609600"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
     </w:p>
     <w:p w14:paraId="19D76FD0" w14:textId="77777777" w:rsidR="00B043CF" w:rsidRPr="00806EED" w:rsidRDefault="00B043CF" w:rsidP="00110521">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="78E94DE9" w14:textId="39AF409B" w:rsidR="00B043CF" w:rsidRPr="004E65B6" w:rsidRDefault="00906B6F" w:rsidP="00110521">
+    <w:p w14:paraId="78E94DE9" w14:textId="39AF409B" w:rsidR="00B043CF" w:rsidRPr="004E65B6" w:rsidRDefault="00B043CF" w:rsidP="00110521">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId8" w:history="1">
-        <w:r w:rsidR="00B043CF" w:rsidRPr="00055195">
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidRPr="00055195">
           <w:rPr>
             <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Lucida Console"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>www.bytownukulele.ca</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr w:rsidR="00B043CF" w:rsidRPr="004E65B6" w:rsidSect="00D4034F">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="450" w:right="180" w:bottom="284" w:left="900" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
@@ -3303,66 +3295,66 @@
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Console">
     <w:panose1 w:val="020B0609040504020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="8000028F" w:usb1="00001800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000001F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002127FF"/>
     <w:rsid w:val="00010279"/>
     <w:rsid w:val="000961DF"/>
     <w:rsid w:val="000A348C"/>
     <w:rsid w:val="000D00ED"/>
     <w:rsid w:val="00110521"/>
     <w:rsid w:val="00132109"/>
     <w:rsid w:val="00161445"/>
     <w:rsid w:val="0017786C"/>
     <w:rsid w:val="001E2271"/>
     <w:rsid w:val="002127FF"/>
     <w:rsid w:val="00252E97"/>
@@ -3373,94 +3365,96 @@
     <w:rsid w:val="0047277F"/>
     <w:rsid w:val="00490D27"/>
     <w:rsid w:val="004D2AA3"/>
     <w:rsid w:val="004E65B6"/>
     <w:rsid w:val="00531581"/>
     <w:rsid w:val="00550EFA"/>
     <w:rsid w:val="006230AD"/>
     <w:rsid w:val="006325CA"/>
     <w:rsid w:val="007320F1"/>
     <w:rsid w:val="007B6746"/>
     <w:rsid w:val="007E4748"/>
     <w:rsid w:val="00806EED"/>
     <w:rsid w:val="0082492D"/>
     <w:rsid w:val="00866CDE"/>
     <w:rsid w:val="00906B6F"/>
     <w:rsid w:val="00972E99"/>
     <w:rsid w:val="00A42E3F"/>
     <w:rsid w:val="00A569E6"/>
     <w:rsid w:val="00A902E9"/>
     <w:rsid w:val="00A92235"/>
     <w:rsid w:val="00A9741C"/>
     <w:rsid w:val="00AB09B4"/>
     <w:rsid w:val="00AD3A18"/>
     <w:rsid w:val="00B043CF"/>
     <w:rsid w:val="00B16743"/>
+    <w:rsid w:val="00BE26AD"/>
     <w:rsid w:val="00C5218C"/>
     <w:rsid w:val="00CA07D7"/>
     <w:rsid w:val="00D4034F"/>
     <w:rsid w:val="00D66B4B"/>
     <w:rsid w:val="00D84579"/>
     <w:rsid w:val="00DB1F9F"/>
     <w:rsid w:val="00E04FCE"/>
     <w:rsid w:val="00F75770"/>
     <w:rsid w:val="00F81E40"/>
+    <w:rsid w:val="00F9416A"/>
     <w:rsid w:val="00F96D25"/>
     <w:rsid w:val="00FB061D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="4968BFDC"/>
   <w14:defaultImageDpi w14:val="300"/>
   <w15:docId w15:val="{3F9DCBAC-8E45-4CB5-9709-9D7828BF8324}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -3904,57 +3898,57 @@
     <w:unhideWhenUsed/>
     <w:rsid w:val="007320F1"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="007320F1"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bytownukulele.ca" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bytownukulele.ca" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///D:\BUG%20Regular%20Jam%20Playlists\2021\TEMPLATE%20FOR%20SONGSHEET.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -4259,69 +4253,69 @@
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{75A02CBF-9B6D-4C04-98ED-B5E96D8DF686}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>TEMPLATE FOR SONGSHEET</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
   <Words>362</Words>
-  <Characters>2067</Characters>
+  <Characters>2068</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>17</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2425</CharactersWithSpaces>
+  <CharactersWithSpaces>2426</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Sue Rogers</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>